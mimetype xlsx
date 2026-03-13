--- v0 (2025-10-20)
+++ v1 (2026-03-13)
@@ -54,678 +54,678 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CONTA</t>
   </si>
   <si>
     <t>Contas Municipais</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DESFAVORAVEL DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, REFERENTE AO EXERCÍCIO DE 2008 - PROCESSO TC-1879/026/08</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, REFERENTE AS CONTAS DA PREFEITURA MUNICIPAL EXERCÍCIO DE 2009. PROCESSO TC-344/026/09</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carlim Capeta</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VEREADOR CARLOS PEDRO GOMES</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 2/11 DO VEREADOR JOÃO LEME DOS SANTOS</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Luiz Rodrigues (Fura Pano)</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 3/11 DO VEREADOR LUIS RODRIGUES</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antônio Villas</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 4/2011 - VILLAS</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 5.2011</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 6.2011</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Oswaldo Demori (Tito)</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE INSTALAÇÃO DE LIXEIRAS NA PRAÇA DA BANDEIRA</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE REFORMA E AMPLIAÇÃO DO VELÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE REFORMA BANHEIRO PÚBLICO DA PRAÇA DA BANDEIRA</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE PROIBIÇÃO DO TRANSITO DE BICICLETAS NA PRAÇA DA BANDEIRA</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE DESIGNAÇÃO DE VARREDOR PARA A PRAÇA DO CONJUNTO HABITACIONAL DAS FLORES E PARA A RUA SÃO PAULO</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Nadir</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CESSÃO DE VEÍCULO A ASSISTENCIA SOCIAL DO MUNICÍPIO</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Maura Parra</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO SOBRE ATERRO SANITÁRIO</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AMPLIAÇÃO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO SOBRE CONSERTO DE BURRACOS</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSERTO DAS PISCINAS DO CENTRO DE LAZER DOS TRABALHADORES</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>BAILES DO CCI</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PRAÇA DA BIBLIA</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>COHAB</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>ONIBUS TRANSPORTE DE PACIENTES PARA MARILIA</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LÂMPADAS</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>REATIVAÇÃO DA PADARIA ARTESANAL</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROSSAGEM DE RUAS E TERRENOS DO BAIRRO IZABEL MARTINS VILLAS</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>GALEIRA DE AGUAS PLUVIAIS IZABEL MARTINS VILLAS</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECORAÇÃO DA CRECHE MUNICIPAL</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMISSÃO MUNICIPAL DE ESPORTES</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO PARA A CONSTRUÇÃO DE CASAS POPULARES</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>IDENTIFICAÇÃO DAS RUAS DO BAIRRO ESMERALDO MANOEL BENJAMIM</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA CRECHE MUNICIPAL</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORAR SEGURANÇA DA RAMPA DA COZINHA STELA BOER MAIOLI</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACA PARE</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENDA DE PRODUTOS DA FEIRA LIVRE POR DÚZIA E NÃO POR QUILO</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE MELHORIA NO PAISAGISMO E ILUMINAÇÃO DA PRAÇA DA BANDEIRA</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE UMA PLACA DE PARE NA ESQUINA DAS RUAS OLIVIA GOMES AUGUSTO E RAPOSO TAVARES</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE SINALIZAÇÃO DE ADVERTÊNCIA À CEM (100) METROS DA PONTE SOBRE O RIO AGUAPEÍ</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>SUGERE REFORMA NA PRAÇA DA BANDEIRA, COM PLANTIO DE PLANTAS ORNAMENTAIS</t>
   </si>
   <si>
     <t>132</t>
   </si>
@@ -789,235 +789,235 @@
   <si>
     <t>SUGERE A INFORMATIZAÇÃO DO FICHÁRIO/CADASTRO DO CENTRO DE SAÚDE DE SALMOURÃO</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>SUGERE O CONSERTO DO CARRINHO DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SESSÃO DE MAIS UM ÔNIBUS PARA O TRANSPORTE DE TRABALHADORES DE SALMOURÃO PARA OSVALDO CRUZ</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A LIMPEZA DAS CANALETAS DA VICINAL ANTÔNIO GONÇALVES DE CASTRO, NO TRECHO ENTRE SALMOURÃO E A FAZENDA BEM-TE-VI</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE CANALETA DE ESCOAMENTO DE ÁGUA NA ESQUINA DAS RUAS PROF. ROBERTO HOTTINGER E VEREADOR JOSÉ CESÁRIO DA SILVA</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Antônio Villas, Carlim Capeta, João Leme, Luiz Rodrigues (Fura Pano), Nadir, Oswaldo Demori (Tito)</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 45 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>PLLO</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo Ordinário</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A LOGRADOURO PÚBLICO E FAZ HOMENAGEM A SENHORA MARIA HELENA SPECIAN FIANI</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REAJUSTA OS SALÁRIOS DA CÂMARA MUNICIPAL DE SALMOURÃO._x000D_
 </t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CÂMARA MUNICIPAL A CELEBRAR CONTRATO DE PRESTAÇÃO DE SERVIÇOS MÉDICOS E HOSPITALARES_x000D_
 </t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE A LINHA DIVISÓRIA DO PERÍMETRO URBANO DA SEDE DO MUNICÍPIO DE SALMOURÃO_x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A PRESTAR SERVIÇO DE TRANSPORTE A TRABALHADORES COM RESIDÊNCIA NO MUNICÍPIO DE SALMOURÃO PARA OUTRAS LOCALIDADES, E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CELEBRAÇÃO DE CONVÊNIO COM O ESTADO DE SÃO PAULO, POR MEIO DA SECRETARIA DE DESENVOLVIMENTO SOCIAL_x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2012</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A LEI GERAL MUNICIPAL DA MICROEMPRESA, EMPRESA DE PEQUENO PORTE E MICROEMPREENDEDOR INDIVIDUAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM O ESTADO DE SÃO PAULO PARA A REALIZAÇÃO DA ETAPA FINAL DO CAMPEONATO PAULISTA DE CANOAGEM 2011.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONVÊNIO COM A FUNDAÇÃO PROCON, PARA O PROGRAMA MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ORÇAMENTO MUNICIPAL PARA O EXERCÍCIO DE 2012</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONVÊNIO COM O ESTADO DE SÃO PAULO PARA CONTINUIDADE DO PROGRAMA ESPORTE SOCIAL</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CELEBRAR CONVÊNIO COM O DEPARTAMENTO DE ÁGUAS E ENERGIA ELÉTRICA &amp;#8211; DAEE, ÓRGÃO VINCULADO À SECRETARIA DE SANEAMENTO E RECURSOS HÍDRICOS DO ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVISA O SUBSÍDIO DOS VEREADORES E PRESIDENTE DA CÂMARA MUNICIPAL DE SALMOURÃO_x000D_
 </t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE REAJUSTE SALARIAL E VALOR DE REAJUSTE SALARIAL</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE BONUS PAGO A PROFESSORES</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE NOTAS FISCAIS, ORÇAMENTOS E PROJETOS DE PAVIMENTAÇÃO ASFÁLTICA E PRESTAÇÃO DE CONTAS COMPLETA DE OBRA DE GALERIA DE ESGOTOS DA RUA RAPOSO TAVARES</t>
   </si>
   <si>
     <t>REQUER: 1 - RELAÇÃO DE CONTRATADOS DA PREFEITURA MUNICIPAL NO ANO DE 2011._x000D_
 2 - RELAÇÃO DOS OCUPANTES DE CARGOS EM COMISSÃO._x000D_
 3 - RELAÇÃO DE SERVIDORES PÚBLICOS APOSENTADOS.</t>
   </si>
   <si>
     <t>REQUER CÓPIA DA FOLHA DE PAGAMENTO DA PREFEITURA DO MÊS DE MARÇO DE 2011</t>
   </si>
   <si>
     <t>Oswaldo Demori (Tito), Antônio Villas, João Leme</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 3/2011, DE 20/04/2011</t>
   </si>
   <si>
     <t>REQUER AUTORIZAÇÃO PARA IMPETRAÇÃO DE MANDADO DE SEGURANÇA CONTRA O PREFEITO MUNICIPAL POR NÃO ENVIO DE DOCUMENTOS SOLICITADOS POR REQUERIMENTO</t>
   </si>
   <si>
@@ -1044,63 +1044,63 @@
   <si>
     <t>REQUER INFORMAÇÃO SOBRE O ALARGAMENTO DA PONTE SOBRE O CÓRREGO BARREIRO DA VICINAL ANTONIO GONÇALVES DE CASTRO (PONTE BRANCA)</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE EMPENHOS, NOTAS FISCAIS E REQUISIÇÕES REFERENTE AO GASTO COM MERENDA ESCOLAR NO PERÍODO DE FEVEREIRO A JUNHO DE 2011</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE DOCUMENTOS REFERTENTE AO CONTROLE E GASTOS COM LIGAÇÕES TELEFONICAS DA PREFEITURA MUNICIPAL, INCLUSIVE LIGAÇÕES DE CELULARES</t>
   </si>
   <si>
     <t>REQUER DOCUMENTOS REFERENTE AS DESPESAS COM COMBUSTÍVEIS E LUBRIFICANTES NA PREFEITURA MUNICIPAL, BEM COMO, CONTROLE DE UTILIZAÇÃO DOS VEICULOS MUNICIPAIS</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE O ATENDIMENTO DE INDICAÇÕES</t>
   </si>
   <si>
     <t>Oswaldo Demori (Tito), Carlim Capeta, João Leme</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL NA APRECIAÇÃO DO PROJETO DE LEI Nº 6/2011, DO PODER EXECUTIVO, QUE AUTORIZA CONVÊNIO COM O ESTADO DE SÃO PAULO PARA A REALIZAÇÃO DA CANOAGEM 2011</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DOCUMENTOS E INFORMAÇÕES DO PODER EXECUTIVO MUNICIPAL SENDO: PRESTAÇÃO DE CONTAS DO PORTAL E DO PAISAGISMO, NOTAS FISCAIS SOBRE DESPESAS COM SHOWS, NOTAS FISCIAIS DE DESPESAS COM PUBLICIDADE E PROPAGANDA, PRESTAÇÃO DE CONTAS DA CANOAGEM, JEEPADA E FESTA DO PEÃO, INFORMAÇÃO SOBRE CONSTRUÇÃO DE CALÇADAS. </t>
   </si>
   <si>
     <t>SUBS</t>
   </si>
   <si>
     <t>Substitutivo de Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI LEGISLATIVO ORDINÁRIO 1/2011, QUE FAZ HOMENAGEM A SENHORA MARIA HELENA SPECIAN FIANI, COM A NOMENCLATURA DE PRÉDIO PÚBLICO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1407,68 +1407,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="88.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>