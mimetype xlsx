--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -54,975 +54,975 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carlim Capeta</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/141/141_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA FEITA UMA LIMPEZA NAS RUAS E TERRENOS DO BAIRRO IZABEL MARTINS VILLAS. </t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA LIMPEZA DAS CANALETAS DE ESCOAMENTO DE ÁGUA EXISTENTES NAS MARGENS DA VICINAL ANTÔNIO GONÇALVES DE CASTRO.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/143/143_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJAM EFETUADOS CONSERTOS NAS ESTRADAS RURAIS QUE LIGAM NOSSO MUNICÍPIO À FAZENDA COROADOS E AOS BAIRROS SANTA ELIDIA E BARREIRO. </t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/144/144_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJAM EFETUADOS CONSERTOS NA PAVIMENTAÇÃO DO BAIRRO ESMERALDO MANOEL BENJAMIM.  </t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/145/145_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA INFORMATIZADO O FICHÁRIO/CADASTRO DA UNIDADE BÁSICA DE SAÚDE DE SALMOURÃO.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/146/146_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A AMPLIAÇÃO DO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/147/147_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA ENCAMINHADA INFORMAÇÃO SOBRE A FALTA DE MEDICAMENTOS DO CENTRO DE SAÚDE.  </t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/148/148_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE A PREVISÃO DA RETOMADA E DO TÉRMINO DAS OBRAS DO PORTAL DA CIDADE E DE PAVIMENTAÇÃO E GALERIA DO BAIRRO IZABEL MARTINS VILLAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Oswaldo Demori (Tito)</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/149/149_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE A INSTALAÇÃO DE SINALIZADORES (OLHO DE GATO) NAS FAIXAS DE SINALIZAÇÃO DA AV. SANTOS DUMONT. </t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/150/150_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A IMPLANTAÇÃO DE LEGISLAÇÃO PARA QUE OS APOSENTADOS QUE RECEBEM ATÉ UM SALÁRIO MÍNIMO SEJAM ISENTOS DO IPTU</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/151/151_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE A IMPLANTAÇÃO DE LEGISLAÇÃO PARA PROIBIR O TRÂNSITO DE BICICLETAS NO INTERIOR DAS PRAÇAS PÚBLICAS DE SALMOURÃO. </t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/152/152_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A IMPLANTAÇÃO DE LEGISLAÇÃO PARA QUE OS APOSENTADOS SEJAM ISENTOS DO IPTU.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/153/153_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE PROVIDÊNCIA PARA A AQUISIÇÃO DE BRINQUEDOS PARA A CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/154/154_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA DISPONIBILIZADO UM MICRO-ÔNIBUS PARA BUSCAR OS ALUNOS QUE ESTUDAM NA FEOCRUZ. </t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/155/155_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM REALIZADOS OS SEGUINTES CONSERTOS NA CRECHE MUNICIPAL: 1 &amp;#8211; CONSERTO DO MURO DE PLACAS EXISTENTE NO FUNDO E NO LATERAL; 2 &amp;#8211; CONSERTO DE VÁLVULA DE VASO SANITÁRIO E COLOCAÇÃO DE PISOS QUE ESTÃO FALTANDO</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/156/156_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA TERMINADO O MURO DE ARRIMO DA CONJUNTO HABITACIONAL DAS FLORES.  </t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/157/157_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM FEITOS REPAROS NA COBERTURA NA RODOVIÁRIA MUNICIPAL.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/158/158_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA FORNECIDO CAFÉ DA MANHÃ PARA OS TRABALHADORES RURAIS DO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/159/159_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A ABERTURA DA CRECHE MUNICIPAL AOS SÁBADOS</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/160/160_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A RECUPERAÇÃO DE PONTE DE MADEIRA EXISTENTE NA ESTRADO DO BAIRRO BARREIRO, PRÓXIMO A PROPRIEDADE DO SENHOR APARÍCIO</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/161/161_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM INSTALADOS REDUTORES DE VELOCIDADE NA RUA ANDRELAINE PRAVATO, PRÓXIMO AO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/162/162_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE UMA MAIOR COBRANÇA E FISCALIZAÇÃO DA EMPRESA ENCARREGADA DE CUIDAR DA ILUMINAÇÃO PÚBLICA DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Luiz Rodrigues (Fura Pano)</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/163/163_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE PROVIDÊNCIA PARA O CONSERTO DE UMA PÁ CARREGADEIRA E DE UMA PERUA. </t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/164/164_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE PROVIDÊNCIA PARA A RECOLOCAÇÃO DA COBERTURA DA ARQUIBANCADA DO ESTÁDIO MUNICIPAL BENEDITO FRANCO DE GODOY</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/165/165_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE O IMEDIATO PAGAMENTO AOS PROFESSORES NÃO EFETIVOS DOS VALORES ATRASADOS REFERENTES AO PISO SALARIAL DE 2011</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/166/166_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA INSTALADA PLACA OU INSCRIÇÃO DE FACHADA PARA A IDENTIFICAÇÃO DO NOME CONJUNTO ESPORTIVO JOSÉ DE PAULA.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Antônio Villas</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/167/167_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA CONSERTADA A ESTRADA RURAL DO BAIRRO BARREIRO</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/168/168_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM SUBSTITUÍDAS LÂMPADAS EXISTENTE DENTRO E FORA DO GINÁSIO MUNICIPAL DE ESPORTES.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/169/169_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE PROVIDÊNCIA PARA O CONCERTO DA PONTE EXISTENTE NO BAIRRO BARREIRO PRÓXIMO AO SÍTIO DO APERTADO.  </t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/170/170_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERINDO EXPLICAÇÕES SOBRE O ANDAMENTO DAS SEGUINTES OBRAS:1 - ALARGAMENTO DO PONTE BRANCA. 2 - CONSTRUÇÃO DE PISTA SKATE. 3 - CONSTRUÇÃO DE SALÃO NO CONJUNTO HABITACIONAL FORTUNATO PRAVATO.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/171/171_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA DISPONIBILIZADO MAIS UM ÔNIBUS PARA O TRANSPORTE DE TRABALHADORES PARA A CIDADE DE OSVALDO CRUZ</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/172/172_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA PASSADA A MOTONIVELADORA NA ESTRADA RURAL QUE LIGA OS BAIRROS BARREIRO E SANTA LÍDIA. </t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/173/173_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA EFETUADA UMA LIMPEZA NO BOSQUE MUNICIPAL.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/174/174_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONSERTO OU TROCA DOS BANCOS DE MADEIRA DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/177/177_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA RECAPEADA A RUA F DO CONJUNTO HABITACIONAL FORTUNATO PRAVATO (COHAB). </t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/178/178_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA CONSERTADO O MURO DA CRECHE MUNICIPAL COM A COLOCAÇÃO DE PLACAS QUE ESTÃO FALTANDO</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/179/179_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA INSTALADO UM REDUTOR DE VELOCIDADE NO VELÓRIO MUNICIPAL. </t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/180/180_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO DO TREVO DE ACESSO A VICINAL ANTÔNIO GONÇALVES DE CASTRO, PARA INDICAR AS PRINCIPAIS POSSIBILIDADES DE DESTINO DOS QUE TRAFEGAM PELA VICINAL EM QUESTÃO</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/181/181_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA INFORMATIZADO O FICHÁRIO DO CENTRO DE SAÚDE DE SALMOURÃO.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/182/182_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA AMPLIADO O CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/183/183_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA FORNECIDO CAFÉ DA MANHÃ AOS TRABALHADORES RURAIS DO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/184/184_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJAM SUBSTITUÍDAS ALGUMAS LÂMPADAS DO CEMITÉRIO MUNICIPAL QUE ESTÃO QUEIMADAS.  </t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/185/185_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM ROÇADAS AS RUAS E TERRENOS VAZIOS DO BAIRRO IZABEL MARTINS VILLAS.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/175/175_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM RETIRADOS OS GALHOS, LIXO E ENTULHO QUE ESTÃO SENDO DEPOSITADOS NO TERRENO SITUADO NA ENTRADA PRINCIPAL DE NOSSA CIDADE, DEFRONTE AO ALMOXARIFADO MUNICIPAL.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/176/176_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA DISPONIBILIZADO UM MICRO-ÔNIBUS PARA BUSCAR OS ALUNOS QUE ESTUDAM NA FEOCRUZ.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Nadir</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/190/190_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE O HORÁRIO DE FECHAMENTO DA CRECHE MUNICIPAL VOLTE A SER AS 18 HORAS E NÃO MAIS AS 17 HORAS COMO ATUALMENTE. ATENDE SOLICITAÇÃO DE MÃES QUE CHEGAM TARDE DO TRABALHO E ACABAM TENDO QUE PAGAR UMA PESSOA PARA BUSCAR SEUS FILHOS</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/191/191_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CRIAÇÃO DA COMISSÃO MUNICIPAL DE ESPORTES (CME). ATENDE AO PEDIDO DE VÁRIOS JOVENS QUE RECLAMAM DA FALTA DE INICIATIVA DE ATIVIDADES ESPORTIVAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/192/192_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA QUE SEJAM SUBSTITUÍDAS LÂMPADAS QUEIMADAS NA RUA JOÃO MANOEL CLARA. </t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/193/193_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSERTO DE BURACO EXISTENTE NA VICINAL ANTONIO GONÇALVES DE CASTRO, PRÓXIMO AO SÍTIO SÃO JOÃO BATISTA, DE PROPRIEDADE DA FAMÍLIA GABAU.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/194/194_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM ROÇADAS ÀS MARGENS DA VICINAL ANTÔNIO GONÇALVES DE CASTRO, NO TRECHO PRÓXIMO AO RIO AGUAPEÍ.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/195/195_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM CONSERTADAS AS PONTES EXISTENTES NA ESTRADA RURAL QUE LIGA O BAIRRO BARREIRO AO BAIRRO SANTA LÍDIA.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/197/197_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE LIMPEZA DA SAÍDA DA CIDADE QUE DÁ ACESSO A FAZENDA TAMARA._x000D_
 </t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/198/198_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJAM FEITAS MELHORIAS NAS ESTRADAS RURAIS DO MUNICÍPIO COM A MOTONIVELADORA._x000D_
 </t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/199/199_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJAM INSTALADAS MESAS PARA JOGOS NA CONJUNTO ESPORTIVO SITUADO NOS FUNDOS DO GINÁSIO MUNICIPAL DE ESPORTES_x000D_
 </t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/200/200_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA INSTALADA UMA BIBLIOTECA MUNICIPAL COM AMPLO ACESSO À POPULAÇÃO_x000D_
 </t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/201/201_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA DESIGNADO UM ENFERMEIRO(A) PARA MINISTRAR MEDICAMENTO ÀS CRIANÇAS DA CRECHE MUNICIPAL_x000D_
 </t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
     <t>Wesley Barbosa, Antônio Villas, Luiz Rodrigues (Fura Pano)</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/205/205_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADICIONA ART. 3ª A E PARÁGRAFO ÚNICO AO PROJETO DE LEI Nº 9/2012, QUE TRATA DO ORÇAMENTO 2013</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA MÊS DA DATA BASE PARA REVISÃO SALARIAL DOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR 8, DE 27/10/2005, QUE TRATA DO PLANO DE CARREIRA DO MAGISTÉRIO (PROFESSORES MUNICIPAIS), ADEQUANDO AS TABELAS SALARIAIS AO PISO NACIONAL DO MAGISTÉRIO</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>PLLO</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo Ordinário</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUMENTA DO VALOR DO TICKET ALIMENTAÇÃO E DA GRATIFICAÇÃO DE ANIVERSÁRIO DOS SERVIDORES DA CÂMARA MUNICIPAL DE SALMOURÃO</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA SUBSÍDIOS E SALÁRIOS DA CÂMARA MUNICIPAL EM 5,85%, DE ACORDO COM O IPCA/IBGE</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL 979, DE 19/04/2011 E REVOGA RESOLUÇÃO NO 1/2011, DE 12/04/2011 E TRATA SOBRE REVISÃO DE SALÁRIOS E SUBSÍDIOS</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/189/189_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS PARA A LEGISLATURA 2013-2016</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/206/206_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 593, DE 25 DE MAIO DE 1992, QUE INSTITUIU O ESTATUTO ÚNICO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE SALMOURÃO. LIMITA A CONCESSÃO DE GRATIFICAÇÃO PARA OCUPANTE DE CARGO EM COMISSÃO E DELIMITA A CONCESSÃO DE GRATIFICAÇÃO POR NÍVEL SUPERIOR</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/207/207_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A OBRIGATORIEDADE DE APRESENTAÇÃO JUNTO A CÂMARA MUNICIPAL PRESTAÇÃO DE CONTAS DE ENTIDADES, ASSOCIAÇÕES E EMPRESAS QUE RECEBEM OU ADMINISTRAM RECURSOS E BENS PATRIMONIAIS DE PROPRIEDADE DO MUNICÍPIO DE SALMOURÃO._x000D_
 </t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUMENTA O VALOR DO TICKET ALIMENTAÇÃO DOS SERVIDORES DA PREFEITURA MUNICIPAL PARA R$ 100,00</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DENOMINAÇÃO DE RUAS DO BAIRRO IZABEL MARTINS VILLAS NO MUNICÍPIO DE SALMOURÃO E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 </t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/125/125_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A PISTA DE SKATE DE SALMOURÃO COMO PISTA DE SKATE DELANO GREGÓRIO DE OLIVEIRA ZORZI.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/126/126_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE ESTABELECE A DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SALMOURÃO PARA O EXERCÍCIO DE 2012</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A INCLUSÃO DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SALMOURÃO PARA O EXERCÍCIO DE 2.012 E ESPECIFICA OUTRAS PROVIDÊNCIAS PARA A CONSTRUÇÃO DE CRECHE ESCOLA NO VALOR DE R$ 1.795.539,59_x000D_
 </t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONTRATO DE LOCAÇÃO DE UM IMÓVEL PARA IMPLANTAÇÃO DO ATERRO SANITÁRIO EM VALAS E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 </t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/186/186_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AUTORIZAÇÃO PARA CONVÊNIO COM A SECRETARIA DE TURISMO, VISANDO OBRAS DE PAVIMENTAÇÃO NO BAIRRO IZABEL MARTINS VILLAS</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/196/196_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NOVA REDAÇÃO DO § 2º DO ART. 5º DA LEI 795, DE 10 DE DEZEMBRO DE 2003, ACRESCENTANDO AO MESMO OS INCISOS I, II, III E IV, ALÉM DE INCLUIR O § 3º A ESTE ARTIGO DA LEI, QUE REGULAMENTA TODO E QUALQUER PARCELAMENTO DE TERRAS NO MUNICÍPIO DE SALMOURÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/202/202_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SALMOURÃO PARA O EXERCÍCIO DE 2013. ORÇAMENTO 2013</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/203/203_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A LEI MUNICIPAL Nº 959/2010, QUE AUTORIZOU O EXECUTIVO MUNICIPAL A DESENVOLVER AÇÕES PARA IMPLEMENTAR O PROGRAMA MINHA CASA, MINHA VIDA (PMCMV), ESTABELECIDO PELA LEI FEDERAL Nº 11.977/2009.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/204/204_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CELEBRAR CONVÊNIO DE COOPERAÇÃO COM A UNIÃO (GOVERNO FEDERAL) VISANDO A MANUTENÇÃO DE PARTE DAS DESPESAS DO CARTORIO ELEITORAL DA 163ª ZONA ELEITORAL DE OSVALDO CRUZ, ATRAVÉS DO PAGAMENTO MENSAL DE 25% DO VALO DO SALÁRIO MÍNIMO.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/188/188_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS VEREADORES E PRESIDENTE DA CÂMARA PARA A LEGISLATURA 2013-2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1329,68 +1329,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/188/188_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2012/188/188_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>