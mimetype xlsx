--- v0 (2025-10-18)
+++ v1 (2026-03-24)
@@ -54,603 +54,603 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CONTA</t>
   </si>
   <si>
     <t>Contas Municipais</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/337/337_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, REFERENTE AS CONTAS DA PREFEITURA MUNICIPAL, EXERCÍCIO DE 2011</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
     <t>Iniciativa Popular</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER ABERTURA DE PROCESSO DE FALTA DE DECORO PARLAMENTAR CONTRA O VEREADOR MÁRCIO DONIZETE BRUZULATO.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2013/276/denuncia_contra_edinaci_alessandro_romano.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2013/276/denuncia_contra_edinaci_alessandro_romano.pdf</t>
   </si>
   <si>
     <t>REPRESENTAÇÃO PARA ABERTURA DE PROCESSO DE FALTA DE DECORO PARLAMENTAR CONTRA O VEREADOR EDINACI SILVA DOS SANTOS. AUTO: ALESSANDRO APARECIDO ROMANO</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Tinha do Graia</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL QUE SOLICITE RECURSOS PARA O TÉRMINO DA PAVIMENTAÇÃO DAS RUAS DO BAIRRO IZABEL MARTINS VILLAS (REMANSO DAS ÁGUAS)</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO, EM TERMOS REGIMENTAIS, QUE SEJA OFICIADO AO CHEFE DO PODER EXECUTIVO DE SALMOURÃO, SUGERINDO A REATIVAÇÃO DA BANDA MARCIAL DE SALMOURÃO._x000D_
 </t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO, EM TERMOS REGIMENTAIS, QUE SEJA OFICIADO AO CHEFE DO PODER EXECUTIVO DE SALMOURÃO, SUGERINDO A INSTALAÇÃO DE BEBEDOURO DO TERMINAL RODOVIÁRIO DE SALMOURÃO._x000D_
 </t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO, EM TERMOS REGIMENTAIS, QUE SEJA OFICIADO AO CHEFE DO PODER EXECUTIVO DE SALMOURÃO, SUGERINDO A DISPONIBILIZAÇÃO DE MAIS UM ÔNIBUS PARA O TRANSPORTE DE TRABALHADORES DE SALMOURÃO PARA OSVALDO CRUZ._x000D_
 </t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO, EM TERMOS REGIMENTAIS, QUE SEJA OFICIADO AO CHEFE DO PODER EXECUTIVO DE SALMOURÃO, SUGERINDO A IMPLANTAÇÃO DO PROGRAMA SAÚDE DA FAMÍLIA (PSF) NO MUNICÍPIO DE SALMOURÃO._x000D_
 </t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Dragão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO, EM TERMOS REGIMENTAIS, QUE SEJA OFICIADO AO CHEFE DO PODER EXECUTIVO DE SALMOURÃO, SUGERINDO A AQUISIÇÃO DE TERRENO PARA A CONSTRUÇÃO DE CASAS POPULARES._x000D_
 </t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO, EM TERMOS REGIMENTAIS, QUE SEJA OFICIADO AO CHEFE DO PODER EXECUTIVO DE SALMOURÃO, SUGERINDO A CONSTRUÇÃO DE NO MÍNIMO DOIS (2) BARRACÕES PARA A INSTALAÇÃO DE EMPRESAS EM NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO, EM TERMOS REGIMENTAIS, QUE SEJA OFICIADO AO CHEFE DO PODER EXECUTIVO DE SALMOURÃO, SUGERINDO A ADOÇÃO DE MEDIDAS VISANDO A CONCESSÃO DE VEÍCULO GRATUITO PARA LEVAR PESSOAS COM NECESSIDADES ESPECIAIS PARA FREQUENTAREM A APAE DO MUNICÍPIO DE OSVALDO CRUZ._x000D_
 </t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO OU CONSERTO DA ILUMINAÇÃO DA PRAÇA EXISTENTE ENTRE OS CONJUNTOS HABITACIONAIS FIRMINO COLATO E FLORES</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE BRAÇO DE LUZ EM POSTE EXISTENTE AO LADO DO_x000D_
 ALMOXARIFADO MUNICIPAL EM RUA PARALELA AO MESMO</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Maurício Porco</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE A PREFEITURA DÊ DESCONTO PARA O PAGAMENTO À VISTA DO IPTU E QUE SEJA ABERTO UM PRAZO PARA A RENEGOCIAÇÃO DO IPTU EM ATRASO, INCLUSIVE COM O PARCELAMENTO DE DÍVIDA.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE A PREFEITURA INSTALE CORTINAS NO VELÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Antônio Villas</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE A PREFEITURA NOTIFIQUE A EMPRESA RESPONSÁVEL PELA OBRA DE SUBSTITUIÇÃO DA ILUMINAÇÃO DA PRAÇA DA BANDEIRA PARA QUE SEJAM FEITOS OS CONSERTOS NECESSÁRIOS PARA GARANTIR A QUALIDADE DA OBRA EXECUTADA.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERINDO QUE A PREFEITURA SUBSTITUA AS LÂMPADAS DE 4 POSTES SITUADOS NA RUA ANTÔNIO XAVIER DA SILVA NA ALTURA DO Nº 1</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE LIMPEZA E MANUTENÇÃO URGENTE DO BOSQUE MUNICIPAL</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE QUANDO FOR IMPLANTADO O DISTRITO EMPRESARIAL NO MUNICÍPIO DE SALMOURÃO TAMBÉM SEJA CONTEMPLADOS OS EMPRESÁRIOS DE SALMOURÃO QUE ATUALMENTE NÃO POSSUEM PRÉDIO PRÓPRIO</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A COBERTURA DO PÁTIO DO ALMOXARIFADO MUNICIPAL</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERINDO A COLOCAÇÃO EM FUNCIONAMENTO DOS BANHEIROS EXISTENTES NO TERMINAL RODOVIÁRIO DE SALMOURÃO, BEM COMO, RETIRADA DAS SOBRAS DE MATERIAL DE CONSTRUÇÃO QUE ESTÃO NO LOCAL.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.odt</t>
   </si>
   <si>
     <t>SUGERE A MANUTENÇÃO DE ESTRADAS RURAIS DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA REALIZADAS OBRAS NO SALÃO DO C.C.I. E NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS QUE GARANTAM A ACESSIBILIDADE A PESSOAS PORTADORES DE DEFICIÊNCIA</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Márcio do Açougue</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM ACESAS AS LUZES DA PRAÇA EXISTENTE NO CONJUNTO HABITACIONAL_x000D_
 DAS FLORES</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA CEDIDO AOS SERVIDORES QUE TRABALHAM NO CEMITÉRIO MUNICIPAL_x000D_
 TODO O EQUIPAMENTO NECESSÁRIO PARA GARANTIR A PROTEÇÃO DA SAÚDE DESTES, OU SEJA, EQUIPAMENTOS DE E.P.I.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Marcelo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE PROVIDÊNCIAS VISANDO O REPASSE MENSAL DE RECURSOS À CASA DA ESPERANÇA EMIL WIRTH</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Maurício Porco, Dragão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A DOAÇÃO DE CINQUENTA (50) PARES DE CHUTEIRA AO PROJETO RENASCER, CRIADO E MANTIDO PELO GRUPAMENTO DA POLÍCIA MILITAR DE SALMOURÃO</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE NOVAMENTE QUE SEJA CONSERTADA A ILUMINAÇÃO DA PRAÇA EXISTENTE NA CONJUNTO HABITACIONAL DAS FLORES</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE O PEDIATRA ATENDA DE 2 A 6 FEIRA</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM CONSERTADA A ILUMINAÇÃO DA PRAÇA DA BANDEIRA, QUE ESTÁ COM 80% DE SUAS LÂMPADAS APAGADAS.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM INSTALADAS CÂMERAS DE SEGURANÇA NA CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA CONCEDIDO AUMENTO NO VALOR DO TICKET ALIMENTAÇÃO DOS SERVIDORES DA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGEREO QUE SEJAM LIMPAS COM MAIS FREQUENCIA AS RUAS DO JARDIM TOQUEMBURGO</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM FEITOS CONSERTOS NAS ESTRADAS RURAIS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/255/255_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM REFORMADOS OS BANHEIROS DA PRAÇA DO BAIRRO GUARANI, BEM COMO, SEJA DESIGNADO SERVIDOR PARA ZELAR DA REFERIDA PRAÇA</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/256/256_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM FEITAS MELHORIAS NA PAVIMENTAÇÃO NA RUA DA TORRE E NA RUA_x000D_
 ANTÔNIO XAVIER DA SILVA, PRÓXIMO AO BOSQUE MUNICIPAL.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA UMA REFORMA E AMPLIAÇÃO DO VELÓRIO MUNICIPAL, BEM_x000D_
 COMO, INSTALAÇÃO DE CORTINAS NO MESMO.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE REFORMA DA ENTRADA DO CENTRO COMUNITÁRIO.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO NO MUNICÍPIO DE UM PARQUE INFANTIL.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A CONSTRUÇÃO DE DOIS BANHEIROS MAIORES, UM MASCULINO E UM FEMININO, PARA OS PROFESSORES E FUNCIONÁRIOS DA EMFI &amp;#8220;STELA BOER MAIOLI&amp;#8221;, BEM COMO, CONSTRUÇÃO DE DEPÓSITO PARA MATERIAL DE LIMPEZA.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERINDO PROVIDÊNCIA URGENTE PARA A INSTALAÇÃO DO NOVO ATERRO SANITÁRIO EM VALAS</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE PROVIDÊNCIA URGENTE PARA O CONSERTO DE GRANDE BURACO EXISTENTE NO ACOSTAMENTO DA VICINAL ANTÔNIO DIAS LOGO APÓS A ENTRADA DO BAIRRO PÉ DE GALINHA</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE PROVIDÊNCIA PARA REURBANIZAÇÃO DA ROTATÓRIA QUE DÁ ACESSO A VICINAL ANTÔNIO GONÇALVES DE CASTRO. ESSA REURBANIZAÇÃO TAMBÉM DEVE CONTEMPLAR A PARTE ESTÉTICA E DEIXAR MAIS BELA A ENTRADA DE NOSSO MUNICÍPIO, SUGIRO INCLUSIVE A COLOCAÇÃO DE UMA IMAGEM DE SÃO JOÃO BATISTA, PADROEIRO DO MUNICÍPIO</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO DA PRAÇA EXISTENTE NO CONJUNTO HABITACIONAL DAS FLORES</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>SUGERE A CONCESSÃO DE AUMENTO SALARIAL AOS SERVIDORES DA PREFEITURA MUNICIPAL OU AUMENTO DO TICKET ALIMENTAÇÃO PARA R$ 200,00.</t>
   </si>
   <si>
     <t>295</t>
   </si>
@@ -978,363 +978,363 @@
   <si>
     <t>242</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO E LOUVOR PELO ÓTIMO TRABALHO DESENVOLVIDO PELOS EDUCADORES E COORDENADORA DO PROJETO GURI</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E CRIAÇÃO DE CARGOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARREIRA, CARGOS, SALÁRIOS E SISTEMA DE AVALIAÇÃO DE SERVIDORES DA CÂMARA MUNICIPAL DE SALMOURÃO</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>PLLO</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo Ordinário</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA DISPOSITIVOS SOBRE ESTÁGIO NOS ÓRGAOS DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE SALMOURÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA LIÇÕES DE PRIMEIROS-SOCORROS NA REDE ESCOLAR EM TODO O MUNICÍPIO DE SALMOURÃO</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA E REAJUSTA OS SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE SALMOURÃO.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Tinha do Graia, Maurício Porco</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA NOVA DENOMINAÇÃO A CASA DO TRABALHADOR QUE PASSAR DE SER DENOMINADA ESCOLA DE MODA ROSA MARIA DOS SANTOS RODRIGUES.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA PRAÇA EXISTENTE NO CONJUNTO HABITACIONAL PRIMAVERA COMO PRAÇA JOSÉ MANOEL.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/277/277_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 593, QUE INSTITUI O ESTADO ÚNICO DOS SERVIDORES PÚBLICOS MUNICIPAL, ESTABELECE CASOS DE PROIBIÇÃO PARA A NOMEAÇÃO DE CARGOS EM COMISSÃO - FICHA LIMPA</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPLEMENTA E REDUZ DOTAÇÃO ORÇAMENTARIA DA CÂMARA MUNICIPAL DE SALMOURAO</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESERVA UNIDADES DOS PROGRAMAS HABITACIONAIS PARA PORTADORES DE DEFICIÊNCIA E IDOSOS</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA NOME A PRÉDIO PÚBLICO E FAZ HOMENAGEM AO SENHOR JOÃO VALDECIR SANTANA</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>SUPLEMENTA E REDUZ DOTAÇÃO ORÇAMENTÁRIA DA CÂMARA</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO VALOR DE R$ 100,00 AOS SERVIDORES DA CÂMARA DE SALMOURÃO A SER ACRESCIDO AO TICKET ALIMENTAÇÃO, COM PAGAMENTO NO MÊS DE DEZEMBRO DE 2013</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O SALÁRIO DE ALGUNS SERVIDORES DA PREFEITURA MUNICIPAL DE SALMOURÃO EM 5,84%</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/213/213_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO A LEI 717/99, QUE TRATA DO CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, CONSELHO TUTELAR E FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃ AO ARTIGO 2O DA LEI MUNICIPAL NO 996/2012, QUE AUTORIZA O PODER EXECUTIVO A CELEBRAR CONTRATO DE LOCAÇÃO DE IMÓVEL PARA IMPLANTAÇÃO DE ATERRO SANITÁRIO EM VALAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO PLANO PLURIANUAL PARA O QUADRIÊNIO 2014-2017</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2014</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESMEMBRAR ÁREA DE 742,96M2 PARA A CONSTRUÇÃO DE UNIDADE DO PROGRAMA SAÚDE DA FAMÍLIA (PSF), NO LOCAL ONDE SE ENCONTRA ATUALMENTE A PRAÇA DA BIBLIA.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL AO ORÇAMENTO MUNICIPAL NO VALOR DE R$ 99.646,01 PARA AMPLIAÇÃO DE OBRAS CONTRA A EROSÃO DO PROGRAMA FEHIDRO</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/274/274_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REPASSE DE RECURSOS A ASSOCIAÇÃO DE PAI E AMIGOS DOS EXCEPCIONAIS DE ADAMANTINA (APAE) NO VALOR DE 24.000,00 ANUAIS</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>INCORPORA AO PERÍMETRO URBANO DO MUNICÍPIO ÁREA DE 12000 M2 PARA USO COMERCIAL.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>ORÇAMENTO MUNICIPAL PARA O EXERCÍCIO DE 2014</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/281/281_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1018/2013 E AUMENTA O VALOR DE REPASSE PARA A APAE DE ADAMANTINA</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR (VENDER) TERRENO DE SUA PROPRIEDADE, REGISTRADA NO CARTORIO DE REGISTRO DE IMÓVEIS SOB A MATRÍCULA Nº 14475</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO DE R$ 100,00 AO TICKET ALIMENTAÇÃO DA PREFEITURA PARA O MÊS DE DEZEMBRO DE 2013</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA CÓPIA COMPLETA DA FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS REFERENTE AOS MESES DE OUTUBRO, NOVEMBRO E DEZEMBRO DE 2012.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA CÓPIA DA FOLHA DE PAGAMENTO DOS PROFISSIONAIS DA EDUCAÇÃO MUNICIPAL REFERENTE AO PERÍODO DE JANEIRO DE 2009 A SETEMBRO DE 2012.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>REQUER A SABESP (CIA DE SANEAMENTO BÁSICO DO ESTADO DE SÃO PAULO) QUE QUANDO FOREM REALIZADAS OBRAS NA REDE DE ÁGUA E ESGOTO NO MUNICÍPIO DE SALMOURÃO, QUE EXIJAM A ABERTURA DE BURACOS, ESTES SEJAM FECHADOS COM MASSA ASFÁLTICA LOGO APÓS O CONSERTO.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 6/2013 QUE TRATA DE DESMEMBRAMENTO DE ÁREA DE 747,96M2 PARA A CONSTRUÇÃO DE PSF.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE DESTINAÇÃO DE COBERTURA DE ARQUIBANCADA DO ESTÁDIO MUNICIPAL BENEDITO FRANCO DE GODOY E INFORMAÇÃO SOBRE DESTINAÇÃO DAS CESTAS BÁSICAS ARRECADADAS JUNTO AOS ESTUDANTES E TRABALHADORES QUE UTILIZAM O TRANSPORTE MUNICIPAL.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE QUAL A COMPOSIÇÃO DA COMISSÃO MUNICIPAL DE LICITAÇÕES, BEM COMO, CÓPIA DO ATO DE NOMEAÇÃO DA REFERIDA COMISSÃO.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>REQUER PRESTAÇÃO DE CONTAS DA ASSOCIAÇÃO DOS PRODUTORES RURAIS NOS TERMOS DA LEI MUNICIPAL 1005, 21/12/2012</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL AO PROJETO DE LEI Nº 7/2013, DE 20/06/2013.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Wesley Barbosa, Marcelo da Silva, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL AO PROJETO DE LEI Nº 9/13, QUE INCORPORA ÁREA DE 12.000 M2 AO PERÍMETRO URBANO DO MUNICÍPIO</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>Marcelo da Silva, Eduardinho do Pedrão, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL AO PROJETO DE LEI Nº 8/2013</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão, Maurício Porco, Tinha do Graia</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI LEGISLATIVO Nº 7/2013, QUE SUPLEMENTA E REDUZ DOTAÇÃO ORÇAMENTÁRIA DA CÂMARA MUNICIPAL DE SALMOURÃO.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>SOLICITA URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 11/2013, DO PODER EXECUTIVO, QUE ALTERA A LEI MUNICIPAL Nº 1.018/2013, SOBRE REPASSE DE RECURSOS PARA APAE DE ADAMANTINA</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau, Maurício Porco, Tinha do Graia</t>
   </si>
@@ -1683,68 +1683,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2013/276/denuncia_contra_edinaci_alessandro_romano.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.odt" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.odt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2013/276/denuncia_contra_edinaci_alessandro_romano.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.odt" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.odt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>