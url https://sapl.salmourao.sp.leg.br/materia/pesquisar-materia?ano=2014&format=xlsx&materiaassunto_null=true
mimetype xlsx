--- v0 (2026-01-26)
+++ v1 (2026-03-13)
@@ -54,69 +54,69 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CONTA</t>
   </si>
   <si>
     <t>Contas Municipais</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, REFERENTE AS CONTAS DA PREFEITURA MUNICIPAL DE 2010 - PROCESSO TC2742/026/10</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Maurício Porco</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>SUGERE A REVITALIZAÇÃO COMPLETA DO BOSQUE MUNICIPAL.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>SUGERE A CRIAÇÃO DE PRAÇA NA RUA JOSÉ COLATO, AO LADO DA CAMPO DE FUTEBOL DO GRUPO GAVEA.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE A INSTALAÇÃO DE BEBEDOURO NO ALMOXARIFADO MUNICIPAL. </t>
   </si>
   <si>
     <t>376</t>
   </si>
@@ -426,270 +426,270 @@
   <si>
     <t>35</t>
   </si>
   <si>
     <t>SUGERE A INFORMATIZAÇÃO DO FICHÁRIO DA UNIDADE BÁSICA DE SAÚDE</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE QUANDO DA ESCOLHA OU SORTEIO DE BENEFICIADOS PARA PROGRAMAS HABITACIONAIS NÃO SEJA PERMITIDA A PARTICIPAÇÃO DE PESSOAS QUE JÁ RECEBERAM CASAS EM PROGRAMAS ANTERIORES </t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE CONGRATUALAÇÃO E LOUVOR AOS BOMBEIROS 1º SGT PM LUCIANO BARBIERI, 1º SGT PM EDNALDO ROBERTO CERIALI E SD PM WILSON ROGÉRIO ALVES DE AGUIAR, PELO SOCORRO PRESTADO AOS MORADORES DURANTE A FEIRINHA DA MADRUGADA </t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI N 10/2014</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>PLLO</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo Ordinário</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A ROTATÓRIA QUE DÁ ACESSO A VICINAL ANTÔNIO GONÇALVES DE CASTRO (SALMOURÃO-RIO AGUAPEÍ) COMO LUIZ DE ANDRADE CAVALCANTE (NEGO CHEIO)</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA O SALÁRIO DOS CARGOS E O SUBSÍDIO DOS VEREADORES E PRESIDENTE DA CÂMARA MUNICIPAL DE SALMOURÃO</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOME A RUA 10 DO CONJUNTO HABITACIONAL IZABEL MARTINS VILLAS E HOMENAGEIA O JOVEM MILTON CÉSAR DE ALMEIDA, CONHECIDO COMO "LERÃO"</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE RESÍDUOS SÓLIDOS</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS SALÁRIOS DOS SERVIDORES DA PREFEITURA MUNICIPAL EM 5,91%.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL E REVOGA A LEI N. 815/2005</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRATA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 283.500,00 PARA AQUISIÇÃO DE CAMINHÃO PIPA</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIA O PODER EXECUTIVO A ASSINAR NOVO PROTOCOLO DE INTENÇÕES PARA FINS DE PARTICIPAÇÃO NO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA ALTA PAULISTA - CISAP</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE ESTABELE AS DIRETRIZES ORÇAMENTÁRIDO MUNICÍPIO DE SALMOURÃO PARA O EXERCÍCIO DE 2015</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO PARA ABERTURA DE CREDITO ESPECIAL AO ORÇAMENTO NO VALOR DE R$ 111.090,34</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO PARA AQUISIÇÃO DE TRATOR E IMPLEMENTOS AGRÍCOLAS NO VALOR DE R$ 97.500,00</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO MUNICIPAL PARA FINALIZAÇÃO DE OBRAS DO TERMINAL RODOVIÁRIO LOURIVAL DIAS NEVES</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCORPORA AO PERÍMETRO URBANO ÁREA DE 48.400 M2 PARA FINS RESIDENCIAIS</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>ORÇAMENTO MUNICIPAL PARA O EXERCÍCIO DE 2015</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA NOME A PRAÇA MUNICIPAL PRÓXIMO A CASA DA MODA E HOMENAGEIA O SR. CARLOS ROBERTO ALBERTONI.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO VALOR DE R$ 100,00 (CEM REAIS) AO SERVIDORES DA PREFEITURA DE SALMOURÃO A SER ACRESCIDO NO TICKET ALIMENTAÇÃO, COM PAGAMENTO NO MÊS DE DEZEMBRO DE 2014</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O SISTEMA DE CONTROLE INTERNO DA CÂMARA MUNICIPAL DE SALMOURÃO</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TICKET ALIMENTAÇÃO EXTRA AOS SERVIDORES DA CÂMARA MUNICIPAL NO VALOR DE R$ 200,00 PARA O MÊS DE DEZEMBRO DE 2014</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE PRECATÓRIOS E AÇÕES JUDICIAIS DA PREFEITURA MUNICIPAL DE SALMOURÃO.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE DOAÇÃO DE CESTAS BÁSICAS PELA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau, Marcelo da Silva, Tinha do Graia</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI N. 6/2014</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau, Marcelo da Silva, Maurício Porco</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL AO PROJETO DE LEI N. 7/2014</t>
   </si>
   <si>
     <t>353</t>
   </si>
@@ -1032,68 +1032,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>