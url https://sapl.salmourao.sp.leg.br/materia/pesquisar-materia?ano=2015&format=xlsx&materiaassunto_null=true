--- v0 (2026-01-27)
+++ v1 (2026-03-16)
@@ -54,969 +54,969 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CONTA</t>
   </si>
   <si>
     <t>Contas Municipais</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROCESSO TC-1803/026/12, COM PARECER DESFAVORAVEL A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE SALMOURÃO, EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dragão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONTRATAÇÃO DE 4 BRAÇAIS PARA PREFEITURA</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Antônio Villas</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>COBERTURA DO PONTO DE TÁXI DO TERMINAL RODOVIÁRIO</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/417/417_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NOS EQUIPAMENTOS DE FISIOTERAPIA DO CENTRO MUNICIPAL DE FISIOTERAPIA</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/418/418_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPAR BURACOS EXISTENTES NAS RUAS DO BAIRRO ESMERALDO MANOEL BENJAMIM (JARDIM GUANABARA)</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/419/419_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS ESTRADAS RURAIS DO MUNICÍPIO COM MOTONIVELADORA</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/420/420_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE PRÓXIMO AO VELÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Marcelo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/421/421_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATENÇÃO ESPECIAL COM A MANUTENÇÃO DO ESTÁDIO MUNICIPAL BENEDITO FRANCO DE GODOY, EM ESPECIAL COM O GRAMADO ATRAVÉS DO CONSERTO DA IRRIGAÇÃO, ADUBAÇÃO E RETIRADA DE PRAGAS</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/422/422_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA AV. PRES. CASTELO BRANCO, PRÓXIMO A O LOCAL DE ENTRADA E SAÍDA DE ALUNOS DA ESCOLA MUNICIPAL STELA BOER MAIOLI.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/423/423_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/423/423_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA ANTÔNIO XAVIER DA SILVA, PRÓXIMO A RESIDÊNCIA DO SR. BENEDITO JORGE E NA RUA JOSÉ CEZÁRIO DA SILVA, PRÓXIMO A RESIDÊNCIA DO SENHOR JOÃO OSVALDO</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/424/424_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/424/424_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE GRADES DE PROTEÇÃO EM TODOS OS BUEIROS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/425/425_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/425/425_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BEBEDOURO DE ÁGUA NO TERMINAL RODOVIÁRIO LOURIVAL DIAS NEVES</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE CESTA BÁSICA AOS SERVIDORES DA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Tinha do Graia</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/427/427_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERINDO A LIMPEZA DO TERRENO SITUADO DEFRONTE AO ALMOXARIFADO MUNICIPAL</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERINDO QUE SEJAM RECAPEADAS AS RUAS DO CONJUNTO HABITACIONAL FIRMINO COLATO E CONJUNTO HABITACIONAL PRIMAVERA.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E PULVERIZAÇÃO DE HERBICIDA NA QUADRA DO CONJUNTO ESPORTIVO JOSÉ DE PAULA.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/430/430_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUMENTO NO VALOR DO TICKET ALIMENTAÇÃO DOS SERVIDORES DA PREFEITURA PARA R$ 200,00</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/431/431_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DAS DUAS ENTRADAS DA CIDADE</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/450/450_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/450/450_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE INSTALAÇÃO DE VENTILADORES NO CENTRO DE LAZER JOÃO VALDECIR SANTANA</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/451/451_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AUMENTO NO VALOR DO TICKET ALIMENTAÇÃO DA PREFEITURA MUNICIPAL PARA R$ 160,00</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/452/452_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONCESSÃO DE REAJUSTE SALARIAL AOS SERVIDORES DA PREFEITURA OU AUMENTO NO VALOR DO TICKET ALIMENTAÇÃO PARA R$ 200,00</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/453/453_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE RECAPEAMENTO DE TRECHOS DE RUAS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/454/454_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE LIMPEZA DAS ENTRADAS DA CIDADE</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE POSTE DE ILUMINAÇÃO PÚBLICA NA RUA 7</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CONDICIONADOR DE AR NO VELÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE ENVIO DE PROJETO DE LEI PARA ISENÇÃO DE IPTU A IDOSOS COM RENDA ATÉ 1 SALÁRIO MÍNIMO.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/458/458_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA AV. PRES. CASTELO BRANCO, DEFRONTE A ESCOLA MUNICIPAL STELA BOER MAIOLI</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/459/459_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE GERADOR DE ENERGIA ELÉTRICA NO CENTRO DE SAÚDE PARA CONSERVAÇÃO DE VACINAS.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NA PISTA DE SKATE</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONSERTO DO FORRO DO TERMINAL RODOVIÁRIO LOURIVAL DIAS NEVES</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE URGENTE MANUTENÇÃO DO CENTRO DE LAZER JOSÉ DE PAULA</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE INSTALAÇÃO DE LIXEIRAS NO TERMINAL RODOVIÁRIO LOURIVAL DIAS NEVES</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/464/464_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE REGISTRO ELETRONICO DE PONTO NA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/465/465_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE TAPAGEM DE BURACOS EXISTENTES DEFRONTE AO CENTRO DE LAZER JOAO VALDECIR SANTANA E AO CONJUNTO HABITACIONAL PRIMAVERA</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/466/466_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE LIMPEZA DAS ENTRADAS E SAÍDAS DA CIDADE DE SALMOURÃO, EM ESPECIAL DA VICINAL QUE LIGA O CIDADE À FAZENDA TAMARA</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/467/467_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE PROVIDÊNCIA JUNTO AO PROPRIETARIO DO LOTEAMENTO NOVO HORIZONTE PARA QUE SEJAM REALIZADAS OBRAS QUE EVITEM ENXURRADAS NA VICINAL ANTÔNIO DIAS</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/468/468_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE CONSERTO DE BURACOS DE RUAS DO MUNICÍPIO, EM ESPECIAL AS DO BAIRRO ESMERALDO MANOEL BEIJAMIM </t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/469/469_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AUMENTO SALARIAL AOS SERVIDORES DA PREFEITURA OU AUMENTO DE R$ 50,00 NO VALOR DO TICKET ALIMENTAÇÃO DESTES. </t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/470/470_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA REALIZADA MANUTENÇÃO NAS AMBULÂNCIAS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/471/471_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE COMPLETO RECAPEAMENTO DA RUA MOACIR DOS REIS</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/472/472_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE: 1- NA RUA VER. JOSÉ CEZÁRIO DA SILVA, DEFRONTE A RESIDÊNCIA DO SR. JOÃO OSVALDO. 2 - NA RUA ANTONIO XAVIER DA SILVA, DEFRONTE A RESIDÊNCIA DA SRA. LAURA.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/473/473_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE A TAXA COBRADA PELO TRANSPORTE DE TRABALHADORES ATÉ OSVALDO CRUZ SEJA RECOLHIDA JUNTO A TESOURARIA DA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/474/474_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE OBRAS DE MELHORIA NO BOSQUE MUNICIPAL</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/475/475_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A CONCESSÃO, NO FINAL DO ANO, DE ABONO SALARIAL OU TICKET EXTRA AOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/476/476_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A CONCESSÃO DE TICKET ALIMENTAÇÃO EXTRA AOS SERVIDORES DA PREFEITURA MUNICIPAL NO VALOR DE R$ 200,00</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/477/477_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONSERTO DE BURACOS EXISTENTES EM DIVERSAS RUAS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/478/478_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE A INSTALAÇÃO DE BEBEDOURO NO GINASIO DE ESPORTES </t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/479/479_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A REALIZAÇÃO DE CONSERTOS URGENTES NAS ESTRADAS RURAIS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/480/480_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AUMENTO NO VALOR DO TICKET ALIMENTAÇÃO DA PREFEITURA PARA R$ 150,00</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/481/481_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE SOLICITAÇÃO JUNTO AOS GOVERNOS FEDERAL E ESTADUAL DE RECURSOS PARA AQUISIÇÃO DE UM APARELHO DE ULTRASSONOGRAFIA </t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA DO PARECER DESFAVORÁVEL DO TCE/SP SOBRE AS CONTAS DA PREFEITURA DE SALMOURÃO, EXERCÍCIO DE 2012. REJEITA AS CONTAS MUNICIPAIS DO ANO DE 2012</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/441/441_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 15, QUE TRATA DO PLANO DE CARREIRA DOS SERVIDORES DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>PLLO</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo Ordinário</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/401/401_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA OS SALÁRIOS E SUBSÍDIOS DA CÂMARA MUNICIPAL DE SALMOURÃO EM 7,70%</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão, Antônio Villas</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/407/407_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUMENTA O VALOR DO TICKET ALIMENTAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL EM 23,02%, DE ACORDO COM A INFLAÇÃO ACUMULADA NOS ÚLTIMOS 3 ANOS.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/408/408_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPLEMENTA E REDUZ DOTAÇÃO ORÇAMENTÁRIA DA CÂMARA MUNICIPAL DE SALMOURÃO</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE MUDAS DE ÁRVORES NATIVAS PARA REFLORESTAMENTO PARA PRODUTORES RURAIS COM PROPRIEDADES DE ATÉ 50 HECTARES.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS SALÁRIOS E SUBSÍDIOS DA PREFEITURA MUNICIPAL DE SALMOURÃO EM 6,41%</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INCLUSÃO DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 372.632,56 NO ORÇAMENTO DE 2015, VISANDO A AQUISIÇÃO DE TRATOR E EQUIPAMENTOS AGRICOLAS E CONSTRUÇÃO DE CENTRO COMUNITÁRIO.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCORPORA AO PERÍMETRO URBANO ÁREA DE 43.076,00 M2 PARA INSTALAÇÃO DO RESIDENCIAL NOVO HORIZONTE</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA SUBVENÇÃO AS SEGUINTES INSTITUIÇÕES: SANTA CASA DE MISERICORDIA DE OSVALDO CRUZ, APAE DE ADAMANTINA E CASA DA ESPERANÇA EMIL WIRTH DE SALMOURÃO</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/405/405_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2016</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/411/411_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRATA DO PLANO MUNICIPAL DE EDUCAÇÃO PARA O DECÊNIO 2015-2025</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/413/413_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS DE SAÚDE INCENTIVO FINANCEIRO ADICIONAL</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/412/412_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/434/434_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOME AO PORTAL MUNICIPAL E FAZ HOMENAGEM A MESSIAS BRANDAO MACHADO, QUARTO PREFEITO DO MUNICÍPIO DE SALMOURÃO</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/436/436_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/436/436_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2016. ORÇAMENTO MUNICIPAL 2016</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/437/437_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/437/437_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 1º DA LEI MUNICIPAL Nº 1049, QUE AUTORIZA CONCESSÃO DE SUBVENÇÕES ÀS ENTIDADES QUE ESPECIFICA (CASA DA ESPERANÇA EMIL WIRTH - ASILO)</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/438/438_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A FIRMAR ACORDO DE PARCELAMENTO DE DÍVIDA COM A COMPANHIA DE SANEAMENTO BÁSICO DO ESTADO DE SÃO PAULO - SABESP</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/443/443_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SERVIDORES DA PREFEITURA MUNICIPAL TICKET EXTRA NO VALOR DE R$ 100,00 NO MÊS DE DEZEMBRO DE 2015</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS E PARAGRAFOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>Maurício Porco</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/433/433_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS VEREADORES PARA A LEGISLATURA 2017-2020.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/442/442_texto_integral.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/442/442_texto_integral.odt</t>
   </si>
   <si>
     <t>CONCEDE AOS SERVIDORES DA CÂMARA UM ACRESCIMENTO DE R$ 100,00 NO TICKET ALIMENTACAO DO MES DE DEZEMBRO DE 2015.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Marcelo da Silva, Eduardinho do Pedrão, Tinha do Graia</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1/2015</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>Marcelo da Silva, Eduardinho do Pedrão, Maurício Porco</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 2, DE 2015, DO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO AO PODER EXECUTIVO SOBRE AS OBRAS DA CRECHE ESCOLA E DA UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO À PREFEITURA SOBRE PAGAMENTO DE DIFERENÇA DE SALÁRIO</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/414/414_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 8, DE 2015</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/432/432_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE CARRINHOS APRESENTADOS A POPULAÇÃO NO ANIVERSÁRIO DO MUNICÍPIO DE 2015.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão, Tinha do Graia, Wesley Barbosa</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL AO PROJETO DE LEI N&amp;#8304; 12, DE 2015, QUE TRATA DE AUTORIZAÇÃO PARA PARCELAMENTO DE DÍVIDA ENTRE O MUNICÍPIO E A SABESP</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/439/439_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES E DOCUMENTOS AO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto Total ou Parcial</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 07/2015, DE AUTORIA DO VEREADOR ANTÔNIO VILLAS MARTINS E QUE TRATA DE AUTORIZAÇÃO PARA REPASSE DE INCENTIVO FINANCEIRO AOS AGENTES COMUNITÁRIO DE SAÚDE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1335,68 +1335,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/442/442_texto_integral.odt" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/442/442_texto_integral.odt" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2015/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="204.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>