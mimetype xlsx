--- v0 (2026-01-27)
+++ v1 (2026-03-16)
@@ -54,1380 +54,1380 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Diego Delmore</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE COLOCAÇÃO EM PRÁTICA DA LEI DO ESTÁGIO REMUNERADO</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE IMPLANTAÇÃO DE PROGRAMA DE HIDROGINÁSTICA PARA IDOSOS</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE UTILIZAÇÃO DE ARROZ INTEGRAL NA MERENDA ESCOLAR</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE ACOMPANHAMENTO NUTRICIONAL COM CRIANÇAS OBESAS</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.odt</t>
   </si>
   <si>
     <t>SUGERE CONSTRUÇÃO DE COBERTURA NO CORREDOR CENTRAL DO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE IMPLANTAÇÃO DE FEIRA LIVRE EXCLUSIVA PARA PRODUTORES E COMERCIANTES DE SALMOURÃO</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CRIAÇÃO DE FANFARRA OU BANDA MARCIAL NO MUNICÍPIO DE SALMOURÃO</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AQUISIÇÃO DE COMPUTADORES PARA AGENTES DE SAÚDE</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE O CUMPRIMENTO NO MUNICÍPIO DA LEI MUNICIPAL Nº 975/2017, SOBRE CONFECÇÃO DE RECEITAS</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONSERTO E MANUTENÇÃO DAS ESTRADAS DO BAIRRO GUARANI</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A CONSTRUÇÃO DE UM NOVO BANHEIRO PÚBLICO NO BAIRRO GUARANI</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A CONCESSÃO DE REAJUSTE SALARIAL AOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AUMENTO NO VALOR DO TICKET ALIMENTAÇÃO DOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A CONCESSÃO DE CESTA BÁSICA AOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE LIMPEZA E CONSERTO DA ILUMINAÇÃO DO BOSQUE MUNICIPAL</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO DAS RUAS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA DADO MAIOR APOIO AOS JOVENS QUE PRATICAM O ATLETISMO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Antônio Villas</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONCESSÃO DE GRATIFICAÇÃO DE ANIVERSÁRIO AOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE REFORMA DO CENTRO DE LAZER (PISCINAS PÚBLICAS) DE SALMOURÃO</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AQUISIÇÃO E DOAÇÃO DE UNIFORMES ESCOLARES</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONSERTO DE BUEIROS</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONTRATAÇÃO DE EDUCADOR FISICO PARA A CASA DA ESPERANÇA EMIL WIRTH</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONSTRUÇÃO DE ABRIGOS EM PONTOS DE ÔNIBUS</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE AR CONDICIONADO NO VELORIO MUNICIPAL</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE EXECUÇÃO DE LIMPEZA E MANUTENÇÃO DOS CLIMATIZADORES DA ESCOLA MUNICIPAL STELA BOER MAIOLI</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONSERTO DO APARELHO DE RAIO X ODONTOLÓGICO DO CENTRO DE SAÚDE</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE MUTIRÃO PARA REVITALIZAÇÃO DOS CANTEIROS DA PRAÇA DA BANDEIRA</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE MELHORIAS NA RUA TRAVESSA F</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE LIMPEZA DA ENTRADA PRINCIPAL DA CIDADE</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NOS SEGUINTES LOCAIS:_x000D_
 1. RUA ANTÔNIO XAVIER DA SILVA, PRÓXIMO A ESQUINA COM A RUA BARTOLOMEU BUENO;_x000D_
 2. RUA JOSÉ CEZARIO DA SILVA, PRÓXIMO A ESQUINA COM A RUA JOSÉ FERNANDES COSTA.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONCESSÃO DE REAJUSTE SALARIAL AS AGENTES COMUNITÁRIAS DE SAÚDE</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE CONTROLE DE HORAS EXTRAS REALIZADAS</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE ESTUDO PARA PAGAMENTO CORRETO DO ADICIONAL DE INSALUBRIDADE</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AUMENTO DO ÍNDICE DO REAJUSTE DOS SERVIDORES PÚBLICOS MUNICIPAIS PARA 6,47%</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE REFORMA E AMPLIAÇÃO DO VELÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE MEDIDAS EM CARÁTER DE URGÊNCIA JUNTO AO DER/SP PARA RECUPERAÇÃO DE ALGUMAS PASSAGENS DE ÁGUA COM TUBULAÇÃO DA ESTRADA SPA 571/294, QUE LIGA SALMOURÃO A OSVALDO CRUZ</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE RECAPEAMENTO ASFÁLTICO NAS RUAS DO JARDIM GUANABARA E NA RUA MOACIR DOS REIS E TRECHO DA RUA MINAS GERAIS</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE DOAÇÃO DE MUDAS DE CAFÉ PARA AGRICULTORES</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE REPASSE FINANCEIRO A ASSOCIAÇÃO DOS PRODUTORES RURAIS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AUMENTO NO VALOR DO TICKET ALIMENTAÇÃO DOS SERVIDORES DA PREFEITURA MUNICIPAL PARA R$ 200,00</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM FEITAS AS SEGUINTES MELHORIAS NAS RUAS ABAIXO CITADAS:_x000D_
 1 &amp;#8211; TAPAR BURACO EXISTENTE NA RUA VER. JOSÉ CEZARIO DA SILVA, PRÓXIMO A RESIDÊNCIA DA DONA ILDA;_x000D_
 2 &amp;#8211; CONSERTO E MELHORIA EM RUA NÃO PAVIMENTADA, LOCALIZADA AO LADO DO ALMOXARIFADO MUNICIPAL._x000D_
 3 &amp;#8211; CONSTRUÇÃO DE ROTATÓRIA NA CONFLUÊNCIA DAS RUAS MAX WIRTH, PEDRO RICARDO MARTINS E RAPOSO TAVARES.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE O PODER EXECUTIVO MUNICIPAL CONFECCIONE E ENCAMINHE A ESTÁ CÂMARA MUNICIPAL O PLANO MUNICIPAL DE GERENCIAMENTO DE RESÍDUOS SÓLIDOS._x000D_
 </t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE O PODER EXECUTIVO MUNICIPAL SOLICITE RECURSOS PARA A REFORMA E AMPLIAÇÃO DO CENTRO DE CONVIVÊNCIA DOS IDOSOS._x000D_
 </t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA LIMPEZA E MANUTENÇÃO NAS SEGUINTES PRAÇAS:_x000D_
 1. PRAÇA DO JARDIM TOQUEMBURGO;_x000D_
 2. PRAÇA E ÁREA VERDE DOS CONJUNTOS HABITACIONAIS PRIMAVERA E FIRMINO COLATO;_x000D_
 3. PRAÇA DA BÍBLIA NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA UMA LIMPEZA, INSTALAÇÃO DE QUADRA DE AREIA E BRINQUEDOS PARA AS CRIANÇAS NA PRAÇA DO CONJUNTO HABITACIONAL PRIMAVERA.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AS SEGUINTES MELHORIAS NA PRAÇA DO CONJUNTO HABITACIONAL PRIMAVERA:_x000D_
 1. SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NO QUIOSQUE;_x000D_
 2. INSTALAÇÃO DE TORNEIRA;_x000D_
 3. INSTALAÇÃO DE LÂMPADAS NA ENTRADA E NA SAÍDA DA REFERIDA PRAÇA.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Dedinho</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE BEBEDOURO NO ALMOXARIFADO MUNICIPAL, DO MESMO MODELO INSTALADO NO PROJETO ESPAÇO AMIGO._x000D_
 JUSTIFICATIVA</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE MELHORIA NA COLETA DE LIXO MUNICIPAL PARA QUE O MUNICÍPIO NÃO FIQUE SEM COLETA  DURANTE FERIADOS PROLONGADOS._x000D_
 </t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE A INSTALAÇÃO DE UMA CAIXA DE AREIA A SER UTILIZADA PELOS JOVENS QUE PRATICAM ATLETISMO._x000D_
 </t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA ALUGADA UMA CASA PARA A INSTALAÇÃO DO CONSELHO TUTELAR E QUE ASSIM ESTE FUNCIONE SEPARADO DA BIBLIOTECA MUNICIPAL</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA TAPADO UM BURACO EXISTENTE NA AV. SANTOS DUMONT, PRÓXIMO A BORRACHARIA DOIS IRMÃOS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM TAPADOS OS BURACOS EXISTENTES EM VÁRIAS RUAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA ANALISADA QUAL A SITUAÇÃO DO MUNICÍPIO FRENTE AO CIMPAG.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA CONSERTADO BURACO DE GRANDE PROPORÇÃO EXISTENTE NA RUA VITÓRIO ÂNGELO DEMORI, CONFLUÊNCIA COM A RUA ANTÔNIO XAVIER DA SILVA, NA ALTURA DA CASA DO SR. CLÁUDIO PACHECO (EM CONSTRUÇÃO).</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA UMA MANUTENÇÃO NO BOSQUE MUNICIPAL QUE SE ENCONTRA EM ESTADO DE ABANDONO</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UM RECAPEAMENTO DA RUA ROSA RAIMUNDA ELORZA</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE ESFORÇOS JUNTO AO GOVERNO ESTADUAL PARA QUE SEJA APLICADO O PROGRAMA MELHOR CAMINHO NA ESTRADA RURAL DO BAIRRO GUARANI, NO TRECHO COMPREENDIDO ENTRE A PROPRIEDADE DO SR. ROBERVAL FREGOLENTE E A PROPRIEDADE DA FAMÍLIA SOUZA.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A MELHORIA DO TRANSPORTE DE CRIANÇAS PARA APAE DE ADAMANTINA E A DESIGNAÇÃO DE MONITORA PARA ACOMPANHAR AS CRIANÇAS DURANTE O TRANSPORTE.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE A PLACA DE INAUGURAÇÃO DA PISTA DE SKATE SEJA AFIXADA DIRETAMENTE EM UMA DAS RAMPAS OU NO MURO DA REFERIDA PISTA._x000D_
 </t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA EFETUADA UMA LIMPEZA NA ENTRADA PRINCIPAL DA CIDADE, NOS BARRACOS E NAS ÁREAS COM A PRESENÇA DE MATO._x000D_
 </t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA EFETUADA MELHORIA NA SINALIZAÇÃO DE RUAS E BAIRROS DE SALMOURÃO ATRAVÉS DA INSTALAÇÃO DE PLACAS COM A DENOMINAÇÃO DE RUAS E BAIRROS OU COM A INSCRIÇÃO DOS NOMES DE RUAS NOS POSTES DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Antônio Villas, Dedinho, Diego Delmore, Eduardinho do Pedrão, Fernando Roçato, João Leme, Professor Leandro, Sônia Jacon Gabau, Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGEREM A ABERTURA DE SALA DE AULA PARA ALFABETIZAÇÃO DE JOVENS E ADULTOS (EJA).</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM TAPADOS BURACOS EXISTENTES NA RUA ANTÔNIO FERREIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA EFETUADA UMA MELHORIA NO BAIRRO IZABEL MARTINS VILLAS (REMANSO DAS ÁGUAS), ATRAVÉS DA LIMPEZA DE SUAS RUAS.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE O MUNICÍPIO SOLICITE JUNTO AO DER OU A OUTRO ÓRGÃO RESPONSÁVEL O SEGUINTE:_x000D_
 1. MELHORIA NA SINALIZAÇÃO DE SOLO QUE ANTECEDE A PONTE SOBRE O RIO AGUAPEÍ, INDICANDO QUE O LOCAL É PERIGOSO._x000D_
 2. CONSERTO E RECOLOCAÇÃO DAS GUARNIÇÕES DA PONTE SOBRE O RIO AGUAPEÍ.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A AQUISIÇÃO DE UM COMPUTADOR E UMA IMPRESSORA PARA A SALA DE PROFESSORES DA ESCOLA MUNICIPAL &amp;#8220;STELA BOER MAIOLI&amp;#8221;.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A INSTALAÇÃO DE LIXEIRAS NAS VIAS PÚBLICAS, EM ESPECIAL NA AV. SANTOS DUMONT, NA PRAÇA DA BANDEIRA, NO PARQUINHO PRÓXIMO AO CENTRO COMUNITÁRIO JOÃO VALDECIR SANTANA, NA PRAÇA DO JARDIM TOQUEMBURGO E NA PRAÇA DO CONJUNTO HABITACIONAL PRIMAVERA.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA ANALISADA A POSSIBILIDADE DE SER ORGANIZADO UM ALMOÇO PARA OS FEIRANTES DO MUNICÍPIO DE SALMOURÃO.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/672/672_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO ESTUDO PARA EMISSÃO DE LAUDOS RELACIONADOS ÀS FUNÇÕES DESEMPENHADAS POR ALGUNS SERVIDORES DA PREFEITURA MUNICIPAL DE SALMOURÃO, VISANDO À AVERIGUAÇÃO DO DIREITO AO RECEBIMENTO DA INSALUBRIDADE.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA ENCAMINHADO OFÍCIO AO DER/SP, PARA OBTER INFORMAÇÕES SOBRE O ESTADO QUE SE ENCONTRA O PROJETO VISANDO À IMPLANTAÇÃO DE DUAS ROTATÓRIAS NA ESTRADA SPA/571 QUE DÁ ACESSO A SP/294, NA ENTRADA DO BAIRRO GUARANI. SOLICITO QUE SEJA ENCAMINHADA CÓPIA DO OFÍCIO PROTOCOLADO JUNTO AO DER, VISANDO AGILIZAR ESTA IMPORTANTE OBRA. CASO SEJA NECESSÁRIO REUNIÃO COM O DIRETOR DO DER/SP DR. JOÃO, NOS PRONTIFICAMOS A FORMAR COMISSÃO DE VEREADORES PARA ESTA FINALIDADE</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FINALIZADO O MURO DE ARRIMO LOCALIZADO NO CONJUNTO HABITACIONAL FIRMINO COLATO, NA RUA RAPOSO TAVARES, PRÓXIMO AO FUNDO DA PRAÇA DO CONJUNTO HABITACIONAL PRIMAVERA</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM REALIZADAS OBRAS DE TAPA BURACOS OU RECAPEAMENTO NAS VIAS PÚBLICAS DO BAIRRO ESMERALDO MANOEL BEIJAMIM.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA REALIZADA UMA EXTENSÃO DA REDE DE ENERGIA ELÉTRICA NA RUA JOSÉ COLATO COM A AV. SANTOS DUMONT, PRÓXIMO AO ALMOXARIFADO MUNICIPAL.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA REALIZADA UMA LIMPEZA NOS BUEIROS DA ESQUINA DA RUA ANDRELAINE PRAVATO COM A AV. SANTOS DUMONT.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM CONSTRUÍDAS CALÇADAS EM PONTOS ESTRATÉGICOS DO MUNICÍPIO COMO NA AV. PRES. CASTELO BRANCO, PRÓXIMO A IGREJA ASSEMBLEIA DE DEUS..</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA MELHORADA A ARBORIZAÇÃO URBANA DE SALMOURÃO, COM O PLANTIO DE ÁRVORES NAS CALÇADAS DESPROVIDAS DE ESPECIES ARBÓREAS, COM O DEVIDO CUIDADO COM A REDE DE ENERGIA ELÉTRICA, BEM COMO, QUE O PLANTIO SEJA ACOMPANHADO DE AÇÕES DE PLANEJAMENTO E DE EDUCAÇÃO AMBIENTAL ENVOLVENDO AS ESCOLAS.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJA EFETUADA A RECUPERAÇÃO DO ANTIGO ATERRO SANITÁRIO E TRANSFORMAÇÃO DO MESMO EM ÁREA VERDE OU ÁREA DE LAZER._x000D_
 </t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM TAPADOS BURACOS NA RUA RAPOSO TAVARES, PRÓXIMO AO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM ADQUIRIDOS UNIFORMES COMPLETOS PARA OS SERVIDORES QUE TRABALHAM NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGEREQUE SOLICITE A EMPRESA RESPONSÁVEL PELA MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DO MUNICÍPIO, A REALIZAÇÃO DE UMA INSPEÇÃO EM TODAS AS RUAS DA CIDADE PARA CONSTATAÇÃO E CONSERTO DAS LÂMPADAS QUE NÃO ESTÃO ACENDENDO OU QUE ASCENDEM MAS DESLIGAM EM SEGUIDA.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERINDO QUE A PREFEITURA MUNICIPAL DISPONIBILIZE ACESSO GRÁTIS A INTERNET NA PRAÇA DA BANDEIRA, ATRAVÉS DE CONEXÃO WIFI.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE O CONSERTO DE BURACOS EXISTENTES NOS SEGUINTES LOCAIS:_x000D_
 1 &amp;#8211; RUA JOAQUIM VALÉRIO DE OLIVEIRA, PRÓXIMO A ESQUINA COM A AV. CASTELO BRANCO;_x000D_
 2 &amp;#8211; RUA JOSÉ SANTANA, PRÓXIMO A ESQUINA COM A RUA MAX WIRTH.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ESPORTES DE SALMOURÃO.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA CRIADO UM CRONOGRAMA PARA O USO SEMANAL DO GINÁSIO MUNICIPAL DE ESPORTES. ESTE CRONOGRAMA SEPARARIA OS DIAS DA SEMANA EM MODALIDADES ESPORTIVAS ESPECÍFICAS E DEIXARIA O USO DO GINÁSIO MAIS ORGANIZADO E JUSTO.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERINDO A ADOÇÃO DE MEDIDAS VISANDO À TROCA OU RECUPERAÇÃO DO FORRO DO TERMINAL RODOVIÁRIO DE SALMOURÃO (LOURIVAL DIAS NEVES).</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA ANALISADA A POSSIBILIDADE DE AGENDAR REUNIÃO COM PROPRIETÁRIOS OU REPRESENTANTES DAS EMPRESAS FUNERÁRIAS (TAMOIOS E FLOR DE LOTUS), QUE POSSIBILITE A REALIZAÇÃO DE PARCERIA COM A PREFEITURA MUNICIPAL DE SALMOURÃO PARA REFORMA E AMPLIAÇÃO DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A ADOÇÃO DE MEDIDAS PARA IMPLANTAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NA AV. PRESIDENTE CASTELO BRANCO, NO INÍCIO DA ESTRADA QUE LIGA SALMOURÃO AO BAIRRO CUPRI.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE PARCERIA COM A PREFEITURA MUNICIPAL DE OSVALDO CRUZ, PARA QUE OS PACIENTES DE SALMOURÃO PUDESSEM UTILIZAR A CASA DE APOIO DE JAÚ. CASO SEJA AGENDADA REUNIÃO COM PREFEITO DE OSVALDO CRUZ, PEÇO QUE COMUNIQUE A CÂMARA MUNICIPAL PARA QUE OS VEREADORES POSSAM PARTICIPAR.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE QUE SEJAM COLOCADOS MARCOS DE IDENTIFICAÇÃO NAS ENTRADAS DAS PROPRIEDADES RURAIS DO MUNICÍPIO DE SALMOURÃO COM A RESPECTIVA NUMERAÇÃO, ASSIM COMO FOI FEITO NO MUNICÍPIO VIZINHO DE OSVALDO CRUZ._x000D_
 </t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA EFETUADA UMA OPERAÇÃO TAPA BURACOS DAS RUAS DA CIDADE DE SALMOURÃO, POIS MUITOS MORADORES ESTÃO RECLAMANDO PELAS PÉSSIMAS CONDIÇÕES DAS MESMAS, QUE APRESENTAM GRANDE QUANTIDADE DE BURACOS.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE MEDIDAS EM CARÁTER DE URGÊNCIA VISANDO À GERAÇÃO E EMPREGO E RENDA PARA POPULAÇÃO DE SALMOURÃO, PRINCIPALMENTE AÇÕES CONCRETAS COMO REUNIÕES COM EMPRESÁRIOS, QUE TENHAM INTERESSE EM MONTAR SUAS EMPRESAS EM SALMOURÃO, JÁ QUE ESTE É O CARRO CHEFE DE TODA ADMINISTRAÇÃO, GERAR EMPREGO E RENDA PARA ATENDIMENTO DA COMUNIDADE, PRINCIPALMENTE JOVENS E MULHERES, QUE NÃO CONSEGUEM VAGAS NO SETOR AGRÍCOLA.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE MEDIDAS PARA A CONTRATAÇÃO DE UM MÉDICO PEDIATRA.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A ADOÇÃO DE MEDIDAS VISANDO A TROCA OU RECUPERAÇÃO DO FORRO DO TERMINAL RODOVIÁRIO DE SALMOURÃO (LOURIVAL DIAS NEVES).</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA INFORMAÇÕES SE FOI AGENDADA REUNIÃO COM PROPRIETÁRIOS OU REPRESENTANTES DAS EMPRESAS FUNERÁRIAS (TAMOIOS E FLOR DE LOTUS), QUE POSSIBILITE A REALIZAÇÃO DE PARCERIA COM A PREFEITURA MUNICIPAL DE SALMOURÃO PARA REFORMA E AMPLIAÇÃO DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SE FOI AGENDADA REUNIÃO COM O PREFEITO MUNICIPAL DE OSVALDO CRUZ PARA REALIZAÇÃO DE PARCERIA PARA ATENDIMENTO DE PACIENTES DE SALMOURÃO NA CASA DE APOIO AO CIDADÃO DE JAÚ, JÁ QUE INÚMERAS PESSOAS DO MUNICÍPIO SÃO ATENDIDAS NO HOSPITAL AMARAL CARVALHO.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A REFORMA DO PISO DA QUADRA ESPORTIVA DA E.M.E.F.I. &amp;#8220;STELA BOER MAIOLI&amp;#8221;.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE A REATIVAÇÃO DO CURSO DE PINTURA À MÃO LIVRE, DESENVOLVIDO PELO CRAS &amp;#8211; CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.odt</t>
   </si>
   <si>
     <t>SUGERE:_x000D_
 _x000D_
 1 &amp;#8211; PROVIDÊNCIAS PARA A INSTALAÇÃO DE UMA HORTA NA CASA DA ESPERANÇA EMIL WIRTH.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>SUGERE:_x000D_
 _x000D_
 1 &amp;#8211; PROVIDÊNCIAS PARA A CRIAÇÃO DO CONSELHO OU COMISSÃO MUNICIPAL DE ESPORTES.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE: _x000D_
 _x000D_
 _x000D_
 _x000D_
 1 &amp;#8211; PROVIDÊNCIAS PARA A CRIAÇÃO DE UMA PISTA DE CAMINHADA NO BOSQUE MUNICIPAL.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE:_x000D_
 1 &amp;#8211; PROVIDÊNCIAS PARA A INSTALAÇÃO DE REDE OU ALAMBRADO SOBRE O MURO QUE SEPARA O ESTÁDIO MUNICIPAL DE FUTEBOL E A ESCOLA ESTADUAL HANS WIRTH. SUGIRO TAMBÉM QUE SEJA FEITO ATERRO ATRÁS DO GOL, AO LADO DO MURO QUE SEPARA O ESTÁDIO MUNICIPAL DA ESCOLA ESTADUAL HANS WIRTH.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE:_x000D_
 1 &amp;#8211; PROVIDÊNCIAS PARA A DOAÇÃO À CASA DA ESPERANÇA EMIL WIRTH DE UM CARRINHO DE COMÉRCIO AMBULANTE QUE ESTÁ PARADO NO ALMOXARIFADO MUNICIPAL.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE:_x000D_
 1 &amp;#8211; PROVIDÊNCIAS PARA TRANSFORMAR OS PORTÕES QUE DÃO ACESSO AO TERRENO DO CENTRO COMUNITÁRIO_x000D_
 ONDE ENCONTRA-SE INSTALADO O PROJETO ESPAÇO AMIGO, EM PORTÕES DE CORRER.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE MEDIDAS PARA A RETIRADA DE ESGOTO A CÉU ABERTO EXISTENTE NA RUA SÃO PAULO, NO FUNDO DO CAMPO PERTENCENTE AO GRUPO GÁVEA.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE MEDIDAS PARA A LIMPEZA E MANUTENÇÃO DA PRAÇA DO BAIRRO GUARANI, BEM COMO, SEJAM TAPADOS BURACOS EXISTENTES NAS RUAS DO REFERIDO BAIRRO.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>INDICAÇÃO EM TERMOS REGIMENTAIS, QUE SEJA OFICIADO AO PREFEITO MUNICIPAL DE SALMOURÃO, SUGERINDO A IMPLANTAÇÃO DO PROGRAMA CIDADE LEGAL NO MUNICÍPIO DE SALMOURÃO.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>SUGERE A DESIGNAÇÃO DE UM SERVIDOR PARA FISCALIZAR A ATIVIDADE DE COMERCIO AMBULANTE EM SALMOURÃO, INCLUSIVE EM FINAIS DE SEMANA.</t>
   </si>
   <si>
     <t>753</t>
   </si>
@@ -1680,1176 +1680,1176 @@
   <si>
     <t>146</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA COLOCADO CASCALHO NOS BURACOS EXISTENTES NA TRAVESSA F.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>SUGERE QUE NOTIFIQUE OS RESPONSÁVEIS PELOS TERRENOS DO RESIDENCIAL VILLAS PARA QUE EFETUEM A LIMPEZA DOS TERRENOS OU QUE A PREFEITURA EFETUE A LIMPEZA E COBRE O SERVIÇO DOS PROPRIETÁRIOS</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPUDIO A POSSÍVEIS ALTERAÇÕES NA PREVIDÊNCIA SOCIAL RURAL ATRAVÉS DA PEC Nº 287/2016</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>APOIA A APROVAÇÃO DO PROJETO DE LEI COMPLEMENTAR N 43, DE 2016, DO DEPUTADO ESTADUAL ED THOMAS</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. JACOB ANTONIO DO NASCIMENTO</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO A INDICAÇÃO Nº 1811 DO DEPUTADO ESTADUAL FERNANDO CAPEZ</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO A REATIVAÇÃO DO RAMAL FERROVIÁRIO BAURU-PANORAMA</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>Parecer de Inscont. Comissão CJR</t>
   </si>
   <si>
     <t>Comissão de Constituição Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARECER DESFAVORÁVEL DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO - PARECER Nº 29/2017, REFERENTE PROJETO DE LEI Nº 36, DE 2017 </t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t xml:space="preserve">PARECER DESFAVORÁVEL AO PROJETO DE LEI Nº 10, DE 2017. </t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA - MODIFICA O VALOR DO TICKET ALIMENTAÇÃO PREVISTO NO PROJETO DE LEI N. 5, DE 2017 PARA R$ 250,00</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA - ADICIONA ARTIGOS AO PROJETO DE LEI N. 5, DE 2017 PARA ALTERAR A LEI MUNICIPAL N. 848, DE 2006.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>Comissão de Planejamento, Uso, Ocupação e etc.., Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O PROJETO DE LEI N. 4, DE 2017, PARA AUMENTAR O VALOR DO REPASSE PARA A CASA DA ESPERANÇA EMIL WIRTH PARA 18.000,00</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA APRESENTADA AO PROJETO DE LEI Nº 8, DE 2017, QUE MODIFICA O PARAGRAFO ÚNICO DO ART. 1º DO REFERIDO PROJETO</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau, Antônio Villas, Eduardinho do Pedrão, Fernando Roçato, Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA APRESENTADA AO PROJETO DE LEI Nº 9, DE 2017 E QUE AUMENTA O ÍNDICE DE REAJUSTE DE 4,76% PARA 6,47%</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DO PROJETO DE LEI Nº 6, DE 2017</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO INCISO III, ART 3º E INCISO III, ART. 6º DO PROJETO DE LEI Nº 6, DE 2017.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADICIONA LETRA C AO INCISO III DO ART. 6º DO PROJETO DE LEI Nº 6, DE 2017</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>ALTERA O ART. 3 DO PROJETO DE LEI N. 9, DE 2017</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADICIONA PARAGRAFO ÚNICO AO ART. 2º DO PROJETO DE LEI Nº 10, DE 2017</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADICIONA O ART. 6º AO PROJETO DE LEI Nº 10, DE 2017</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>COFC - Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DO PROJETO DE LEI Nº 13, DE 2017</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O PROJETO DE LEI Nº 13, DE 2017, QUE TRATA DA LDO PARA O EXERCÍCIO DE 2018</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRIME PARÁGRAFO ÚNICO DO ART. 19 DO PROJETO DE LEI Nº 13, DE 2017, QUE TRATA DA LDO PARA O EXERCÍCIO DE 2018</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>Comissão de Planejamento, Uso, Ocupação e etc..</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRIME O ITEM I DO ART. 1º DO PROJETO DE LEI Nº 21, DE 2017, QUE TRATA DE ALIENAÇÃO DE BENS MÓVEIS MUNICIPAIS</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O PARÁGRAFO ÚNICO DO ART. 7O DO PROJETO DE RESOLUÇÃO 1, DE 2017, DOS VEREADORES WESLEY BARBOSA E JOÃO LEME DOS SANTOS, QUE INSTITUI A  TRIBUNA DO CIDADÃO.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRIME O ART. 11, DO PROJETO DE RESOLUÇÃO 1, DE 2017, DOS VEREADORES WESLEY BARBOSA E JOÃO LEME DOS SANTOS, QUE INSTITUI A TRIBUNA DO CIDADÃO.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRIME O PARÁGRAFO ÚNICO DO ART. 6O , DO PROJETO DE RESOLUÇÃO 1, DE 2017, DOS VEREADORES WESLEY BARBOSA E JOÃO LEME DOS SANTOS, QUE INSTITUI A TRIBUNA DO CIDADÃO.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ART. 2O DO PROJETO DE RESOLUÇÃO 1, DE 2017, DOS VEREADORES WESLEY BARBOSA E JOÃO LEME DOS SANTOS, QUE INSTITUI A TRIBUNA DO CIDADÃO.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADICIONA PARÁGRAFO ÚNICO AO ART. 16 DO PROJETO DE RESOLUÇÃO 1, DE 2017, DOS VEREADORES WESLEY BARBOSA E JOÃO LEME DOS SANTOS, QUE INSTITUI A TRIBUNA DO CIDADÃO</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADICIONA OS §§ 2º E 3º AO ART. 17 DO PROJETO DE LEI Nº 34/2017.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE ATRIBUIÇÃO DOS CARGOS DE LANÇADOR E LANÇADOR I</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE SALMOURÃO. CRIA CARGO EFETIVO DE PROCURADOR JURÍDICO.  ALTERA A LEI COMPLEMENTAR Nº 15, DE 2013</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 55, 57 E 70 DA LEI COMPLEMENTAR Nº 04 DE 29/12/2003 (CÓDIGO TRIBUTÁRIO MUNICIPAL), BEM COMO SEU ANEXO I E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONVÊNIO COM O SESI PARA IMPLANTAÇÃO DO SISTEMA SESI-SP DE ENSINO.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE COMO PISO SALARIAL DO MUNICÍPIO O NOVO SALÁRIO MÍNIMO NACIONAL PARA O ANO DE 2017</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O PISO SALARIAL DO MAGISTÉRIO MUNICIPAL NOS TERMOS DO PISO NACIONAL DO MAGISTÉRIO PARA O ANO DE 2017</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÃO ÀS ENTIDADES QUE ESPECIFICA E ESTABELECE OUTRAS PROVIDÊNCIAS (SANTA CASA DE MISERICÓRDIA DE OSVALDO CRUZ, CASA DA ESPERANÇA EMIL WIRTH E APAE DE ADAMANTINA)</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>Antônio Villas, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUMENTA O VALOR DO TICKET ALIMENTAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE SALMOURÃO (VALE ALIMENTAÇÃO)</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA AGRICULTURA FAMILIAR NA MERENDA ESCOLAR</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS SALÁRIOS DOS SERVIDORES PÚBLICOS DA PREFEITURA DE SALMOURÃO</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA TRANSPORTE DE TRABALHADORES DE SALMOURÃO EM VEÍCULOS PRÓPRIOS DA PREFEITURA</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIA DE FOLGA AO SERVIDOR MUNICIPAL EM SEU ANIVERSÁRIO</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PARCELAMENTO DE DÍVIDA COM A SABESP, NO VALOR DE R$ 74.119,05 EM 99 PARCELAS</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRATA DO PLANO PLURIANUAL DE INVESTIMENTOS - PPA, PARA O QUADRIENIO 2018 A 2021</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRATA DA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO, PARA O EXERCÍCIO FINANCEIRO DE 2018</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DO PODER EXECUTIVO A FIRMAR CONVÊNIO COM A SECRETARIA DE ESTADO DA HABITAÇÃO - COMPANHIA DE DESENVOLVIMENTO HABITACIONAL E URBANO DO ESTADO DE SÃO PAULO - CDHU PARA CONSTRUÇÃO DE CASAS POPULARES</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE IMÓVEL URBANO PARA A COMPANHIA DE DESENVOLVIMENTO HABITACIONAL E URBANO DO ESTADO DE SÃO PAULO - CDHU PARA CONSTRUÇÃO DE CASAS POPULARES</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRATA DO PLANO DE GESTÃO INTEGRADA DE RESÍDUOS SÓLIDOS DE SALMOURÃO</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRATA DO PAGAMENTO DE DÉBITOS FISCAIS PROVENIENTES DE TRIBUTOS E MULTAS DE QUALQUER NATUREZA INSCRITOS NA DIVIDA ATIVA</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI, COMO HINO OFICIAL DE SALMOURÃO, A COMPOSIÇÃO DE ALMIR COELHO DA SILVA</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE TURISMO DE SALMOURÃO</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SALMOURÃO, ESTADO DE SÃO PAULO A CONTRATAR COM A DESENVOLVE SP - AGÊNCIA DE FOMENTO DO ESTADO DE SÃO PAULO, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ALIENAR BENS MÓVEIS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1081 QUE AUTORIZA PARCELAMENTO DE DÉBITO COM A SABESP</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N 1.081, QUE TRATA DE AUTORIZAÇÃO PARA PARCELAMENTO DE DÍVIDA COM A SABESP</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AOS INCISOS I E II DO ART. 1º DA LEI MUNICIPAL Nº 1083, DE 2017</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO MUNICIPAL DE 2017, POR EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 244.846,31, PARA OBRA DA CRECHE ESCOLA</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRÁTICA DO ATLETISMO NA REDE MUNICIPAL PÚBLICA DE ENSINO</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR PARA O EXERCÍCIO DE 2017</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TICKET ALIMENTAÇÃO AOS SERVIDORES E FUNCIONÁRIOS PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARGOS, CARREIRA E VENCIMENTO DA CÂMARA MUNICIPAL DE SALMOURÃO EM SUBSTITUIÇÃO DA LEI COMPLEMENTAR Nº 15, DE 2013</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2018 - ORÇAMENTO 2018.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO BAIRRO RESIDENCIAL VILLAS.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO AOS DOADORES DE SANGUE, MÉDULA, ÓRGÃOS E TECIDOS DE TAXA DE INSCRIÇÃO EM CONCURSOS PÚBLICOS E PROCESSOS SELETIVOS MUNICIPAIS</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DO IDOSO E DO FUNDO MUNICIPAL DE DIREITOS DO IDOSO</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CELEBRAR CONVÊNIO COM A FUNDAÇÃO PARA O DESENVOLVIMENTO DA EDUCAÇÃO - FDE, OBJETIVANDO A GESTÃO DE ATAS DE REGISTRO DE PREÇOS</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MÉDICO NA CRECHE</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER AUXÍLIOS FINANCEIROS AOS MÉDICOS PARTICIPANTES DO PROGRAMA MAIS MÉDICOS PARA AO BRASIL E PROCEDER À ABERTURA DE CRÉDITO ADICIONAL ESPECIAL ADEQUADO A LDO, LOA E PPA DO EXERCÍCIO VIGENTE.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR PARA O EXERCÍCIO DE 2017, NO VALOR DE R$ 20.000,00</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 3º DA LEI MUNICIPAL Nº 1.095, DE 27 DE OUTUBRO DE 2.17, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DO IDOSO, DO FUNDO MUNICIPAL DE DIREITOS DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR PARA O EXERCÍCIO DE 2017&amp;#8221;.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O ACESSO A INFORMAÇÃO NA PREFEITURA MUNICIPAL DE SALMOURÃO - LEI DE ACESSO A INFORMAÇÃO</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ART. 1º DA LEI MUNICIPAL Nº 512, DE 29 DE JANEIRO DE 1985, QUE AUTORIZA A PREFEITURA MUNICIPAL A DOAR A TÍTULO GRATUITO, LOTE DE TERRENO URBANO DO SEU PATRIMÔNIO DISPONÍVEL AO PATRIMÔNIO DO ESTADO, ATRAVÉS DE SUA SECRETARIA DE AGRICULTURA E ABASTECIMENTO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR PARA O EXERCÍCIO DE 2017, NO VALOR DE R$ 25.000,00</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Wesley Barbosa, João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TRIBUNA DO CIDADÃO NO ÂMBITO DA CÂMARA MUNICIPAL DE SALMOURÃO</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A OUVIDORIA DA CÂMARA MUNICIPAL DE SALMOURÃO</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REUNIÃO ENTRE PREFEITO E VEREADORES PARA TRATAR DO FECHAMENTO DA EMPRESA CAPEZIO EM SALMOURÃO E DO TRANSPORTE DE TRABALHADORES PARA OSVALDO CRUZ</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE LICITAÇÕES REALIZADAS EM JANEIRO DE 2017</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER RELAÇÃO DE FÉRIAS E LICENÇAS PRÊMIO VENCIDAS DE SERVIDORES APOSENTADOS. RELAÇÃO DE SERVIDORES EM FÉRIAS E ESCADA DE FÉRIAS </t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELAÇÃO DE SERVIDORES MUNICIPAIS COM RESPECTIVOS PERÍODOS DE FÉRIAS E LICENÇAS PRÊMIO VENCIDAS E NÃO GOZADAS</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE RESTOS A PAGAR</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE OBRAS PARADAS E LOTEAMENTOS A PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE TRABALHO VOLUNTÁRIO DA ADMINISTRAÇÃO MUNICIPAL</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE RECIBOS DE PAGAMENTO DE VENDA DE BENS PATRIMONIAIS DA PREFEITURA MUNICIPAL DOS ANOS DE 2015 E 2016</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>SOLICITA RELATÓRIO DE CONTAS MUNICIPAIS DO PERÍODO DE 2009 A 2014, COM AS RESPECTIVAS DEFESAS</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE CONVÊNIO DE ALARGAMENTO DA PONTE BRANCO, JUNTO AO DER/SP</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DOCUMENTOS E INFORMAÇÃO À PREFEITURA MUNICIPAL DE SALMOURÃO, REFERENTE RECEBIMENTO DE TAXA PARA O TRANSPORTE DE TRABALHADORES DURANTE O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE LICITAÇÃO PARA AQUISIÇÃO DE MEDICAMENTOS</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão, Antônio Villas, João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 14, DE 2017</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>Antônio Villas, Eduardinho do Pedrão, João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 15, DE 2017</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO DA PREFEITURA MUNICIPAL DE SALMOURÃO SOBRE SOLICITAÇÃO AO DER</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO À PREFEITURA MUNICIPAL REFERENTE A PRESTAÇÃO DE CONTAS</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO À PREFEITURA MUNICIPAL REFERENTE NOTAS FISCAIS DE COMBUSTÍVEL</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO À PREFEITURA MUNICIPAL REFERENTE A DOCUMENTAÇÃO DE DOAÇÃO E AVERBAÇÃO DE LOTES DO CONJUNTO HABITACIONAL SALMOURÃO "B" - PRIMAVERA.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE O VALOR GASTO COM AQUISIÇÃO DE MEDICAMENTOS E RELAÇÃO DOS FORNECEDORES DE MEDICAMENTOS</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE IMPACTO ORÇAMENTARIO DE PROJETO DE LEI 20, DE 2017</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE O PAGAMENTO DE DIÁRIAS E HORAS EXTRAS PELA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE FÉRIAS E LICENÇAS PRÊMIO VENCIDAS</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>João Leme, Dedinho, Eduardinho do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA URGÊNCIA ESPECIAL PARA O PROJETO DE LEI N. 22, DE 2017</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>Dedinho, Diego Delmore, João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGENCIA ESPECIAL PARA O PROJETO DE LEI N. 20, DE 2017</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>João Leme, Eduardinho do Pedrão, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 26, DE 2017, QUE TRATA DE ABERTURA DE CRÉDITO SUPLEMENTAR</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>Dedinho, Sônia Jacon Gabau, Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI 28/2017</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE O PROGRAMA FAMÍLIA ACOLHEDORA</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>Dedinho, Diego Delmore, Eduardinho do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA URGÊNCIA ESPECIAL PARA O PROJETO DE LEI COMPLEMENTAR Nº 03, DE 2017.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO DA PREFEITURA MUNICIPAL DE SALMOURÃO</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO DA SECRETARIA MUNICIPAL DE SAÚDE</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE OBRAS PARADAS NO MUNICÍPIO (CRECHE ESCOLA E UBS DO JARDIM TOQUEMBURGO)</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>Antônio Villas, Fernando Roçato, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE SERVIDORES EM LICENÇA PRÊMIO</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>Diego Delmore, João Leme, Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 38, DE 2017</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>Diego Delmore, Dedinho, João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 41, DE 2017</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 42, DE 2017</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A PREFEITURA MUNICIPAL DE SALMOURÃO.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 44, DE 2017, QUE ALTERA A LEI MUNICIPAL Nº 512, DE 29/01/1985</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 45, DE 2017, QUE TRATA DE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto Total ou Parcial</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO AUTOGRAFO 14, DE 2017 (PROJETO DE LEI 10, DE 2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3156,68 +3156,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.odt" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.odt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.odt" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.odt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H258"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>