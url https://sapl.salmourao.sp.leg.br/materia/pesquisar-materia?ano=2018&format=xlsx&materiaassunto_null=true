--- v0 (2025-10-18)
+++ v1 (2026-03-16)
@@ -54,1810 +54,1810 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Antônio Villas</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/858/indicacao_1.18_limpeza_residencial_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/858/indicacao_1.18_limpeza_residencial_villas.pdf</t>
   </si>
   <si>
     <t>Sugere limpeza do Residencial Villas</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/859/indicacao_2.18_conserto_ponte_branca_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/859/indicacao_2.18_conserto_ponte_branca_villas.pdf</t>
   </si>
   <si>
     <t>Sugere conserto da ponte sobre o córrego Barreiro (Ponte Branca)</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/860/indicacao_3.18_contratacao_de_pediatra_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/860/indicacao_3.18_contratacao_de_pediatra_villas.pdf</t>
   </si>
   <si>
     <t>Sugere contratação de Pediatra</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/861/indicacao_4.18_tapar_buracos_nas_ruas_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/861/indicacao_4.18_tapar_buracos_nas_ruas_villas.pdf</t>
   </si>
   <si>
     <t>Sugere conserto de buracos nas ruas</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Dedinho</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/862/indicacao_5.18_bebedouro_almoxarifado_municipal_nivaldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/862/indicacao_5.18_bebedouro_almoxarifado_municipal_nivaldo.pdf</t>
   </si>
   <si>
     <t>Sugere instalação de bebedouro no Almoxarifado Municipal</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/863/indicacao_6.18_conserto_em_ruas_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/863/indicacao_6.18_conserto_em_ruas_eduardo.pdf</t>
   </si>
   <si>
     <t>Sugere conserto de buracos em ruas da cidade</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/864/indicacao_7.18_concessao_de_cesta_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/864/indicacao_7.18_concessao_de_cesta_sonia.pdf</t>
   </si>
   <si>
     <t>Segere a concessão de cesta básica aos servidores municipais</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/865/indicacao_8.18_ampliacao_velorio_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/865/indicacao_8.18_ampliacao_velorio_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a ampliação do Velório Municipal</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/866/indicacao_9.18_geracao_emprego_e_renda_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/866/indicacao_9.18_geracao_emprego_e_renda_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere ações para geração de emprego e renda</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/867/indicacao_10.18_ventilador_cozinha_emefi_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/867/indicacao_10.18_ventilador_cozinha_emefi_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de ventilador na cozinha da EMEFI Stela Boer Maioli de Salmourão/SP.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/868/indicacao_11.18_limpeza_escola_bairro_guarani_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/868/indicacao_11.18_limpeza_escola_bairro_guarani_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de limpeza no prédio da antiga escola do Bairro Guarni</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/869/indicacao_12.18_conserto_ponte_bairro_guarani_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/869/indicacao_12.18_conserto_ponte_bairro_guarani_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere que seja feita uma manutenção preventiva na ponte do Bairro Guarani para evitar que ocorra o mesmo que aconteceu com a ponte branca</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/870/indicacao_13.18_relogio_de_ponto_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/870/indicacao_13.18_relogio_de_ponto_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere que seja instalado registro eletrônico de ponto nas repartições ligadas a Prefeitura Municipal.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/871/indicacao_14.18_limpeza_climatizador_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/871/indicacao_14.18_limpeza_climatizador_leandro.pdf</t>
   </si>
   <si>
     <t>sugere que seja realizada limpeza dos climatizadores da EMEFI “Stela Boer Maioli”.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/872/indicacao_15.18_tapar_buracos_bairro_guarani_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/872/indicacao_15.18_tapar_buracos_bairro_guarani_leandro.pdf</t>
   </si>
   <si>
     <t>sugere que sejam tapados buracos existentes nas ruas do Bairro Guarani</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Diego Delmore</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/873/indicacao_16.18_colocar_em_pratica_lei_de_estagio_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/873/indicacao_16.18_colocar_em_pratica_lei_de_estagio_diego.pdf</t>
   </si>
   <si>
     <t>Sugere providênciaa para a colocação em prática da lei municipal sobre o Estágio Remunerado</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/874/indicacao_17.18_pintura_quadra_escola_stela_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/874/indicacao_17.18_pintura_quadra_escola_stela_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada uma pintura e uma limpeza na quadra da EMEFI “Stela Boer Maioli”.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/875/indicacao_18.18_caixa_de_areia_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/875/indicacao_18.18_caixa_de_areia_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que seja construída uma caixa de areia e uma base para arremesse de peso para treinamento dos jovens que praticam atletismo no município</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/876/indicacao_19.18_refletor_bosque_municipal_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/876/indicacao_19.18_refletor_bosque_municipal_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que seja instalado um refletor de luz no Bosque Municipal.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Sugere que seja realizada uma reforma do salão do C.C.I., como conserto de ventiladores, substituição do piso, pintura e, se possível, instalação de forro.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/878/indicacao_21.18_veiculo_para_educacao_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/878/indicacao_21.18_veiculo_para_educacao_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a disponibilização de veículo exclusivo para uso da educação municipal</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/879/indicacao_22.18_iluminacao_bosque_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/879/indicacao_22.18_iluminacao_bosque_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja instalada iluminação pública no Bosque Municipal.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/880/indicacao_23.18_enfermeiro_centro_de_saude_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/880/indicacao_23.18_enfermeiro_centro_de_saude_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja escalado um enfermeiro(a) para acompanhar os casos de emergência de pacientes que são levados a hospitais da região, ocorridos após as 19 horas.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/881/indicacao_24.18_reajuste_servidores_prefeitura_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/881/indicacao_24.18_reajuste_servidores_prefeitura_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que a prefeitura encaminhe projeto de lei para concessão de reajuste aos servidores municipais em índice mínimo de 6,8%.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/882/indicacao_25.18_programa_familia_acolhedora_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/882/indicacao_25.18_programa_familia_acolhedora_leandro.pdf</t>
   </si>
   <si>
     <t>sugere que a prefeitura encaminhe a esta Câmara projeto de lei versando sobre o programa família acolhedora.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/883/indicacao_26.18__projeto_de_lei_limite_urbano_po_TtY5Pku.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/883/indicacao_26.18__projeto_de_lei_limite_urbano_po_TtY5Pku.pdf</t>
   </si>
   <si>
     <t>Sugerindo que a prefeitura encaminhe a esta Câmara projeto de lei transformando parte da vicinal Salmourão-Osvaldo Cruz em perímetro urbano, viabilizando o término de empreendimento comercial e visando a geração de emprego e renda.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/884/indicacao_27.18__fisioterapia_e_nutricionista_ca_JnjljLT.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/884/indicacao_27.18__fisioterapia_e_nutricionista_ca_JnjljLT.pdf</t>
   </si>
   <si>
     <t>Sugere que a prefeitura viabilize à Casa da Esperança Emil Wirth atendimento nutricional e de fisioterapia aos idosos atendidos por aquela instituição.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/885/indicacao_28.18__dedetizacao_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/885/indicacao_28.18__dedetizacao_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada dedetização a escola municipal, na creche municipal e no projeto espaço amigo.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/886/indicacao_29.18__engraxadeira_almoxarifado_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/886/indicacao_29.18__engraxadeira_almoxarifado_fernando.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja consertada a engraxadeira do Almoxarifado Municipal</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/887/indicacao_30.18_pneus_onibus_de_transporte_de_al_ECKVnRW.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/887/indicacao_30.18_pneus_onibus_de_transporte_de_al_ECKVnRW.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam substituídos os pneus dos ônibus que transportam alunos e trabalhadores.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/888/indicacao_31.18_transporte_alunos_tupa_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/888/indicacao_31.18_transporte_alunos_tupa_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere que seja disponibilizado transporte para os alunos de nossa cidade que frequentam faculdade na cidade de Tupã, bem como, seja realizada reunião com o prefeito de Osvaldo Cruz para encontrar uma saída que evite que nossos alunos sofram com denúncias por viajarem em veículos daquele município.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/889/indicacao_32.18_veiculo_veterinario_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/889/indicacao_32.18_veiculo_veterinario_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere que seja disponibilizado um veículo para uso por parte da veterinária do município.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/890/indicacao_33.18_reajuste_salarial_servidores_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/890/indicacao_33.18_reajuste_salarial_servidores_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere que a prefeitura encaminhe projeto de lei para concessão de reajuste aos servidores municipais em índice mínimo de 6,8%, extensível aos agentes comunitário de saúde e conselheiros tutelares</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/891/indicacao_34.18_envio_de_documentacao_posto_de_g_2NAtFIl.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/891/indicacao_34.18_envio_de_documentacao_posto_de_g_2NAtFIl.pdf</t>
   </si>
   <si>
     <t>Sugere que a prefeitura encaminhe, conforme já acordado, o projeto de lei para municipalização de parte da vicinal Salmourão-Osvaldo Cruz, possibilitando término de empreendimento que está sendo construído na entrada da cidade, com vista a geração de emprego e renda.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/892/indicacao_35.18_plano_de_carreira_servidores_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/892/indicacao_35.18_plano_de_carreira_servidores_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere que seja encontrada uma saída em reunião com vereadores, Prefeito e Servidores Municipais para que seja elaborada Lei Municipal Criando um Plano de Carreira dos servidores da Prefeitura Municipal de Salmourão, e que esse assunto seja tratado de forma urgente e séria por parte do Executivo Municipal.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/893/indicacao_36.18_geracao_de_emprego_e_renda_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/893/indicacao_36.18_geracao_de_emprego_e_renda_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere que o Sr. Prefeito cumpra o estabelecido em sua plataforma de governo e principal ponto de sua vitória política, que foi o compromisso com a comunidade, principalmente com os jovens, de gerar emprego e renda. É necessário que a administração realmente faça um trabalho árduo e constante para que nossos jovens e mulheres não fiquem só na expectativa de ter sua vaga de trabalho garantida em nosso Município como foi amplamente debatido junto a comunidade.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/894/indicacao_37.18_reativacao_equipe_de_futebol_de__W2yxe0d.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/894/indicacao_37.18_reativacao_equipe_de_futebol_de__W2yxe0d.pdf</t>
   </si>
   <si>
     <t>Solicita informações se vão ser adotadas as medidas para reativar a equipe de futebol do Salmourão Esporte Clube, pois a maioria dos Municípios possuem suas equipes de futebol para jogar partidas amistosas ou disputar torneios e isso não está ocorrendo em Salmourão</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/895/indicacao_38.18_banda_marcial_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/895/indicacao_38.18_banda_marcial_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere medidas para a criação da Banda Marcial de Salmourão, que foi debatida e garantida pela atual administração e com prazo certo para implantação._x000D_
 JUSTIFICATIVA</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/896/indicacao_39.18_rampa_acessibilidade_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/896/indicacao_39.18_rampa_acessibilidade_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que seja construída uma rampa de acesso para cadeirantes na Av. Santos Dumont, defronte a lotérica.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/897/indicacao_40.18_nomes_residencial_villas_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/897/indicacao_40.18_nomes_residencial_villas_villas.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam instaladas placas ou inscrições com a denominação das ruas do Residencial Villas, conforme aprovado em lei municipal.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/898/indicacao_41.18_quebra_molas_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/898/indicacao_41.18_quebra_molas_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam instalados redutores de velocidade na Rua Bartolomeu Bueno, um antes e outro depois da Unidade Básica de Saúde de Salmourão (Centro de Saúde).</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/899/indicacao_42.18_medico_pediatra_e_clinico_geral_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/899/indicacao_42.18_medico_pediatra_e_clinico_geral_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a contratação de um médico pediatra e de um médico clínico geral, este para atendimento no período da tarde.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/900/indicacao_43.18_atendimento_odontologico_noturno_EOvyQ1f.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/900/indicacao_43.18_atendimento_odontologico_noturno_EOvyQ1f.pdf</t>
   </si>
   <si>
     <t>Sugere que seja disponibilizado atendimento odontológico no período noturno</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Sugere que seja disponibilizado uniforme escolar para os alunos da EMEFI “Stela Boer Maioli”.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/902/indicacao_45.18_uniformes_frio_escola_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/902/indicacao_45.18_uniformes_frio_escola_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja disponibilizado uniforme de frio (agasalho) aos alunos que ingressaram no ano de 2018, na EMEFI “Stela Boer Maioli”.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/903/indicacao_46.18_retirada_da_carne_suina_da_meren_uq4Y8ru.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/903/indicacao_46.18_retirada_da_carne_suina_da_meren_uq4Y8ru.pdf</t>
   </si>
   <si>
     <t>Sugere que seja retirada a carne suína da merenda escolar da EMEFI “Stela Boer Maioli”</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/904/indicacao_47.18_nao_cobranca_de_taxas_das_entida_LNPhJm0.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/904/indicacao_47.18_nao_cobranca_de_taxas_das_entida_LNPhJm0.pdf</t>
   </si>
   <si>
     <t>Sugere que não seja cobrada taxa das entidades que colocaram barracas para arrecadar fundos durante a Festa do Milho (Fundo Social de Solidariedade, Casa da Esperança Emil Wirth e Igreja Quadrangular).</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/905/indicacao_48.18_nao_cobranca_de_taxas_das_entida_Y8HumiQ.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/905/indicacao_48.18_nao_cobranca_de_taxas_das_entida_Y8HumiQ.pdf</t>
   </si>
   <si>
     <t>Sugere a contratação de profissional em fonoaudiologia para atendimento das crianças matriculadas na educação municipal</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/906/indicacao_49.18_voltar_vera_almeida_casa_da_agri_ajG8Pcv.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/906/indicacao_49.18_voltar_vera_almeida_casa_da_agri_ajG8Pcv.pdf</t>
   </si>
   <si>
     <t>Sugere que a servidora Municipal Vera Lúcia Soares de Almeida volte a ser alocada na Casa da Agricultura de Salmourão para atender a demanda de trabalho dos pecuaristas do município.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/907/indicacao_50.18_voltar_vera_almeida_casa_da_agri_2Zg9mQg.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/907/indicacao_50.18_voltar_vera_almeida_casa_da_agri_2Zg9mQg.pdf</t>
   </si>
   <si>
     <t>Sugere que a servidora Municipal Vera Lúcia Soares de Almeida volte a ser alocada na Casa da Agricultura de Salmourão, para o atendimento dos produtores agrícolas de Salmourão.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/908/indicacao_51.18_limpeza_praca_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/908/indicacao_51.18_limpeza_praca_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere manutenção e limpeza da praça existente no Jardim Toquemburgo</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/909/indicacao_52.18_ubs_funcionamento_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/909/indicacao_52.18_ubs_funcionamento_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a colocação em funcionamento da UBS (Unidade Básica de Saúde) localizada no Jardim Toquemburgo.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/910/indicacao_53.18_redutor_de_velocidade_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/910/indicacao_53.18_redutor_de_velocidade_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de um redutor de velocidade no início da Vicinal Antônio Gonçalves de Castro, na altura da Conj. Habitacional Primavera</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/911/indicacao_54.18_instalacao_de_vidros_centro_de_s_uDPs1IR.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/911/indicacao_54.18_instalacao_de_vidros_centro_de_s_uDPs1IR.pdf</t>
   </si>
   <si>
     <t>Sugere a recolocação de vidros quebrados existentes nos vitros da sala dos motoristas e do banheiro masculino, ambos ambientes do Centro de Saúde.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/912/indicacao_55.18_instalacao_de_cama_motoristas_joao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/912/indicacao_55.18_instalacao_de_cama_motoristas_joao.pdf</t>
   </si>
   <si>
     <t>Sugere a recolocação da cama para descanso de motoristas da sala dos motoristas</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/913/indicacao_56.18_recapeamento_rosa_elorza_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/913/indicacao_56.18_recapeamento_rosa_elorza_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere, com urgência, a recuperação do piso asfáltico da rua Rosa Raimundo Elorza, especialmente no trecho compreendido entre a Rua Vereador José Cesário da Silva e a Rua Antônio Xavier, próximo ao Bosque Municipal.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/914/indicacao_57.18_parceria_funerarias_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/914/indicacao_57.18_parceria_funerarias_sonia.pdf</t>
   </si>
   <si>
     <t>Solicita informar se o Prefeito Municipal conseguiu um acordo com proprietários ou representantes das Empresas Funerárias (Tamoios e Flor de Lotus), para realização de parceria com a Prefeitura Municipal de Salmourão para Reforma e Ampliação do Velório Municipal, já que foi dado a palavra por parte do Prefeito que iria convidar os Vereadores para resolver o Problema e até agora nenhuma informação nova foi passada.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/915/indicacao_58.18_banda_marcial_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/915/indicacao_58.18_banda_marcial_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere informar quais as medidas concretas que foram adotadas até a presente data para reativar a Banda Marcial de Salmourão.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/916/indicacao_59.18_casa_do_moda_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/916/indicacao_59.18_casa_do_moda_diego.pdf</t>
   </si>
   <si>
     <t>Sugere providência para a colocação em funcionamento da Casa da Moda</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/917/indicacao_60.18_caminhao_pipa_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/917/indicacao_60.18_caminhao_pipa_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere providência para a compra de uma mangueira nova e de um bico de pressão para o caminhão-pipa da Prefeitura Municipal. Sugiro ainda que seja dado treinamento para os servidores lotados no setor de obras e serviços da Prefeitura, para que saibam utilizar os comandos do referido caminhão-pipa.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/918/indicacao_61.18_desconto_iptu_a_vista_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/918/indicacao_61.18_desconto_iptu_a_vista_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere que seja dado desconto de 10% para o pagamento do IPTU a vista, conforme prevê a legislação municipal</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/919/indicacao_62.18_rampas_av._santos_dumont_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/919/indicacao_62.18_rampas_av._santos_dumont_diego.pdf</t>
   </si>
   <si>
     <t>Sugere providência para a instalação de rampas para acessibilidade de portadores de deficiência ou de mobilidade reduzida em ambos os lados da Av. Santos Dumont, na altura da Farmácia Drogalira e da Lotérica.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/920/indicacao_63.18_convenio_unesp_cursos_ead_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/920/indicacao_63.18_convenio_unesp_cursos_ead_diego.pdf</t>
   </si>
   <si>
     <t>Sugere providência para que o município de Salmourão crie uma sala de múltiplo uso para que possa ser firmado convênio junto a UNIVESP (Universidade Virtual do Estado de São Paulo), com a finalidade de serem disponibilizados cursos de graduação em nível superior EAD (online).</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/921/indicacao_64.18_academias_ao_ar_livre_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/921/indicacao_64.18_academias_ao_ar_livre_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere providência para a instalação de academias ao ar livre nos seguintes bairros do município: Esmeraldo Manoel Beijamim (Guanabara), Izabel Martins Villas (Remanso das Águas), Firmino Colato e Primavera (CDHU I e II) e Fortunato Pravato (Cohab).</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/922/indicacao_65.18_indico_realizacao_de_professor_p_Yg0kMvk.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/922/indicacao_65.18_indico_realizacao_de_professor_p_Yg0kMvk.pdf</t>
   </si>
   <si>
     <t>Sugere a contratação de professor de educação física para ministrar aulas para o grupo de idosos.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/923/indicacao_66.18_indico_realizacao_de_professor_p_WaNU52Q.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/923/indicacao_66.18_indico_realizacao_de_professor_p_WaNU52Q.pdf</t>
   </si>
   <si>
     <t>Sugere que realize contratação pelo CRAS de professor de educação física para atender os idosos da Casa da Esperança Emil Wirth</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/924/indicacao_67.18_limpeza_das_ruas_bairro_guarani_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/924/indicacao_67.18_limpeza_das_ruas_bairro_guarani_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a manutenção e limpeza das vias públicas e da praça do Bairro Guarani e que este serviço seja refeito a cada 10 dias.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/925/indicacao_69.18_manutencao_ponte_branca_villas.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/925/indicacao_69.18_manutencao_ponte_branca_villas.odt</t>
   </si>
   <si>
     <t>Sugere que seja construída uma passarela coberta ligando o pátio e a quadra de esportes da Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/926/indicacao_69.18_manutencao_ponte_branca_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/926/indicacao_69.18_manutencao_ponte_branca_villas.pdf</t>
   </si>
   <si>
     <t>Sugere vistoria na obra de conserto realizada na ponte sobre o córrego Barreiro, conhecida como Ponte Branca, para evitar novos problemas na referida ponte, especialmente com a chegada da estão chuvosa, tendo em vista que já existe certo afundamento nas cabeceiras da referida ponte.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/927/indicacao_70.18_parceria_cras_e_academia_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/927/indicacao_70.18_parceria_cras_e_academia_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que a administração municipal estude a viabilidade de constituir parceria entre o CRAS e a academia Fort Fitnes de Salmourão para o atendimento de idosos de nosso município.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/928/indicacao_71.18_doacao_de_jazigo_para_idosos_da__guC2BGl.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/928/indicacao_71.18_doacao_de_jazigo_para_idosos_da__guC2BGl.pdf</t>
   </si>
   <si>
     <t>Sugere que a administração municipal doe um jazigo para a Casa da Esperança Emil Wirth nosso município.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/929/indicacao_72.18_ressarcimento_de_iptu_2018_lei_1084.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/929/indicacao_72.18_ressarcimento_de_iptu_2018_lei_1084.pdf</t>
   </si>
   <si>
     <t>Sugere o ressarcimento dos contribuintes municipais que se enquadraram no desconto de 10% previsto na Lei Municipal nº 1.084/2017, por terem realizado o pagamento à vista e no prazo do IPTU de 2018.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/930/indicacao_73.18_plano_cargos_e_salarios_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/930/indicacao_73.18_plano_cargos_e_salarios_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a administração municipal a edição de Lei para criação de Plano de Carreira para os Servidores Públicos da Prefeitura Municipal de Salmourão</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/931/indicacao_74.18_geracao_emprego_e_renda_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/931/indicacao_74.18_geracao_emprego_e_renda_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a administração municipal a adoção de iniciativas para geração de emprego e renda, conforme prometido na campanha política municipal</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Sugere a administração municipal a montagem de Diretoria para a Associação dos Produtores Rurais de Salmourão</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/933/indicacao_76.18_maquinas_desconto_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/933/indicacao_76.18_maquinas_desconto_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a administração municipal que edite norma para desconto de horas trabalhadas por máquinas do município, quando em prestação de serviço aos agricultores.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/934/indicacao_77.18_atendimento_professor_atletismo_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/934/indicacao_77.18_atendimento_professor_atletismo_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que o Professor José Pedro trabalhe, 1 vez por semana, na EMEFI “Stela Boer Maioli” e no Projeto Espaço Amigo, visando a descoberta de novos talentos para o atletismo.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/935/indicacao_78.18_rampa_velorio_municipal_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/935/indicacao_78.18_rampa_velorio_municipal_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a construção de rampa de acesso ou rebaixamento na porta central do Velório Municipal.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/936/indicacao_79.18_alimentacao_pacientes_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/936/indicacao_79.18_alimentacao_pacientes_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja oferecido alimentação aos pacientes que viajam para tratamento médico em outros municípios e que ficam o dia todo fora.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/937/indicacao_80.18_reforma_piso_quadra_emefi_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/937/indicacao_80.18_reforma_piso_quadra_emefi_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja reformado o piso da quadra da EMEFI “Stela Boer Maioli”</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/938/indicacao_81.18_atendimento_odontologico_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/938/indicacao_81.18_atendimento_odontologico_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja oferecido atendimento odontológico no período noturno.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/939/indicacao_82.18_atendimento_nutricional_casa_da__5dWvJKl.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/939/indicacao_82.18_atendimento_nutricional_casa_da__5dWvJKl.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de parceria entre o município e a Casa da Esperança Emil Wirth, para o oferecimento de orientação nutricional àquela instituição.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/940/indicacao_83.18_substituicao_dos_pneus_caminhao__y7zbEzq.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/940/indicacao_83.18_substituicao_dos_pneus_caminhao__y7zbEzq.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam substituídos os pneus do caminhão de coleta de lixo.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/941/indicacao_84.18_compra_maquina_vap_lavar_ambulan_JkQkg7l.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/941/indicacao_84.18_compra_maquina_vap_lavar_ambulan_JkQkg7l.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam comprados uma lavadora de pressão e um aspirador de pó para limpeza das ambulâncias e demais veículos utilizados no transporte de pacientes.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Dedinho, Diego Delmore</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/942/indicacao_85.18_coleta_de_lixo_junto_com_coleta__wsHGBL6.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/942/indicacao_85.18_coleta_de_lixo_junto_com_coleta__wsHGBL6.pdf</t>
   </si>
   <si>
     <t>Sugere que em dias de coleta seletiva de lixo também seja realizada a coleta de lixo comum.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/943/indicacao_86.18_conserto_macaneta_ambulancia_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/943/indicacao_86.18_conserto_macaneta_ambulancia_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere o conserto da maçaneta da ambulância nº 51.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/944/indicacao_87.18_conserto_dos_bancos_da_perua_kom_zg3H9xF.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/944/indicacao_87.18_conserto_dos_bancos_da_perua_kom_zg3H9xF.pdf</t>
   </si>
   <si>
     <t>Sugere o conserto do para-brisa e do estofamento dos bancos da Perua Kombi da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/945/indicacao_88.18_comprar_sombrite_para_hora_emefi_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/945/indicacao_88.18_comprar_sombrite_para_hora_emefi_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a compra de tela de sombreamento (sombrite) para se utilizado na horta da EMEFI “Stela Boer Maioli”.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/946/indicacao_89.18_parceria_com_a_fai_castracao_de__uBwNYwr.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/946/indicacao_89.18_parceria_com_a_fai_castracao_de__uBwNYwr.pdf</t>
   </si>
   <si>
     <t>Sugere contato com a UNIFAI de Adamantina para, através da diretoria do curso de medicina veterinária, firmar parceria visando a realização da castração de animais abandonados que perambulam pelas ruas da cidade.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/947/indicacao_90.18_ligacao_de_energia_eletrica_para_fZxVWei.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/947/indicacao_90.18_ligacao_de_energia_eletrica_para_fZxVWei.pdf</t>
   </si>
   <si>
     <t>Sugere que seja feita a instalação de uma tomada de energia elétrica para a ligação do ar-condicionado existente na sala de emergência do Centro de Saúde de Salmourão.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/948/indicacao_91.18_festa_das_criancas_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/948/indicacao_91.18_festa_das_criancas_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere que seja escolhida uma data até o final do presente ano para a realização de Festa para as Crianças.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/949/indicacao_92.18_contratacao_assistente_social_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/949/indicacao_92.18_contratacao_assistente_social_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja contratada uma assistente social para a área de saúde.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/950/indicacao_93.18_reforma_piso_da_quadra_stela_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/950/indicacao_93.18_reforma_piso_da_quadra_stela_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja reformado o piso da quadra da E.M.E.F.I. “Stela Boer Maioli”.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/951/indicacao_94.18_bailes_da_terceira_idade_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/951/indicacao_94.18_bailes_da_terceira_idade_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja feita uma reunião entre o Prefeito, Vereadores e os 3 Presidentes de Grupos da Terceira Idade para buscar soluções para os problemas que estes grupos enfrentam para realizarem seus bailes.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/952/indicacao_95.18_curso_de_gestantes_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/952/indicacao_95.18_curso_de_gestantes_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja desenvolvido curso para gestantes no Centro de Saúde de Salmourão.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/953/indicacao_96.18_estrada_rural_bairro_guarani_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/953/indicacao_96.18_estrada_rural_bairro_guarani_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada manutenção em estrada rural do Bairro Guarani, próximo a propriedade da família Souza.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/954/indicacao_97.18_estrada_rural_cupri_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/954/indicacao_97.18_estrada_rural_cupri_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada manutenção em estrada rural que dá acesso a ponde sobre o Córrego Cupri.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/955/indicacao_98.18_lanche_atletismo_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/955/indicacao_98.18_lanche_atletismo_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja oferecido um lanche adequado para os atletas do município durante a participação em competições fora do município.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/956/indicacao_99.18_transporte_atletismo_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/956/indicacao_99.18_transporte_atletismo_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja os atletas do atletismo de Salmourão sejam transportados em veículo coletivo que possua lugares suficientes para atender todos os atletas.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/957/indicacao_100.18_continuidade_creche_escola_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/957/indicacao_100.18_continuidade_creche_escola_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam adotadas medidas em caráter de urgência visando à continuidade das obras de construção da Creche Escola Municipal, oque será de extrema importância para atendimento de toda comunidade salmoroense.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/958/indicacao_101.2018_cesta_basica_servidores_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/958/indicacao_101.2018_cesta_basica_servidores_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere que seja concedida uma cesta básica mensal aos Servidores da Prefeitura Municipal de Salmourão, o que contribuirá de forma positiva par melhoria da qualidade de vida dos mesmos.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/959/indicacao_102.18_associacao_produtores_rurais_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/959/indicacao_102.18_associacao_produtores_rurais_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere medidas em caráter de urgência para formação/estruturação da Nova Diretoria da Associação dos Produtores Rurais de Salmourão, além de estruturação digna da mesma através do fornecimento de trator e implementos agrícolas, para que os pequenos e médios agricultores possam dar continuidade em suas atividades, principalmente aqueles que dependem preponderantemente dos equipamentos e se enquadram na agricultura familiar.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/960/indicacao_103.18_desconto_horas_maquinas_produto_16zQyIA.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/960/indicacao_103.18_desconto_horas_maquinas_produto_16zQyIA.pdf</t>
   </si>
   <si>
     <t>Sugere  a elaboração de Projeto de Lei que de um subsídio/desconto nas horas trabalhadas pelas máquinas da Prefeitura (Niveladora, Pá-Carregadeira, Retroescavadeira) a serem utilizados pelos pequenos e médios agricultores do Município, além de Projeto de Lei que viabilize a parceria em Projetos e Execução de Construção de Represas visando à irrigação de plantações.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/961/indicacao_104.18_compra_maquina_vap_lavar_ambula_4xvaog1.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/961/indicacao_104.18_compra_maquina_vap_lavar_ambula_4xvaog1.pdf</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/962/indicacao_105.18_conserto_macaneta_ambulancia_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/962/indicacao_105.18_conserto_macaneta_ambulancia_joao_leme.pdf</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/963/indicacao_106.18_conserto_estofamento_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/963/indicacao_106.18_conserto_estofamento_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere o conserto do estofamento dos bancos da Perua Kombi da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/965/indicacao_107.18_ativacao_ubs_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/965/indicacao_107.18_ativacao_ubs_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam adotadas medidas em caráter de urgência para início das atividades da Unidade Básica de Saúde - UBS do Jardim Toquemburgo.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/966/indicacao_108.18_tapar_buracos_ruas_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/966/indicacao_108.18_tapar_buracos_ruas_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere realização de operação tapa buracos de inúmeras ruas da cidade de Salmourão, sendo priorizado os locais com buracos maiores, que podem levar a ocorrência de acidentes por parte dos usuários e pedestres.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/967/indicacao_109.18_obras_salao_do_cci_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/967/indicacao_109.18_obras_salao_do_cci_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere medidas em caráter de urgência para continuidade das obras do Salão do CCI localizado na Rua Antônio Xavier da Silva, ao lado da Creche Municipal Comecinho de Vida “Maria Helena Specian Fiani”, tendo em vista que esta obra será de extrema importância para o desenvolvimento das atividades dos grupos da terceira idade do município de Salmourão.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/968/indicacao_110.18_banda_marcial_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/968/indicacao_110.18_banda_marcial_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a reativação da Banda Marcial de Salmourão, sendo que a mesma durante o período que esteve em atividade era motivo de orgulho de nossa cidade, participando de inúmeros eventos em nossa cidade e Municípios vizinhos.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/792/792_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE CONGRATULAÇÃO E LOUVOR AOS SERVIDORES(AS): ANA CÉLIA FIRMINO, DIVANETE DA COSTA SILVA CORDEIRO, MARIA HELENA LANZA DE SOUZA, FLORISVALDO MODELLI, LÚCIO LOUVEIRA E MÁRIO XAVIER </t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/837/mocao_de_congratulacao_e_louvor_2.2018_servidore_oCilqjE.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/837/mocao_de_congratulacao_e_louvor_2.2018_servidore_oCilqjE.pdf</t>
   </si>
   <si>
     <t>Moção de congratulação e louvor a servidores públicos municipais</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/841/mocao_de_pesar_osvaldo_sergio_martins.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/841/mocao_de_pesar_osvaldo_sergio_martins.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Osvaldo Sérgio Martins - Ex-Servidor Público Municipal de Salmourão</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/842/mocao_de_congratulacao_e_louvor_4.2018_pe_jose_luiz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/842/mocao_de_congratulacao_e_louvor_4.2018_pe_jose_luiz.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Pe José Luiz Dias Barbosa, CP, por ajuda prestada à Casa da Esperança Emil Wirth</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/854/mocao_de_pesar_taxao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/854/mocao_de_pesar_taxao.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Antônio Batista Duarte (Taxão)</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
     <t>Comissão de Planejamento, Uso, Ocupação e etc..</t>
   </si>
   <si>
     <t>Adiciona o inciso XXIII ao art. 6º do Projeto de Lei Complementar nº 1/2018, que dá nova denominação à Secretaria Municipal de Esporte e Secretaria Municipal de Educação do município de Salmourão e aos cargos de secretário municipal de esporte e secretário municipal de educação e dá outras providências.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>Altera o artigo 1º do Projeto de Lei nº 21, de 2018, aumentando o valor do vale-alimentação dos servidores da Câmara para R$ 250,00</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>Altera do termo gênero pelo termo sexo no Plano Diretor de Desenvolvimento Turístico do Município de Salmourão e dá outras providências</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/851/emenda_4_modificativa_ao_projeto_de_lei_31.2018.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/851/emenda_4_modificativa_ao_projeto_de_lei_31.2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único, do art. 2º do Projeto de Lei nº 31, de 2018, alterando o termo norma legal para lei municipal.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/748/748_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DA SECRETARIA MUNICIPAL DE ESPORTE, BEM COMO, DO NOME DOS CARGOS DOS RESPECTIVOS TITULARES</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/845/projeto_de_lei_numero_32_-_credito_adicional_sup_xSk4UdN.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/845/projeto_de_lei_numero_32_-_credito_adicional_sup_xSk4UdN.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar no valor de 308.000,00 para o Orçamento de 2018</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/782/782_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE EXONERAÇÃO DE SERVIDORES PÚBLICOS APOSENTADOS</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/784/784_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE APLICAÇÃO DE RECURSOS TRANSFERIDOS AO CRAS</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/790/790_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO INFORMAÇÃO SOBRE CONTRATAÇÃO DE MÉDICO</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/791/791_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ATESTADO DE SEGURANÇA DE VEÍCULOS MUNICIPAIS (ÔNIBUS)</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/796/796_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE DESEMPENHO DAS FUNÇÕES DE ASSESSOR JURÍDICO DA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/797/797_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RELAÇÃO DE LICITAÇÕES DE 2018</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/798/798_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RELAÇÃO DE VEÍCULOS</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/799/799_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONTRATOS DE LOCAÇÃO DE IMÓVEIS UTILIZADOS PELO CRAS</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>Dedinho, Diego Delmore, João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/800/800_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 11, DE 2018, DO PODER EXECUTIVO QUE TRATA DA CRIAÇÃO DO CONSELHO DE TURISMO DE SALMOURÃO - CONTUR</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/804/804_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA RETOMADO O BANHO DIÁRIO DAS CRIANÇAS QUE FREQUENTAM A CRECHE MUNICIPAL COMECINHO DE VIDA - MARIA HELENA SPECIAN FIANI</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/805/805_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 13, DE 2018, QUE TRATA DE CONVÊNIO ENTRE O MUNICÍPIO E O FDE PARA AQUISIÇÃO DE KIT ESCOLAR</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>João Leme, Dedinho, Diego Delmore</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/809/809_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 15/2018</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/810/810_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/811/811_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/812/812_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CESTA BÁSICA PARA SERVIDORES DA PREFEITURA MUNICIPAL DE SALMOURÃO</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/815/requerimento_16.18_desconto_iptu.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/815/requerimento_16.18_desconto_iptu.pdf</t>
   </si>
   <si>
     <t>Solicita informação sobre a não concessão de desconto de 10% para pagamento a vista do IPTU</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/822/requerimento_17.18_forma_de_contratacao_medicos_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/822/requerimento_17.18_forma_de_contratacao_medicos_fernando.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre forma de contratação de médicos, processo seletivo e cópia de portarias</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/823/requerimento_18.18_recapeamento_das_ruas_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/823/requerimento_18.18_recapeamento_das_ruas_fernando.pdf</t>
   </si>
   <si>
     <t>Requer cópia de projetos, contratos, memoriais descritivos referente a obras de recapeamento, bem como a relação de nomes de ruas a serem recapeadas</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/824/requerimento_19.18_copia_contratos_prestacao_de__SRqfjmY.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/824/requerimento_19.18_copia_contratos_prestacao_de__SRqfjmY.pdf</t>
   </si>
   <si>
     <t>Requer cópia de contratos de prestação de serviços em vigor firmados a partir de 1º de janeiro de 2018</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/825/requerimento_20.18_forma_de_contratacao_silvia_a_XYGgX1C.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/825/requerimento_20.18_forma_de_contratacao_silvia_a_XYGgX1C.pdf</t>
   </si>
   <si>
     <t>Requer forma de contratação e função exercida por prestadora de serviço</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>Diego Delmore, Dedinho, Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/826/requerimento_21.18_urgencia_especial_credito_especial.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/826/requerimento_21.18_urgencia_especial_credito_especial.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 23, de 2018, do Poder Executivo, que trata de autorização para abertura de crédito adicional suplementar</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>João Leme, Dedinho, Wesley Barbosa</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 24, de 21 de agosto de 2018, de autoria do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>Diego Delmore, Dedinho, João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/832/requerimento_23.18_urgencia_especial_credito_especial.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/832/requerimento_23.18_urgencia_especial_credito_especial.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial ao Projeto de Lei nº 25, de 2018, que trata de crédito adicional suplementar ao orçamento no valor de R$ 150.000,00</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/836/requerimento_25.18_secretaria_de_educacao_ciee__leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/836/requerimento_25.18_secretaria_de_educacao_ciee__leandro.pdf</t>
   </si>
   <si>
     <t>Solicita informação sobre convênio com o CIEE - Centro de Integração Empresa-Escola</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/840/requerimento_26.18_urgencia_especial_credito_especial.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/840/requerimento_26.18_urgencia_especial_credito_especial.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 29, de 2018</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/843/requerimento_27.18_informacao_sobre_chamada_publ_K0Mg66Y.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/843/requerimento_27.18_informacao_sobre_chamada_publ_K0Mg66Y.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre aquisição de alimentos para merenda escolar</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/846/requerimento_28.18_urgencia_especial_credito_especial.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/846/requerimento_28.18_urgencia_especial_credito_especial.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 32, de 2018, de autoria do Poder Executivo, que trata de autorização para abertura de crédito adicional suplementar no orçamento de 2018, no valor de 308.000,00</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão, Fernando Roçato, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/848/requerimento_29.18_urgencia_especial_estrada_der.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/848/requerimento_29.18_urgencia_especial_estrada_der.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 33/2018, que autoriza o Poder Executivo a receber por cessão gratuita do DER imóveis que especifica</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/852/requerimento_30.18_informacao_sobre_utilizacao_d_EVfvZ0l.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/852/requerimento_30.18_informacao_sobre_utilizacao_d_EVfvZ0l.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a utilização de recursos devolvidos pela Câmara Municipal, no montante de R$ 30.000,00.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/856/requerimento_31.18_informacao_sobre_cisap_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/856/requerimento_31.18_informacao_sobre_cisap_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informações da Prefeitura sobre o CISAP (Consórcio Intermunicipal de Saúde da Alta Paulista)</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/857/requerimento_32.18_urgencia_especial_credito_especial.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/857/requerimento_32.18_urgencia_especial_credito_especial.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 34, de 2018, que trata de crédito adicional suplementar no valor de R$ 330.000,00</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 35/2018</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto Total ou Parcial</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/750/750_texto_integral.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO AUTÓGRAFO Nº 41/2017, DO PROJETO DE LEI Nº 36/2017, QUE TRATA DO PROGRAMA MÉDICO NA CRECHE MUNICIPAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2164,68 +2164,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/858/indicacao_1.18_limpeza_residencial_villas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/859/indicacao_2.18_conserto_ponte_branca_villas.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/860/indicacao_3.18_contratacao_de_pediatra_villas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/861/indicacao_4.18_tapar_buracos_nas_ruas_villas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/862/indicacao_5.18_bebedouro_almoxarifado_municipal_nivaldo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/863/indicacao_6.18_conserto_em_ruas_eduardo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/864/indicacao_7.18_concessao_de_cesta_sonia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/865/indicacao_8.18_ampliacao_velorio_sonia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/866/indicacao_9.18_geracao_emprego_e_renda_sonia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/867/indicacao_10.18_ventilador_cozinha_emefi_sonia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/868/indicacao_11.18_limpeza_escola_bairro_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/869/indicacao_12.18_conserto_ponte_bairro_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/870/indicacao_13.18_relogio_de_ponto_fernando.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/871/indicacao_14.18_limpeza_climatizador_leandro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/872/indicacao_15.18_tapar_buracos_bairro_guarani_leandro.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/873/indicacao_16.18_colocar_em_pratica_lei_de_estagio_diego.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/874/indicacao_17.18_pintura_quadra_escola_stela_diego.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/875/indicacao_18.18_caixa_de_areia_diego.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/876/indicacao_19.18_refletor_bosque_municipal_diego.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/878/indicacao_21.18_veiculo_para_educacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/879/indicacao_22.18_iluminacao_bosque_leandro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/880/indicacao_23.18_enfermeiro_centro_de_saude_leandro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/881/indicacao_24.18_reajuste_servidores_prefeitura_leandro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/882/indicacao_25.18_programa_familia_acolhedora_leandro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/883/indicacao_26.18__projeto_de_lei_limite_urbano_po_TtY5Pku.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/884/indicacao_27.18__fisioterapia_e_nutricionista_ca_JnjljLT.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/885/indicacao_28.18__dedetizacao_fernando.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/886/indicacao_29.18__engraxadeira_almoxarifado_fernando.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/887/indicacao_30.18_pneus_onibus_de_transporte_de_al_ECKVnRW.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/888/indicacao_31.18_transporte_alunos_tupa_fernando.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/889/indicacao_32.18_veiculo_veterinario_fernando.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/890/indicacao_33.18_reajuste_salarial_servidores_fernando.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/891/indicacao_34.18_envio_de_documentacao_posto_de_g_2NAtFIl.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/892/indicacao_35.18_plano_de_carreira_servidores_sonia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/893/indicacao_36.18_geracao_de_emprego_e_renda_sonia.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/894/indicacao_37.18_reativacao_equipe_de_futebol_de__W2yxe0d.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/895/indicacao_38.18_banda_marcial_sonia.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/896/indicacao_39.18_rampa_acessibilidade_diego.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/897/indicacao_40.18_nomes_residencial_villas_villas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/898/indicacao_41.18_quebra_molas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/899/indicacao_42.18_medico_pediatra_e_clinico_geral_fernando.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/900/indicacao_43.18_atendimento_odontologico_noturno_EOvyQ1f.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/902/indicacao_45.18_uniformes_frio_escola_leandro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/903/indicacao_46.18_retirada_da_carne_suina_da_meren_uq4Y8ru.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/904/indicacao_47.18_nao_cobranca_de_taxas_das_entida_LNPhJm0.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/905/indicacao_48.18_nao_cobranca_de_taxas_das_entida_Y8HumiQ.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/906/indicacao_49.18_voltar_vera_almeida_casa_da_agri_ajG8Pcv.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/907/indicacao_50.18_voltar_vera_almeida_casa_da_agri_2Zg9mQg.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/908/indicacao_51.18_limpeza_praca_leandro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/909/indicacao_52.18_ubs_funcionamento_leandro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/910/indicacao_53.18_redutor_de_velocidade_leandro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/911/indicacao_54.18_instalacao_de_vidros_centro_de_s_uDPs1IR.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/912/indicacao_55.18_instalacao_de_cama_motoristas_joao.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/913/indicacao_56.18_recapeamento_rosa_elorza_sonia.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/914/indicacao_57.18_parceria_funerarias_sonia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/915/indicacao_58.18_banda_marcial_sonia.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/916/indicacao_59.18_casa_do_moda_diego.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/917/indicacao_60.18_caminhao_pipa_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/918/indicacao_61.18_desconto_iptu_a_vista_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/919/indicacao_62.18_rampas_av._santos_dumont_diego.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/920/indicacao_63.18_convenio_unesp_cursos_ead_diego.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/921/indicacao_64.18_academias_ao_ar_livre_fernando.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/922/indicacao_65.18_indico_realizacao_de_professor_p_Yg0kMvk.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/923/indicacao_66.18_indico_realizacao_de_professor_p_WaNU52Q.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/924/indicacao_67.18_limpeza_das_ruas_bairro_guarani_leandro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/925/indicacao_69.18_manutencao_ponte_branca_villas.odt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/926/indicacao_69.18_manutencao_ponte_branca_villas.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/927/indicacao_70.18_parceria_cras_e_academia_diego.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/928/indicacao_71.18_doacao_de_jazigo_para_idosos_da__guC2BGl.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/929/indicacao_72.18_ressarcimento_de_iptu_2018_lei_1084.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/930/indicacao_73.18_plano_cargos_e_salarios_sonia.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/931/indicacao_74.18_geracao_emprego_e_renda_sonia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/933/indicacao_76.18_maquinas_desconto_sonia.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/934/indicacao_77.18_atendimento_professor_atletismo_diego.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/935/indicacao_78.18_rampa_velorio_municipal_leandro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/936/indicacao_79.18_alimentacao_pacientes_leandro.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/937/indicacao_80.18_reforma_piso_quadra_emefi_leandro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/938/indicacao_81.18_atendimento_odontologico_leandro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/939/indicacao_82.18_atendimento_nutricional_casa_da__5dWvJKl.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/940/indicacao_83.18_substituicao_dos_pneus_caminhao__y7zbEzq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/941/indicacao_84.18_compra_maquina_vap_lavar_ambulan_JkQkg7l.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/942/indicacao_85.18_coleta_de_lixo_junto_com_coleta__wsHGBL6.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/943/indicacao_86.18_conserto_macaneta_ambulancia_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/944/indicacao_87.18_conserto_dos_bancos_da_perua_kom_zg3H9xF.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/945/indicacao_88.18_comprar_sombrite_para_hora_emefi_diego.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/946/indicacao_89.18_parceria_com_a_fai_castracao_de__uBwNYwr.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/947/indicacao_90.18_ligacao_de_energia_eletrica_para_fZxVWei.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/948/indicacao_91.18_festa_das_criancas_fernando.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/949/indicacao_92.18_contratacao_assistente_social_leandro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/950/indicacao_93.18_reforma_piso_da_quadra_stela_leandro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/951/indicacao_94.18_bailes_da_terceira_idade_leandro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/952/indicacao_95.18_curso_de_gestantes_leandro.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/953/indicacao_96.18_estrada_rural_bairro_guarani_leandro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/954/indicacao_97.18_estrada_rural_cupri_leandro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/955/indicacao_98.18_lanche_atletismo_leandro.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/956/indicacao_99.18_transporte_atletismo_leandro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/957/indicacao_100.18_continuidade_creche_escola_sonia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/958/indicacao_101.2018_cesta_basica_servidores_sonia.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/959/indicacao_102.18_associacao_produtores_rurais_sonia.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/960/indicacao_103.18_desconto_horas_maquinas_produto_16zQyIA.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/961/indicacao_104.18_compra_maquina_vap_lavar_ambula_4xvaog1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/962/indicacao_105.18_conserto_macaneta_ambulancia_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/963/indicacao_106.18_conserto_estofamento_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/965/indicacao_107.18_ativacao_ubs_sonia.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/966/indicacao_108.18_tapar_buracos_ruas_sonia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/967/indicacao_109.18_obras_salao_do_cci_sonia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/968/indicacao_110.18_banda_marcial_sonia.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/837/mocao_de_congratulacao_e_louvor_2.2018_servidore_oCilqjE.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/841/mocao_de_pesar_osvaldo_sergio_martins.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/842/mocao_de_congratulacao_e_louvor_4.2018_pe_jose_luiz.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/854/mocao_de_pesar_taxao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/851/emenda_4_modificativa_ao_projeto_de_lei_31.2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/845/projeto_de_lei_numero_32_-_credito_adicional_sup_xSk4UdN.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/815/requerimento_16.18_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/822/requerimento_17.18_forma_de_contratacao_medicos_fernando.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/823/requerimento_18.18_recapeamento_das_ruas_fernando.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/824/requerimento_19.18_copia_contratos_prestacao_de__SRqfjmY.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/825/requerimento_20.18_forma_de_contratacao_silvia_a_XYGgX1C.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/826/requerimento_21.18_urgencia_especial_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/832/requerimento_23.18_urgencia_especial_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/836/requerimento_25.18_secretaria_de_educacao_ciee__leandro.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/840/requerimento_26.18_urgencia_especial_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/843/requerimento_27.18_informacao_sobre_chamada_publ_K0Mg66Y.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/846/requerimento_28.18_urgencia_especial_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/848/requerimento_29.18_urgencia_especial_estrada_der.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/852/requerimento_30.18_informacao_sobre_utilizacao_d_EVfvZ0l.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/856/requerimento_31.18_informacao_sobre_cisap_leandro.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/857/requerimento_32.18_urgencia_especial_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/750/750_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/858/indicacao_1.18_limpeza_residencial_villas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/859/indicacao_2.18_conserto_ponte_branca_villas.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/860/indicacao_3.18_contratacao_de_pediatra_villas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/861/indicacao_4.18_tapar_buracos_nas_ruas_villas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/862/indicacao_5.18_bebedouro_almoxarifado_municipal_nivaldo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/863/indicacao_6.18_conserto_em_ruas_eduardo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/864/indicacao_7.18_concessao_de_cesta_sonia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/865/indicacao_8.18_ampliacao_velorio_sonia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/866/indicacao_9.18_geracao_emprego_e_renda_sonia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/867/indicacao_10.18_ventilador_cozinha_emefi_sonia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/868/indicacao_11.18_limpeza_escola_bairro_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/869/indicacao_12.18_conserto_ponte_bairro_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/870/indicacao_13.18_relogio_de_ponto_fernando.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/871/indicacao_14.18_limpeza_climatizador_leandro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/872/indicacao_15.18_tapar_buracos_bairro_guarani_leandro.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/873/indicacao_16.18_colocar_em_pratica_lei_de_estagio_diego.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/874/indicacao_17.18_pintura_quadra_escola_stela_diego.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/875/indicacao_18.18_caixa_de_areia_diego.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/876/indicacao_19.18_refletor_bosque_municipal_diego.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/878/indicacao_21.18_veiculo_para_educacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/879/indicacao_22.18_iluminacao_bosque_leandro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/880/indicacao_23.18_enfermeiro_centro_de_saude_leandro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/881/indicacao_24.18_reajuste_servidores_prefeitura_leandro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/882/indicacao_25.18_programa_familia_acolhedora_leandro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/883/indicacao_26.18__projeto_de_lei_limite_urbano_po_TtY5Pku.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/884/indicacao_27.18__fisioterapia_e_nutricionista_ca_JnjljLT.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/885/indicacao_28.18__dedetizacao_fernando.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/886/indicacao_29.18__engraxadeira_almoxarifado_fernando.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/887/indicacao_30.18_pneus_onibus_de_transporte_de_al_ECKVnRW.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/888/indicacao_31.18_transporte_alunos_tupa_fernando.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/889/indicacao_32.18_veiculo_veterinario_fernando.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/890/indicacao_33.18_reajuste_salarial_servidores_fernando.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/891/indicacao_34.18_envio_de_documentacao_posto_de_g_2NAtFIl.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/892/indicacao_35.18_plano_de_carreira_servidores_sonia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/893/indicacao_36.18_geracao_de_emprego_e_renda_sonia.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/894/indicacao_37.18_reativacao_equipe_de_futebol_de__W2yxe0d.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/895/indicacao_38.18_banda_marcial_sonia.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/896/indicacao_39.18_rampa_acessibilidade_diego.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/897/indicacao_40.18_nomes_residencial_villas_villas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/898/indicacao_41.18_quebra_molas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/899/indicacao_42.18_medico_pediatra_e_clinico_geral_fernando.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/900/indicacao_43.18_atendimento_odontologico_noturno_EOvyQ1f.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/902/indicacao_45.18_uniformes_frio_escola_leandro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/903/indicacao_46.18_retirada_da_carne_suina_da_meren_uq4Y8ru.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/904/indicacao_47.18_nao_cobranca_de_taxas_das_entida_LNPhJm0.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/905/indicacao_48.18_nao_cobranca_de_taxas_das_entida_Y8HumiQ.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/906/indicacao_49.18_voltar_vera_almeida_casa_da_agri_ajG8Pcv.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/907/indicacao_50.18_voltar_vera_almeida_casa_da_agri_2Zg9mQg.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/908/indicacao_51.18_limpeza_praca_leandro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/909/indicacao_52.18_ubs_funcionamento_leandro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/910/indicacao_53.18_redutor_de_velocidade_leandro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/911/indicacao_54.18_instalacao_de_vidros_centro_de_s_uDPs1IR.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/912/indicacao_55.18_instalacao_de_cama_motoristas_joao.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/913/indicacao_56.18_recapeamento_rosa_elorza_sonia.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/914/indicacao_57.18_parceria_funerarias_sonia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/915/indicacao_58.18_banda_marcial_sonia.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/916/indicacao_59.18_casa_do_moda_diego.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/917/indicacao_60.18_caminhao_pipa_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/918/indicacao_61.18_desconto_iptu_a_vista_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/919/indicacao_62.18_rampas_av._santos_dumont_diego.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/920/indicacao_63.18_convenio_unesp_cursos_ead_diego.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/921/indicacao_64.18_academias_ao_ar_livre_fernando.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/922/indicacao_65.18_indico_realizacao_de_professor_p_Yg0kMvk.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/923/indicacao_66.18_indico_realizacao_de_professor_p_WaNU52Q.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/924/indicacao_67.18_limpeza_das_ruas_bairro_guarani_leandro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/925/indicacao_69.18_manutencao_ponte_branca_villas.odt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/926/indicacao_69.18_manutencao_ponte_branca_villas.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/927/indicacao_70.18_parceria_cras_e_academia_diego.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/928/indicacao_71.18_doacao_de_jazigo_para_idosos_da__guC2BGl.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/929/indicacao_72.18_ressarcimento_de_iptu_2018_lei_1084.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/930/indicacao_73.18_plano_cargos_e_salarios_sonia.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/931/indicacao_74.18_geracao_emprego_e_renda_sonia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/933/indicacao_76.18_maquinas_desconto_sonia.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/934/indicacao_77.18_atendimento_professor_atletismo_diego.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/935/indicacao_78.18_rampa_velorio_municipal_leandro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/936/indicacao_79.18_alimentacao_pacientes_leandro.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/937/indicacao_80.18_reforma_piso_quadra_emefi_leandro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/938/indicacao_81.18_atendimento_odontologico_leandro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/939/indicacao_82.18_atendimento_nutricional_casa_da__5dWvJKl.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/940/indicacao_83.18_substituicao_dos_pneus_caminhao__y7zbEzq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/941/indicacao_84.18_compra_maquina_vap_lavar_ambulan_JkQkg7l.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/942/indicacao_85.18_coleta_de_lixo_junto_com_coleta__wsHGBL6.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/943/indicacao_86.18_conserto_macaneta_ambulancia_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/944/indicacao_87.18_conserto_dos_bancos_da_perua_kom_zg3H9xF.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/945/indicacao_88.18_comprar_sombrite_para_hora_emefi_diego.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/946/indicacao_89.18_parceria_com_a_fai_castracao_de__uBwNYwr.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/947/indicacao_90.18_ligacao_de_energia_eletrica_para_fZxVWei.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/948/indicacao_91.18_festa_das_criancas_fernando.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/949/indicacao_92.18_contratacao_assistente_social_leandro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/950/indicacao_93.18_reforma_piso_da_quadra_stela_leandro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/951/indicacao_94.18_bailes_da_terceira_idade_leandro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/952/indicacao_95.18_curso_de_gestantes_leandro.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/953/indicacao_96.18_estrada_rural_bairro_guarani_leandro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/954/indicacao_97.18_estrada_rural_cupri_leandro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/955/indicacao_98.18_lanche_atletismo_leandro.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/956/indicacao_99.18_transporte_atletismo_leandro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/957/indicacao_100.18_continuidade_creche_escola_sonia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/958/indicacao_101.2018_cesta_basica_servidores_sonia.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/959/indicacao_102.18_associacao_produtores_rurais_sonia.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/960/indicacao_103.18_desconto_horas_maquinas_produto_16zQyIA.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/961/indicacao_104.18_compra_maquina_vap_lavar_ambula_4xvaog1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/962/indicacao_105.18_conserto_macaneta_ambulancia_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/963/indicacao_106.18_conserto_estofamento_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/965/indicacao_107.18_ativacao_ubs_sonia.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/966/indicacao_108.18_tapar_buracos_ruas_sonia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/967/indicacao_109.18_obras_salao_do_cci_sonia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/968/indicacao_110.18_banda_marcial_sonia.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/837/mocao_de_congratulacao_e_louvor_2.2018_servidore_oCilqjE.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/841/mocao_de_pesar_osvaldo_sergio_martins.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/842/mocao_de_congratulacao_e_louvor_4.2018_pe_jose_luiz.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/854/mocao_de_pesar_taxao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/851/emenda_4_modificativa_ao_projeto_de_lei_31.2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/845/projeto_de_lei_numero_32_-_credito_adicional_sup_xSk4UdN.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/815/requerimento_16.18_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/822/requerimento_17.18_forma_de_contratacao_medicos_fernando.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/823/requerimento_18.18_recapeamento_das_ruas_fernando.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/824/requerimento_19.18_copia_contratos_prestacao_de__SRqfjmY.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/825/requerimento_20.18_forma_de_contratacao_silvia_a_XYGgX1C.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/826/requerimento_21.18_urgencia_especial_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/832/requerimento_23.18_urgencia_especial_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/836/requerimento_25.18_secretaria_de_educacao_ciee__leandro.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/840/requerimento_26.18_urgencia_especial_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/843/requerimento_27.18_informacao_sobre_chamada_publ_K0Mg66Y.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/846/requerimento_28.18_urgencia_especial_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/848/requerimento_29.18_urgencia_especial_estrada_der.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/852/requerimento_30.18_informacao_sobre_utilizacao_d_EVfvZ0l.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/856/requerimento_31.18_informacao_sobre_cisap_leandro.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2018/857/requerimento_32.18_urgencia_especial_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/./sapl/public/materialegislativa/2018/750/750_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="54" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>