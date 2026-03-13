--- v0 (2025-10-19)
+++ v1 (2026-03-13)
@@ -54,1850 +54,1850 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/980/indicacao_1.19_protecao_bueiros_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/980/indicacao_1.19_protecao_bueiros_eduardo.pdf</t>
   </si>
   <si>
     <t>Sugere providência para instalação de proteção na entrada dos bueiros da cidade de Salmourão</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/981/indicacao_2.19_construcao_de_redutor_de_velocida_dmH4bhM.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/981/indicacao_2.19_construcao_de_redutor_de_velocida_dmH4bhM.pdf</t>
   </si>
   <si>
     <t>Sugere providência para construção de redutor de velocidade na rua Andrelaine Pravato</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/982/indicacao_3.19_tapar_buracos_ruas_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/982/indicacao_3.19_tapar_buracos_ruas_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere serviço de manutenção de ruas da cidade de Salmourão (tapa buracos)</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/983/indicacao_4.19_ventilador_velorio_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/983/indicacao_4.19_ventilador_velorio_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere providência para instalação de ventilador no quarto do velório municipal de Salmourão</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/984/indicacao_5.19_guarita_ganabara_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/984/indicacao_5.19_guarita_ganabara_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere providência para construção de guarita no Bairro Esmeraldo Beijamim (Jardim Guanabara)</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/987/indicacao_6.19_associacao_produtores_rurais_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/987/indicacao_6.19_associacao_produtores_rurais_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere providência para apoio a eleição da nova diretoria da Associação dos Produtores Rurais de Salmourão</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/988/indicacao_7.19_desconto_horas_trabalhadas_maquinas_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/988/indicacao_7.19_desconto_horas_trabalhadas_maquinas_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a concessão de desconto no valor da hora trabalhada por máquinas da administração municipal aos agricultores de Salmourão</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/989/indicacao_8.19_creche_escola_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/989/indicacao_8.19_creche_escola_sonia.pdf</t>
   </si>
   <si>
     <t>Solicita informação sobre a Creche Escola</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/990/indicacao_9.19_caminhao_terra_valor_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/990/indicacao_9.19_caminhao_terra_valor_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a diminuição na taxa cobrada pelo fornecimento de caminhões de terra</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Diego Delmore</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1004/indicacao_10.19_conselho_bem_estar_animal_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1004/indicacao_10.19_conselho_bem_estar_animal_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a criação do Conselho Municipal de Proteção e Bem-Estar Animal.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1005/indicacao_11.19_pintura_de_numeros_nos_postes_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1005/indicacao_11.19_pintura_de_numeros_nos_postes_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a repintura dos números de identificação dos postes do município de Salmourão, utilizados para a requisição de consertos na iluminação pública municipal.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1006/indicacao_12.19_adesivo_veiculo_conselhor_tutelar_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1006/indicacao_12.19_adesivo_veiculo_conselhor_tutelar_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de novo adesivo de identificação no veículo do Conselho Tutelar.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Antônio Villas</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1007/indicacao_13.19_tapar_buracos_vicinal_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1007/indicacao_13.19_tapar_buracos_vicinal_villas.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam tapados buracos existentes na Vicinal Antônio Gonçalves de Castro, que liga Salmourão ao Rio Aguapeí.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1008/indicacao_14.19_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1008/indicacao_14.19_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere medidas em caráter de urgência para que sejam efetuados os serviços de manutenção/reforma no Centro de Lazer do Trabalhador de Salmourão (Piscinas Públicas), tendo em vista a difícil situação que se encontra o local. Sendo ainda que seja informado, se foi assinado convênio junto ao Governo Estadual ou Federal para reforma do local, constando, caso isso ocorreu o valor do mesmo e se já foi efetuada a abertura do processo de licitação.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1009/indicacao_15.19_providencia_larvas_dengue_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1009/indicacao_15.19_providencia_larvas_dengue_villas.pdf</t>
   </si>
   <si>
     <t>Sugere providências junto a Secretaria de Saúde para eliminação de larvas do mosquido da dengue na Rua Andrelaine Pravato, próximo ao número 60.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1010/indicacao_16.19_equipamentos_para_reciclagem_de_i8pVjIJ.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1010/indicacao_16.19_equipamentos_para_reciclagem_de_i8pVjIJ.pdf</t>
   </si>
   <si>
     <t>Sugere medidas junto ao Governo do Estado de São Paulo e/ou Governo Federal, visando à liberação/repasse de recursos financeiros, que possibilitem a aquisição de equipamentos (prensa, esteira de triagem e outros), que venham apoiar as iniciativas voltadas à reciclagem no Município de Salmourão, facilitando, os serviços desempenhados pelas pessoas, que executam esta atividade essencial.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1011/indicacao_17.19_reforma_stela_boer_maioli_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1011/indicacao_17.19_reforma_stela_boer_maioli_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere medidas relacionadas a reforma da EMEFI Stela Boer Maioli, tendo em vista que referido imóvel necessita com urgência de melhorias, que oferecerá condições ideias as crianças que frequentam diariamente esta escola, além da melhoria das condições de trabalho a todos os servidores que desempenham suas funções junto a mesma.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1012/indicacao_18.19_limpeza_sistema_de_climaizacao__trMGCxJ.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1012/indicacao_18.19_limpeza_sistema_de_climaizacao__trMGCxJ.pdf</t>
   </si>
   <si>
     <t>Sugere providências para a limpeza dos sistemas de climatização existente na Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1013/indicacao_19.19_dedetizacao_escola_e_creche_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1013/indicacao_19.19_dedetizacao_escola_e_creche_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere providências para a realização de dedetização nos prédios da Escola Estadual Stela Boer Maioli, Creche Municipal Maria Helena Specian Fiani e Projeto Espaço Amigo.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1014/indicacao_20.19_responsavel_saida_de_criancas_d_hOaPNzo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1014/indicacao_20.19_responsavel_saida_de_criancas_d_hOaPNzo.pdf</t>
   </si>
   <si>
     <t>sugere providências para a designação de responsável pela entrada e saída das crianças da  Escola Estadual Stela Boer Maioli, Creche Municipal Maria Helena Specian Fiani e Projeto Espaço Amigo.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1015/indicacao_21.19_cobertura_saida_da_escola_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1015/indicacao_21.19_cobertura_saida_da_escola_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere providências para cobertura da passarela utilizada pelos alunos para entrarem na Escola Municipal “Stela Boer Maioli”.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1016/indicacao_22.19_ar_condicionado_agentes_de_saud_xwiCa2e.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1016/indicacao_22.19_ar_condicionado_agentes_de_saud_xwiCa2e.pdf</t>
   </si>
   <si>
     <t>Sugere providências para a instalação de ar-condicionado e três computadores na sala dos agentes comunitários de saúde.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1017/indicacao_23.19_limpeza_de_terrenos_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1017/indicacao_23.19_limpeza_de_terrenos_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere providências para a limpeza de terrenos baldios.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1018/indicacao_24.19_recolocar_nome_casa_do_trabalha_YiXMnUX.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1018/indicacao_24.19_recolocar_nome_casa_do_trabalha_YiXMnUX.pdf</t>
   </si>
   <si>
     <t>Sugere a repintura do nome do prédio da Escola de Moda Rosa Maria dos Santos Rodrigues, antiga Casa do Trabalhador.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1019/indicacao_25.19_programa_obesidade_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1019/indicacao_25.19_programa_obesidade_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere providências para a designação de educador físico e psicólogo para o Programa Linha de Cuidado Sobrepeso e Obesidade. Sugere também realização de convênio com academia visando o atendimento dos pacientes do programa em atividades físicas diversas como hidroginástica.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1020/indicacao_26.19_providencias_imobiliarias_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1020/indicacao_26.19_providencias_imobiliarias_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere providências junto as imobiliárias que atuam em nosso município, para que estas cuidem dos terrenos e casas que estão alugando, evitando acumulo de sujeira.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1023/indicacao_27.19_limpeza_rua_da_feira_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1023/indicacao_27.19_limpeza_rua_da_feira_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja designado um(a) servidor(a) para ajudar a servidora Santa Maria na limpeza, aos domingos, da rua onde ocorre a feira municipal</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1024/indicacao_28.19_reforma_piso_quadra_emefi_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1024/indicacao_28.19_reforma_piso_quadra_emefi_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja reformado o piso da quadra de esportes da Escola Municipal “Stela Boer Maioli”.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1025/indicacao_29.19_levantamento_buracos_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1025/indicacao_29.19_levantamento_buracos_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja realizado um levantamento e posterior conserto dos buracos existentes nas ruas de nosso município.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1026/indicacao_30.19_solicita_reajuste_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1026/indicacao_30.19_solicita_reajuste_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja encaminhado projeto de lei para a concessão de reajuste salarial aos servidores da Prefeitura Municipal de Salmourão</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1027/indicacao_31.19_curso_corte_e_costura_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1027/indicacao_31.19_curso_corte_e_costura_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja oferecido curso de corte e costura a população de Salmourão, de forma gratuita e através do CRAS.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1036/indicacao_32.19_dedetizacao_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1036/indicacao_32.19_dedetizacao_eduardo.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada uma dedetização no município para diminuir a incidência de mosquitos.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1037/indicacao_33.19_curso_corte_e_costura_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1037/indicacao_33.19_curso_corte_e_costura_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a reativação do curso de corte e costura.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1038/indicacao_34.19_local_para_produtores_rurais_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1038/indicacao_34.19_local_para_produtores_rurais_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que seja fornecido um prédio para que os produtores rurais possam vender diariamente os produtos que produzem.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1039/indicacao_35.19_residuos_organicos_coleta_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1039/indicacao_35.19_residuos_organicos_coleta_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que no mesmo dia da coleta de reciclados seja realizada uma coleta de resíduos orgânicos e que seja estabelecido programa, com local e procedimento, para transformar estes resíduos orgânicos em adubo a ser disponibilizado de forma gratuita aos agricultores.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1040/indicacao_36.19_hortas_em_terrenos_baldios_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1040/indicacao_36.19_hortas_em_terrenos_baldios_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que a administração incentive a criação de hortas orgânicas comunitárias em terrenos baldios existentes em nossa cidade.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1041/indicacao_37.19_reajuste_ticket_alimentacao_.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1041/indicacao_37.19_reajuste_ticket_alimentacao_.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de projeto de lei para reajuste do ticket alimentação dos servidores da Prefeitura Municipal</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1042/indicacao_38.19_reajuste_salarial_junto_com_sal_ZFEJtq9.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1042/indicacao_38.19_reajuste_salarial_junto_com_sal_ZFEJtq9.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de projeto de lei para que a remuneração de todos os servidores públicos municipais sejam reajustados juntamente com o salário dos professores e o salário mínimo</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1043/indicacao_39.19_pombos_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1043/indicacao_39.19_pombos_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere para que sejam tomadas providências para a retirada dos pombos que tem feito ninhos no Ginásio de Esportes e no Centro de Saúde.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1044/indicacao_40.19_redutores_de_velocidade_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1044/indicacao_40.19_redutores_de_velocidade_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de redutores de velocidade nos seguintes locais: 1. Na vicinal Antônio Gonçalves de Castro, ao lado da Conj. Habitacional Primavera. 2. Rua Bartolomeu Bueno, antes e depois do Centro de Saúde.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1045/indicacao_41.19_wifi_gratis_rodoviaria_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1045/indicacao_41.19_wifi_gratis_rodoviaria_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de rede wifi com acesso grátis a internet no Terminal Rodoviário Lourival Dias Neves.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1046/indicacao_42.19_parquinho_praca_da_bandeira_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1046/indicacao_42.19_parquinho_praca_da_bandeira_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de parque infantil na Praça da Bandeira.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1055/indicacao_43.19_nome_de_ruas_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1055/indicacao_43.19_nome_de_ruas_villas.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de placas de identificação com o nome das ruas do Residencial Villas  e também das demais ruas do município que está sem placa de identificação.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1056/indicacao_44.19_obras_paradas_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1056/indicacao_44.19_obras_paradas_villas.pdf</t>
   </si>
   <si>
     <t>Sugere esforços verdadeiros do executivo municipal no sentido de colocar em funcionamento a UBS do Jardim Toquemburgo e em dar continuidade das obras da Creche Escola.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1057/indicacao_45.19_recapeamento_ruas_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1057/indicacao_45.19_recapeamento_ruas_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada manutenção na pavimentação das seguintes ruas: João Manoel Clara, Bartolomeu Bueno, Moacir dos Reis, Dona Rosa Raimunda Elorza, José Santanta e Tavessa F.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1058/indicacao_46.19_pombos_stela_boer_maioli_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1058/indicacao_46.19_pombos_stela_boer_maioli_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere providência para a retirada dos pombos existentes no pátio da Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1059/indicacao_47.19_conserto_em_bueiros_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1059/indicacao_47.19_conserto_em_bueiros_diego.pdf</t>
   </si>
   <si>
     <t>Sugere providência para conserto de bueiro existente na Av. Pres. Castelo Branco, na proximidade do inicio do Bairro Izabel Martins Villas (Remanso das Águas), defronte a cada da Sra. Carmita. Sugiro também que sejam avaliados consertos nos demais bueiros da cidade de Salmourão.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1060/indicacao_48.19_melhorias_na_praca_da_bandeira_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1060/indicacao_48.19_melhorias_na_praca_da_bandeira_diego.pdf</t>
   </si>
   <si>
     <t>Sugere providência para a realização de melhorias na Praça da Bandeira, como plantio de grama nos canteiros e serviços de paisagismo.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1061/indicacao_49.19_melhorias_na_praca_da_bandeira_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1061/indicacao_49.19_melhorias_na_praca_da_bandeira_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que na agenda de viagens para o transporte de pacientes a hospitais e clinicas de outras municípios seja acrescentado os telefones dos pacientes transportados.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Fernando Roçato, Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1065/indicacao_50.19_redutores_de_velocidade_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1065/indicacao_50.19_redutores_de_velocidade_fernando.pdf</t>
   </si>
   <si>
     <t>sugere a instalação de redutores de velocidade nos seguintes locais: 1. Na rua Raposo Tavares, entre a rua Olivia Gomes Augusto e a Av. Pres. Castelo Branco. 2. Na rua Raposo Tavares, entre a Av. Castelo Branco e a rua Pedro Ricardo Martins.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1066/indicacao_51.19_banheiro_no_bosque_municipal_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1066/indicacao_51.19_banheiro_no_bosque_municipal_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de um banheiro público no Bosque Municipal.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1067/indicacao_52.19_redutor_de_velocidade_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1067/indicacao_52.19_redutor_de_velocidade_eduardo.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de redutores de velocidade no seguinte local: 1. Na rua José Cezário da Silva, defronte a casa do Sr. Adão Cassimiro.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1068/indicacao_53.19_vigilancia_com_cameras_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1068/indicacao_53.19_vigilancia_com_cameras_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de sistema de monitoramento com câmeras em pontos estratégicos da cidade.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Diego Delmore, Dedinho</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1069/indicacao_54.19_aumento_ticket_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1069/indicacao_54.19_aumento_ticket_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a concessão de aumento de R$ 50,00 no valor do ticket alimentação dos servidores da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1070/indicacao_55.19_retirada_de_aparelhos_da_praca__A8rJpeN.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1070/indicacao_55.19_retirada_de_aparelhos_da_praca__A8rJpeN.pdf</t>
   </si>
   <si>
     <t>sugere que sejam retirados os aparelhos da academia ao ar livre existente na Praça da Bandeira, pois, os aparelhos estão quebrados e possuem pontas que podem causar acidentes  nas crianças que utilizam o local como parque infantil. Também solicito que no local seja instalado um parque infantil para nossas crianças.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1071/indicacao_56.19_construcao_de_canaleta_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1071/indicacao_56.19_construcao_de_canaleta_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que seja construída uma canaleta na extremidade direita da esquina entra a Av. Castelo Branco e a Rua Raposo Tavares, como foi construída na extremidade esquerda na mesma esquina.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1072/indicacao_57.19_maquina_de_lavar_roupa_centro_d_CCrfiAM.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1072/indicacao_57.19_maquina_de_lavar_roupa_centro_d_CCrfiAM.pdf</t>
   </si>
   <si>
     <t>sugere a aquisição de uma maquina de lavar roupa para a lavanderia do centro de saúde.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1073/indicacao_58.19_manutencao_jardim_guanabara_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1073/indicacao_58.19_manutencao_jardim_guanabara_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere manutenção de trechos das ruas Palmira Pacheco e José Antônio Martins, ambas do Bairro Esmeraldo Manoel Beijamim (Jardim Guanabara),  conforme fotos anexas.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1074/indicacao_59.19_reforma_creche_municipal_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1074/indicacao_59.19_reforma_creche_municipal_villas.pdf</t>
   </si>
   <si>
     <t>Sugere a reforma e pintura do prédio da Creche Municipal Maria Helena Specian Fiani.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1075/indicacao_60.19_equipe_home_care_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1075/indicacao_60.19_equipe_home_care_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que seja montada e treinada uma equipe de home care para o atendimento de pacientes acamados.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1107/indicacao_61.19_tv_para_projeto_espaco_amigo_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1107/indicacao_61.19_tv_para_projeto_espaco_amigo_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição de uma TV para o Projeto Espaço Amigo.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1108/indicacao_62.19_reuniao_com_todos_os_setores_sobre_mudanca_nos_holerites_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1108/indicacao_62.19_reuniao_com_todos_os_setores_sobre_mudanca_nos_holerites_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere realização de reunião com todos os setores da administração para explicar aos servidores as mudanças realizadas com relação a impressão de holerites.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1109/indicacao_63.19_concessao_de_cesta_basica.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1109/indicacao_63.19_concessao_de_cesta_basica.pdf</t>
   </si>
   <si>
     <t>Sugere medidas em caráter de urgência para que sejam adotadas medidas para concessão aos servidores da Prefeitura Municipal de uma cesta básica mensal, o que será de extrema importância para melhoria da qualidade de vida dos mesmos sem onerar demasiadamente os cofres públicos.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1110/indicacao_64.19_desenvolvimento_agricola.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1110/indicacao_64.19_desenvolvimento_agricola.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre quais os projetos ligados ao desenvolvimento do setor agrícola implantados pela atual administração até a presente data e qual o valor gasto pela atual administração em atividades ligadas ao apoio ao pequeno e médio produtor rural do Município. Além das medidas relacionadas a formação e desenvolvimento da Associação dos Produtores Rurais</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1111/indicacao_65.19_geracao_de_emprego_e_renda.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1111/indicacao_65.19_geracao_de_emprego_e_renda.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre quais as medidas concretas adotadas para geração e emprego e renda no Município de Salmourão. Em qual empresa da região foi feita uma reunião efetiva para que os mesmos pudessem se instalar no Município e porque não foi cumprida uma das principais metas de sua gestão que era a construção de Barracões para geração de emprego e renda.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1112/indicacao_66.19_capoterapia_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1112/indicacao_66.19_capoterapia_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a implantação no município de um projeto de Capoterapia, que consiste em aulas de capoeira adaptado para idosos.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1113/indicacao_67.19_limpeza_climatizadores_stela_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1113/indicacao_67.19_limpeza_climatizadores_stela_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a limpeza dos climatizadores das salas de aula da Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1114/indicacao_68.19_instalacao_de_ventiladores_stela_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1114/indicacao_68.19_instalacao_de_ventiladores_stela_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de ventiladores nas salas de aula número 2 e 3 da Escola Municipal Stela Boer Maioli, bem como, a manutenção dos ventiladores existentes nas demais salas de aula.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1115/indicacao_69.19_merenda_especial_dia_das_criancas_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1115/indicacao_69.19_merenda_especial_dia_das_criancas_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja disponibilizada a todas as crianças atendidas pelo município, seja nas escolas, no projeto espaço amigo e na creche Maria Helena Specian Fini - "Comecinho de Vida, uma merenda especial na semana que antecede o dia das crianças.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1116/indicacao_70.19_aumento_ticket_alimentacao_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1116/indicacao_70.19_aumento_ticket_alimentacao_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere o aumento no valor do ticket alimentação dos servidores municipais.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1117/indicacao_71.19_instalacao_de_redutores_de_velocidade_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1117/indicacao_71.19_instalacao_de_redutores_de_velocidade_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugerindo a instalação de redutores de velocidade nos seguintes locais:_x000D_
 1. Dois redutores na saída do município para Rubiácea, ao lado do Conjunto Habitacional Primavera, na Vicinal Antônio Gonçalves de Castro._x000D_
 2. Um redutor de velocidade defronte ao velório municipal.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1118/indicacao_72.19__luz_e_letreiro_rodoviaria_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1118/indicacao_72.19__luz_e_letreiro_rodoviaria_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a substituição de lâmpadas e manutenção do letreiro do Terminal Rodoviário Lourival Dias Neves.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1119/indicacao_73.19__gerador_de_energia_centro_de_saude_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1119/indicacao_73.19__gerador_de_energia_centro_de_saude_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição de gerador de energia elétrica para a Unidade Básica de Saúde, especialmente para a sala de vacinas.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1120/indicacao_74.19_canaleta_rua_lirio_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1120/indicacao_74.19_canaleta_rua_lirio_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a construção de uma canaleta de escoamento de água na rua Lírio esquina com a rua Azaleia no Conjunto Habitacional Primavera.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1121/indicacao_75.19_aparelho_de_eletro_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1121/indicacao_75.19_aparelho_de_eletro_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição de 2 aparelhos de eletrocardiograma (ECG), 1 para a Unidade Básica de Saúde e outro para a UBS Arnaldo Rabassi no Jardim Toquemburgo.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1122/indicacao_76.19_cameras_de_monitoramente_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1122/indicacao_76.19_cameras_de_monitoramente_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de sistema de monitoramento com câmeras em pontos estratégicos da cidade, especialmente no comércio e nos prédios públicos</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1123/indicacao_77.19_ar_condicionado_psicologa_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1123/indicacao_77.19_ar_condicionado_psicologa_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de aparelho de ar condicionado na sala da psicologa da Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1124/indicacao_78.19_fonoaudiologo__fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1124/indicacao_78.19_fonoaudiologo__fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a contratação de um profissional de fonoaudiologia para atender na Unidade Básica de Saúde e na Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1125/indicacao_79.19_reforma_centro_de_lazer_trabalhadores_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1125/indicacao_79.19_reforma_centro_de_lazer_trabalhadores_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere medidas em caráter de urgência para que sejam efetuados os serviços de manutenção/reforma no Centro de Lazer do Trabalhador de Salmourão (Piscinas Públicas), tendo em vista a difícil situação que se encontra o local. Sendo ainda que seja informado, se foi assinado convênio junto ao Governo Estadual ou Federal para reforma do local, constando, caso isso ocorreu o valor do mesmo e se já foi efetuada a abertura do processo de licitação. Caso esse procedimento não tenha ocorrido, o que está levando ao atraso no início de uma obra tão importante para a comunidade.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1126/indicacao_80.19_cesta_basica_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1126/indicacao_80.19_cesta_basica_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere medidas em caráter de urgência para concessão aos servidores da Prefeitura Municipal de uma cesta básica mensal, o que será de extrema importância para melhoria da qualidade de vida dos mesmos sem onerar demasiadamente os cofres públicos.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1127/indicacao_81.19_associacao_produtores_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1127/indicacao_81.19_associacao_produtores_sonia.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, e reiterando inúmeras indicações anteriores sobre a matéria, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo medidas em caráter de urgência para que seja dado no necessário apoio a eleição e continuidade dos trabalhos da Nova Diretoria e fortalecimento das atividades da Associação dos Produtores Rurais de Salmourão.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1128/indicacao_82.19_desconto_uso_maquinas_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1128/indicacao_82.19_desconto_uso_maquinas_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a elaboração norma legal que possibilite o desconto de valor cobrado nas horas trabalhadas pelas máquinas da Prefeitura Municipal (Pá Carregadeira, Moto Niveladora e Retro Escavadeira, visando o atendimento do pequeno e médio produtor rural.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1129/indicacao_83.19_doacao_de_mudas_produtores_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1129/indicacao_83.19_doacao_de_mudas_produtores_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a implantação de doação de mudas aos produtores rurais, em especial mudas de café, o que contribuirá para melhoria da renda dos mesmos, principalmente aqueles que trabalham em regime de economia familiar, e geração de emprego a comunidade de nosso Município.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1130/indicacao_84.19_ampliacao_velorio_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1130/indicacao_84.19_ampliacao_velorio_sonia.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado o Excelentíssimo Senhor Prefeito Municipal, sugerindo medidas visando reforma e ampliação do Velório Municipal.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1131/indicacao_29.19_levantamento_buracos_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1131/indicacao_29.19_levantamento_buracos_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a implantação de Galeria para Captação de Águas Pluviais no prolongamento da Av. Santos Dumont (estrada que da acesso a Fazenda Tamara – proximidades do Cemitério Municipal).</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1132/indicacao_86.19_canoagem_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1132/indicacao_86.19_canoagem_sonia.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado o Excelentíssimo Senhor Prefeito Municipal, se nem algum momento desta administração foram solicitados recursos junto ao Governo do Estado de São Paulo ou Governo Federal, para realização das Provas do Campeonato Paulista de Canoagem em nosso Município, tendo em vista que referidas provas poderiam contribuir para implantação definitiva do Projeto que quer tornar Salmourão um Município de Interesse Turístico gerando emprego e renda a nossa população.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1133/indicacao_87.19_geracao_de_emprego_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1133/indicacao_87.19_geracao_de_emprego_sonia.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado o Excelentíssimo Senhor Prefeito Municipal, que seja agendada uma reunião em caráter de urgência para realização de reunião conjunta entre o Poder Executivo e integrantes desta Egrégia Casa de Leis, para encontrarmos formas concretas para implantação de Projeto ou medidas visando a geração de emprego e renda a população de nosso Município, principalmente os jovens que diariamente se dirigem para cidades vizinhas, principalmente Osvaldo Cruz para poder ter a chance de ter seu primeiro emprego.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1134/indicacao_88.19_aquisicao_de_equipamentos_rede_eletrica_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1134/indicacao_88.19_aquisicao_de_equipamentos_rede_eletrica_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição de todos os materiais necessários para a manutenção e melhoria da iluminação pública da cidade de Salmourão.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1135/indicacao_89.19_pintura_do_cemiterio_municipal_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1135/indicacao_89.19_pintura_do_cemiterio_municipal_villas.pdf</t>
   </si>
   <si>
     <t>Sugere a pintura do cemitério municipal para o Dia de Finados.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1136/indicacao_90.19_pintura_e_reforma_da_creche_municipal_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1136/indicacao_90.19_pintura_e_reforma_da_creche_municipal_villas.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo a pintura e reforma da Creche Municipal Maria Helena Specian Finai – Comecinho de Vida.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1137/indicacao_91.19_tapar_buracos_vicinal_salmurao_rubiacea_leandroche_municipal_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1137/indicacao_91.19_tapar_buracos_vicinal_salmurao_rubiacea_leandroche_municipal_villas.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja realizada uma operação tapa buracos e a repintura da sinalização de solo (demarcação central) da vicinal que liga Salmourão ao município de Rubiácea.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1138/indicacao_92.19_gerador_de_energia_sala_vacinas_leandroche_municipal_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1138/indicacao_92.19_gerador_de_energia_sala_vacinas_leandroche_municipal_villas.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo a aquisição de um gerador para a sala da vacinas da Unidade Básica de Saúde de Salmourão.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1139/indicacao_93.19_reuniao_energisa_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1139/indicacao_93.19_reuniao_energisa_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja organizada uma reunião entre prefeito, vereadores, representantes de empresas, comércio e comunidade e a Energisa para abordar o problema das constantes interrupções do fornecimento de energia elétrica para o nosso município.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1140/indicacao_94.19_ubs_veiculo_urgencia_e_emergencia_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1140/indicacao_94.19_ubs_veiculo_urgencia_e_emergencia_fernando.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja disponibilizado na UBS – Arnaldo Rabassi, situada no Jardim Toquemburgo, o que segue:_x000D_
 1 – Linha telefônica;_x000D_
 2 – Veículo para urgência e emergência;_x000D_
 3 – Medicamentos para urgência e emergência.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1141/indicacao_95.19_bandeira_para_praca_da_bandeira_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1141/indicacao_95.19_bandeira_para_praca_da_bandeira_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja adquirida Bandeira Nacional para ser colocada no mastro existente na Praça da Bandeira.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1142/indicacao_96.19_lanche_pacientes_marilia_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1142/indicacao_96.19_lanche_pacientes_marilia_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que o município volte a fornecer lanches para os pacientes que se deslocam a cidade de Marília para consultas médicas.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1143/indicacao_97.19_cortinas_para_o_onibus_de_trabalhadores_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1143/indicacao_97.19_cortinas_para_o_onibus_de_trabalhadores_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo a instalação de cortinas no ônibus que faz o transporte de trabalhadores para a cidade de Osvaldo Cruz.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1144/indicacao_98.19_lixeiras_nas_pracas_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1144/indicacao_98.19_lixeiras_nas_pracas_fernando.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo a instalação de lixeiras em todas as praças da cidade, especialmente na Praça da Bandeira. Acompanhada de campanha de conscientização contra a depredação de bens públicos.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1145/indicacao_99.19_substituicao_aparelhos_de_ginastica_praca_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1145/indicacao_99.19_substituicao_aparelhos_de_ginastica_praca_fernando.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que sejam retirados e posteriormente substituídos os aparelhos de ginástica existentes na Praça da Bandeira.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1146/indicacao_100.19_multirao_de_limpeza_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1146/indicacao_100.19_multirao_de_limpeza_fernando.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja realizado um mutirão de limpeza em toda a nossa cidade, com a finalidade de acabar com locais de proliferação de insetos que causam doenças como a dengue.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1147/indicacao_101.19_instalacao_de_parques_infantis_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1147/indicacao_101.19_instalacao_de_parques_infantis_fernando.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que sejam instalados parques infantis nos bairros de nossa cidade, com o devido cuidado e fiscalização para que os brinquedos não sejam depredados.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1148/indicacao_102.19_compra_de_material_equipde_de_endemias_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1148/indicacao_102.19_compra_de_material_equipde_de_endemias_fernando.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja realizada a compra de todo o material necessário para que a equipe de combate a endemias possa realizar seu trabalho com maestria.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1149/indicacao_103.19_brinquedos_na_praca_pra_criancas_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1149/indicacao_103.19_brinquedos_na_praca_pra_criancas_fernando.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que em virtude da Festa do Natal sejam disponibilizados brinquedos na Praça da Bandeira para as crianças possam ter um dia de alegria e brincadeiras.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1150/indicacao_104.19_reforma_centro_de_lazer_dos_trabalhadores_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1150/indicacao_104.19_reforma_centro_de_lazer_dos_trabalhadores_sonia.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, para que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo medidas em caráter de urgência para que sejam efetuados os serviços de manutenção/reforma no Centro de Lazer do Trabalhador de Salmourão (Piscinas Públicas), tendo em vista a difícil situação que se encontra o local. Sendo ainda que seja informado, se foi assinado convênio junto ao Governo Estadual ou Federal para reforma do local, constando, caso isso ocorreu o valor do mesmo e o número da conta em que o mesmo está depositado, além de informação e se já foi efetuado a abertura do processo de licitação e se isto não ocorreu, quais os motivos que justificam a não realização desta medida.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1151/indicacao_105.19_termino_obras_estadio_municipal_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1151/indicacao_105.19_termino_obras_estadio_municipal_sonia.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, para que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo medidas em caráter de urgência para que seja efetuado o término dos trabalhos que se iniciaram no Estádio Municipal Benedito Franco de Godoy, onde a Prefeitura Municipal efetuou o aterramento da divisa do Muro da Escola Estadual Hans Wirth e não adotou nenhuma medida para garantir o escoamento da água de chuva, causando inúmeros transtornos aos moradores, além do fato de no período de seca prolongada a poeira oriunda do local atingir todas as residências vizinhas devido ao fato da falta do plantio de grama ou serviço adequado para solução do grave problema apontado.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Wesley Barbosa, Diego Delmore</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1152/indicacao_106.19_cesta_de_natal_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1152/indicacao_106.19_cesta_de_natal_diego.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja concedida cesta de Natal para os servidores da Prefeitura Municipal de Salmourão.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1153/indicacao_107.19_plano_de_carreira_magisteiro_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1153/indicacao_107.19_plano_de_carreira_magisteiro_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que sejam incluídos no Plano de Carreira do Magistério os cargos de professor monitor, professor de arte e professor de educação física.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1154/indicacao_108.19_placas_de_reducao_de_velocidade_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1154/indicacao_108.19_placas_de_reducao_de_velocidade_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que sejam instaladas placas indicativas de redução de velocidade nas proximidades das escolas existentes em nossa cidade.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1155/indicacao_109.19_ventilados_escola_de_moda_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1155/indicacao_109.19_ventilados_escola_de_moda_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo a aquisição e instalação de ventiladores no prédio da Escola de Moda Rosa Maria dos Santos.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1156/indicacao_110.19_conserto_de_valeta_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1156/indicacao_110.19_conserto_de_valeta_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo o conserto de uma valeta existente na esquina entre as ruas José Cesário da Silva e Raposo Tavares.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1157/indicacao_111.19_bonificacao_de_natal_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1157/indicacao_111.19_bonificacao_de_natal_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja oferecido uma bonificação de natal para os servidores públicos.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Wesley Barbosa, Antônio Villas, Dedinho, Diego Delmore, Eduardinho do Pedrão, Fernando Roçato, João Leme, Professor Leandro, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/993/mocao_de_repudio_1.19.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/993/mocao_de_repudio_1.19.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio a instalação de pedágios na Rodovia Comandante João Ribeiro de Barros</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1002/mocao_de_repudio_2.19.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1002/mocao_de_repudio_2.19.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio pela EC 6/2019 (Reforma da Previdência)</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1003/mocao_de_repudio_3.19.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1003/mocao_de_repudio_3.19.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio pela alteração no encaminhamento de pacientes de cancer da região da Alta Paulista para hospitais da região e não mais para os hospitais de Barretos e Jaú.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor aos atletas Douglas Rodrigues de Souza e Milena Barbosa da Silva, pelos ótimos resultados conseguidos em competições de atletismo</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Dr. Feliberto Avilez Orgaz</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
     <t>Professor Leandro, Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1050/emenda_4_supressiva_ao_projeto_de_lei_11.2019_0JOWm4t.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1050/emenda_4_supressiva_ao_projeto_de_lei_11.2019_0JOWm4t.pdf</t>
   </si>
   <si>
     <t>Emenda nº 2 ao Projeto de Lei nº 11, de 2019, que suprime o parágrafo único do art. 1º do Projeto de Lei nº 11/2019, que dispõe sobre a criação do Conselho Tutelar e da criação de cargo de conselheiro tutelar, estabelecendo normas gerais para adequação, aplicações e dando outras providências</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1051/emenda_5_supressiva_ao_projeto_de_lei_11.2019.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1051/emenda_5_supressiva_ao_projeto_de_lei_11.2019.pdf</t>
   </si>
   <si>
     <t>Emenda nº 3 ao Projeto de Lei nº 11, DE 2019, que suprime o art. 18 do Projeto de Lei nº 11/2019, que dispõe sobre a criação do Conselho Tutelar e da criação de cargo de conselheiro tutelar, estabelecendo normas gerais para adequação, aplicações e dando outras providências</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>Antônio Villas, Diego Delmore</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1052/emenda_6_modificativa_ao_projeto_de_lei_11.2019.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1052/emenda_6_modificativa_ao_projeto_de_lei_11.2019.pdf</t>
   </si>
   <si>
     <t>Emenda nº 4 ao Projeto de Lei nº 11, de 2019, que modifica o inciso VI, do art. 14, do Projeto de Lei nº 11, de 2019, que dispõe sobre a criação do Conselho Tutelar e da criação de cargo de conselheiro tutelar, estabelecendo normas gerais para adequação, aplicações e dando outras providências</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1101/emenda_7_aditiva_ao_projeto_de_lei_21.2019.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1101/emenda_7_aditiva_ao_projeto_de_lei_21.2019.pdf</t>
   </si>
   <si>
     <t>Insere o § 2º ao art. 3º do Projeto de Lei nº 21, de 2019. que estima a receita e fixa a despesa do município de Salmourão para o exercício de 2020.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/970/projeto_de_lei_numero_01-2019_-_credito_adiciona_tWq75pZ.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/970/projeto_de_lei_numero_01-2019_-_credito_adiciona_tWq75pZ.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Créditos Adicional especial  para o exercício de 2019, no valor de 55.000,00.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/971/projeto_de_lei_numero_02-2019_-_credito_adiciona_dIC3dEc.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/971/projeto_de_lei_numero_02-2019_-_credito_adiciona_dIC3dEc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Créditos Adicional suplementar  para o exercício de 2019, no valor de R$ 340.000,00</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/972/projeto_de_lei_no_003-2019_-_autoriza_o_repasse__7JclKQ1.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/972/projeto_de_lei_no_003-2019_-_autoriza_o_repasse__7JclKQ1.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenções às entidades que especifica e estabelece outras providências, sendo Santa Casa de Misericórdia de Osvaldo Cruz, Apae de Adamantina e Casa da Esperança Emil Wirth de Salmourão.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/973/projeto_de_lei_numero_004_-_salario_minimo_2019.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/973/projeto_de_lei_numero_004_-_salario_minimo_2019.pdf</t>
   </si>
   <si>
     <t>Estabelece novo piso salarial dos servidores efetivos da rede municipal com carga horária de 40 horas semanais e adota outras providências</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1076/projeto_de_lei_no_16.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1076/projeto_de_lei_no_16.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Credito Adicional Especial para o exercício de 2019, no valor de 470.000,00 visando aquisição de equipamentos para Banda Marcial e Construção de Barracão Múltiplo Uso</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/975/requerimento_1.19_informacao_cestas_basicas_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/975/requerimento_1.19_informacao_cestas_basicas_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre distribuição de cestas básicas a família carentes</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/976/requerimento_2.19_informacao_devolucao_de_duodec_56ZB3FD.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/976/requerimento_2.19_informacao_devolucao_de_duodec_56ZB3FD.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre aplicações de recursos devolvidos pela Câmara Municipal</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/977/requerimento_3.19_informacao_sobre_medicamentos_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/977/requerimento_3.19_informacao_sobre_medicamentos_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a distribuição de medicamentos na Unidade Básica de Saúde de Salmourão</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/978/requerimento_4.19_unidade_basica_de_saude_ubs_ja_N8GFJeQ.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/978/requerimento_4.19_unidade_basica_de_saude_ubs_ja_N8GFJeQ.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a UBS (Unidade Básica de Saúde) do Jardim Toquemburgo (motivo do não funcionamento)</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/979/requerimento_5.19_creche_escola_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/979/requerimento_5.19_creche_escola_fernando.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a não conclusão da Creche Escola (motivo da obra estar parada). Requer também documentos sobre a referida obra.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/986/requerimento_6.19_coleta_de_lixo_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/986/requerimento_6.19_coleta_de_lixo_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre coleta de lixo</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/992/requerimento_7.19_prestacao_de_contas_fundo_soci_fky6Nec.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/992/requerimento_7.19_prestacao_de_contas_fundo_soci_fky6Nec.pdf</t>
   </si>
   <si>
     <t>Requer prestações de contas de eventos do Fundo Social de Solidariedade</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/996/requerimento_8.19_solicita_informacao_demissao_a_DpNWCFS.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/996/requerimento_8.19_solicita_informacao_demissao_a_DpNWCFS.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre demissão de aposentados da Prefeitura Municipal de Salmourão</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/997/requerimento_9.19_atraso_ticket_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/997/requerimento_9.19_atraso_ticket_fernando.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre atraso no pagamento do ticket alimentação dos servidores da Prefeitura Municipal</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/998/requerimento_10.19_obra_cci_parada_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/998/requerimento_10.19_obra_cci_parada_fernando.pdf</t>
   </si>
   <si>
     <t>Solicita informação sobre obra parada (Centro de Convivência dos Idosos)</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/999/requerimento_11.19_licitacoes_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/999/requerimento_11.19_licitacoes_fernando.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre licitações para aquisição de pneus, merenda escolar e material escolar</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1000/requerimento_12.19_recibos_de_caminhao_de_terra_xVTdWYx.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1000/requerimento_12.19_recibos_de_caminhao_de_terra_xVTdWYx.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre recibo de pagamento de taxa para o fornecimento de caminhões de terra</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1001/requerimento_13.19_relacao_das_empresas_da_lici_N8U3jQD.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1001/requerimento_13.19_relacao_das_empresas_da_lici_N8U3jQD.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre as empresas que participaram da licitação para construção de Creche Escola</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>Diego Delmore, Dedinho, Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/995/requerimento_cei_creche_escola.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/995/requerimento_cei_creche_escola.pdf</t>
   </si>
   <si>
     <t>Requer a Instalação de Comissão Especial de Inquérito</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1022/requerimento_15.19_vagas_creche_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1022/requerimento_15.19_vagas_creche_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre falta de vagas para crianças de 2 e 3 anos na creche municipal Comecinho de Vida "Maria Helena Specian Fiani"</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1031/requerimento_16.19_casa_da_moda_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1031/requerimento_16.19_casa_da_moda_diego.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a desativação da Casa da Moda</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1032/requerimento_17.19_associacao_produtores_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1032/requerimento_17.19_associacao_produtores_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Associação dos Produtores Rurais de Salmourão</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>Dedinho, Diego Delmore, João Leme</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 9, de 2019</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1033/requerimento_19.19_informacao_demissao_aposenta_FPYhGv9.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1033/requerimento_19.19_informacao_demissao_aposenta_FPYhGv9.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre demissão de aposentados</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1053/requerimento_20.19_educacao_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1053/requerimento_20.19_educacao_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informação e documentos sobre a aplicação de recursos municipais na educação</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>Fernando Roçato, Antônio Villas</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1064/requerimento_21.19_nota_grade_creche_escola_fer_tarr7Rr.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1064/requerimento_21.19_nota_grade_creche_escola_fer_tarr7Rr.pdf</t>
   </si>
   <si>
     <t>Requer documentos referentes a construção da Creche Escola</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>Dedinho, Diego Delmore, Eduardinho do Pedrão</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 17, de 2019</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1085/req._23.19_urgencia_espec..pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1085/req._23.19_urgencia_espec..pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 19, DE 2019</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1088/req._24.19_urgencia_especial_cred._ad._400000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1088/req._24.19_urgencia_especial_cred._ad._400000.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 20/2019</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1090/requerimento_25.19_sabesp_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1090/requerimento_25.19_sabesp_fernando.pdf</t>
   </si>
   <si>
     <t>Requer a presidência que solicite informações sobre falta de fornecimento de água no município de Salmourão durante o final de semana de 12 e 13 de outubro de 2019</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1091/requerimento_26.19_sabesp_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1091/requerimento_26.19_sabesp_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer a presidência que convide o gerente regional da Sabesp a dar informações sobre falta de fornecimento de água no município de Salmourão durante o final de semana de 12 e 13 de outubro de 2019</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1093/requerimento_27.19_notas_obra_cobertura_almoxarifado_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1093/requerimento_27.19_notas_obra_cobertura_almoxarifado_villas.pdf</t>
   </si>
   <si>
     <t>Requer documentos referente a construção de cobertura no Almoxarifado Municipal</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>Dedinho</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 22/2019</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1096/requerimento_29.19_informacao_sobre_desconto_multas_motoristas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1096/requerimento_29.19_informacao_sobre_desconto_multas_motoristas.pdf</t>
   </si>
   <si>
     <t>Requer informação à Prefeitura Municipal de Salmourão sobre regulamentação e forma de desconto de infrações de trânsito nos salários dos motoristas da prefeitura.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1099/requerimento_30.19_urgencia_especial_credito_adicional_670000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1099/requerimento_30.19_urgencia_especial_credito_adicional_670000.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 24/2019, do Poder Executivo, que trata de autorização para crédito adicional suplementar no valor de 670.000,00</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1102/requerimento_31.19_escalas_de_trablho_enfermeiros_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1102/requerimento_31.19_escalas_de_trablho_enfermeiros_fernando.pdf</t>
   </si>
   <si>
     <t>Requer documentos da Secretaria Municipal de Saúde de Salmourão, referente a escala de plantão dos enfermeiros, técnicos e auxiliares de enfermagem e referente ao responsável técnico da Unidade de Saúde junto ao Conselho Regional de Enfermagem (COREN).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2204,67 +2204,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/980/indicacao_1.19_protecao_bueiros_eduardo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/981/indicacao_2.19_construcao_de_redutor_de_velocida_dmH4bhM.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/982/indicacao_3.19_tapar_buracos_ruas_leandro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/983/indicacao_4.19_ventilador_velorio_fernando.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/984/indicacao_5.19_guarita_ganabara_fernando.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/987/indicacao_6.19_associacao_produtores_rurais_sonia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/988/indicacao_7.19_desconto_horas_trabalhadas_maquinas_sonia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/989/indicacao_8.19_creche_escola_sonia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/990/indicacao_9.19_caminhao_terra_valor_leandro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1004/indicacao_10.19_conselho_bem_estar_animal_diego.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1005/indicacao_11.19_pintura_de_numeros_nos_postes_diego.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1006/indicacao_12.19_adesivo_veiculo_conselhor_tutelar_diego.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1007/indicacao_13.19_tapar_buracos_vicinal_villas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1008/indicacao_14.19_sonia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1009/indicacao_15.19_providencia_larvas_dengue_villas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1010/indicacao_16.19_equipamentos_para_reciclagem_de_i8pVjIJ.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1011/indicacao_17.19_reforma_stela_boer_maioli_sonia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1012/indicacao_18.19_limpeza_sistema_de_climaizacao__trMGCxJ.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1013/indicacao_19.19_dedetizacao_escola_e_creche_fernando.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1014/indicacao_20.19_responsavel_saida_de_criancas_d_hOaPNzo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1015/indicacao_21.19_cobertura_saida_da_escola_fernando.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1016/indicacao_22.19_ar_condicionado_agentes_de_saud_xwiCa2e.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1017/indicacao_23.19_limpeza_de_terrenos_fernando.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1018/indicacao_24.19_recolocar_nome_casa_do_trabalha_YiXMnUX.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1019/indicacao_25.19_programa_obesidade_fernando.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1020/indicacao_26.19_providencias_imobiliarias_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1023/indicacao_27.19_limpeza_rua_da_feira_leandro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1024/indicacao_28.19_reforma_piso_quadra_emefi_leandro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1025/indicacao_29.19_levantamento_buracos_leandro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1026/indicacao_30.19_solicita_reajuste_leandro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1027/indicacao_31.19_curso_corte_e_costura_leandro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1036/indicacao_32.19_dedetizacao_eduardo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1037/indicacao_33.19_curso_corte_e_costura_diego.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1038/indicacao_34.19_local_para_produtores_rurais_diego.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1039/indicacao_35.19_residuos_organicos_coleta_diego.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1040/indicacao_36.19_hortas_em_terrenos_baldios_diego.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1041/indicacao_37.19_reajuste_ticket_alimentacao_.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1042/indicacao_38.19_reajuste_salarial_junto_com_sal_ZFEJtq9.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1043/indicacao_39.19_pombos_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1044/indicacao_40.19_redutores_de_velocidade_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1045/indicacao_41.19_wifi_gratis_rodoviaria_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1046/indicacao_42.19_parquinho_praca_da_bandeira_wesley.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1055/indicacao_43.19_nome_de_ruas_villas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1056/indicacao_44.19_obras_paradas_villas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1057/indicacao_45.19_recapeamento_ruas_leandro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1058/indicacao_46.19_pombos_stela_boer_maioli_leandro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1059/indicacao_47.19_conserto_em_bueiros_diego.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1060/indicacao_48.19_melhorias_na_praca_da_bandeira_diego.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1061/indicacao_49.19_melhorias_na_praca_da_bandeira_diego.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1065/indicacao_50.19_redutores_de_velocidade_fernando.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1066/indicacao_51.19_banheiro_no_bosque_municipal_fernando.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1067/indicacao_52.19_redutor_de_velocidade_eduardo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1068/indicacao_53.19_vigilancia_com_cameras_diego.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1069/indicacao_54.19_aumento_ticket_diego.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1070/indicacao_55.19_retirada_de_aparelhos_da_praca__A8rJpeN.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1071/indicacao_56.19_construcao_de_canaleta_diego.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1072/indicacao_57.19_maquina_de_lavar_roupa_centro_d_CCrfiAM.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1073/indicacao_58.19_manutencao_jardim_guanabara_leandro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1074/indicacao_59.19_reforma_creche_municipal_villas.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1075/indicacao_60.19_equipe_home_care_diego.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1107/indicacao_61.19_tv_para_projeto_espaco_amigo_leandro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1108/indicacao_62.19_reuniao_com_todos_os_setores_sobre_mudanca_nos_holerites_leandro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1109/indicacao_63.19_concessao_de_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1110/indicacao_64.19_desenvolvimento_agricola.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1111/indicacao_65.19_geracao_de_emprego_e_renda.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1112/indicacao_66.19_capoterapia_diego.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1113/indicacao_67.19_limpeza_climatizadores_stela_leandro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1114/indicacao_68.19_instalacao_de_ventiladores_stela_leandro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1115/indicacao_69.19_merenda_especial_dia_das_criancas_leandro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1116/indicacao_70.19_aumento_ticket_alimentacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1117/indicacao_71.19_instalacao_de_redutores_de_velocidade_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1118/indicacao_72.19__luz_e_letreiro_rodoviaria_fernando.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1119/indicacao_73.19__gerador_de_energia_centro_de_saude_fernando.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1120/indicacao_74.19_canaleta_rua_lirio_fernando.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1121/indicacao_75.19_aparelho_de_eletro_fernando.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1122/indicacao_76.19_cameras_de_monitoramente_fernando.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1123/indicacao_77.19_ar_condicionado_psicologa_fernando.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1124/indicacao_78.19_fonoaudiologo__fernando.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1125/indicacao_79.19_reforma_centro_de_lazer_trabalhadores_sonia.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1126/indicacao_80.19_cesta_basica_sonia.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1127/indicacao_81.19_associacao_produtores_sonia.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1128/indicacao_82.19_desconto_uso_maquinas_sonia.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1129/indicacao_83.19_doacao_de_mudas_produtores_sonia.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1130/indicacao_84.19_ampliacao_velorio_sonia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1131/indicacao_29.19_levantamento_buracos_leandro.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1132/indicacao_86.19_canoagem_sonia.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1133/indicacao_87.19_geracao_de_emprego_sonia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1134/indicacao_88.19_aquisicao_de_equipamentos_rede_eletrica_fernando.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1135/indicacao_89.19_pintura_do_cemiterio_municipal_villas.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1136/indicacao_90.19_pintura_e_reforma_da_creche_municipal_villas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1137/indicacao_91.19_tapar_buracos_vicinal_salmurao_rubiacea_leandroche_municipal_villas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1138/indicacao_92.19_gerador_de_energia_sala_vacinas_leandroche_municipal_villas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1139/indicacao_93.19_reuniao_energisa_leandro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1140/indicacao_94.19_ubs_veiculo_urgencia_e_emergencia_fernando.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1141/indicacao_95.19_bandeira_para_praca_da_bandeira_leandro.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1142/indicacao_96.19_lanche_pacientes_marilia_leandro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1143/indicacao_97.19_cortinas_para_o_onibus_de_trabalhadores_leandro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1144/indicacao_98.19_lixeiras_nas_pracas_fernando.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1145/indicacao_99.19_substituicao_aparelhos_de_ginastica_praca_fernando.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1146/indicacao_100.19_multirao_de_limpeza_fernando.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1147/indicacao_101.19_instalacao_de_parques_infantis_fernando.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1148/indicacao_102.19_compra_de_material_equipde_de_endemias_fernando.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1149/indicacao_103.19_brinquedos_na_praca_pra_criancas_fernando.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1150/indicacao_104.19_reforma_centro_de_lazer_dos_trabalhadores_sonia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1151/indicacao_105.19_termino_obras_estadio_municipal_sonia.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1152/indicacao_106.19_cesta_de_natal_diego.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1153/indicacao_107.19_plano_de_carreira_magisteiro_leandro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1154/indicacao_108.19_placas_de_reducao_de_velocidade_leandro.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1155/indicacao_109.19_ventilados_escola_de_moda_leandro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1156/indicacao_110.19_conserto_de_valeta_leandro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1157/indicacao_111.19_bonificacao_de_natal_leandro.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/993/mocao_de_repudio_1.19.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1002/mocao_de_repudio_2.19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1003/mocao_de_repudio_3.19.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1050/emenda_4_supressiva_ao_projeto_de_lei_11.2019_0JOWm4t.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1051/emenda_5_supressiva_ao_projeto_de_lei_11.2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1052/emenda_6_modificativa_ao_projeto_de_lei_11.2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1101/emenda_7_aditiva_ao_projeto_de_lei_21.2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/970/projeto_de_lei_numero_01-2019_-_credito_adiciona_tWq75pZ.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/971/projeto_de_lei_numero_02-2019_-_credito_adiciona_dIC3dEc.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/972/projeto_de_lei_no_003-2019_-_autoriza_o_repasse__7JclKQ1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/973/projeto_de_lei_numero_004_-_salario_minimo_2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1076/projeto_de_lei_no_16.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/975/requerimento_1.19_informacao_cestas_basicas_leandro.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/976/requerimento_2.19_informacao_devolucao_de_duodec_56ZB3FD.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/977/requerimento_3.19_informacao_sobre_medicamentos_leandro.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/978/requerimento_4.19_unidade_basica_de_saude_ubs_ja_N8GFJeQ.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/979/requerimento_5.19_creche_escola_fernando.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/986/requerimento_6.19_coleta_de_lixo_diego.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/992/requerimento_7.19_prestacao_de_contas_fundo_soci_fky6Nec.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/996/requerimento_8.19_solicita_informacao_demissao_a_DpNWCFS.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/997/requerimento_9.19_atraso_ticket_fernando.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/998/requerimento_10.19_obra_cci_parada_fernando.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/999/requerimento_11.19_licitacoes_fernando.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1000/requerimento_12.19_recibos_de_caminhao_de_terra_xVTdWYx.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1001/requerimento_13.19_relacao_das_empresas_da_lici_N8U3jQD.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/995/requerimento_cei_creche_escola.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1022/requerimento_15.19_vagas_creche_leandro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1031/requerimento_16.19_casa_da_moda_diego.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1032/requerimento_17.19_associacao_produtores_diego.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1033/requerimento_19.19_informacao_demissao_aposenta_FPYhGv9.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1053/requerimento_20.19_educacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1064/requerimento_21.19_nota_grade_creche_escola_fer_tarr7Rr.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1085/req._23.19_urgencia_espec..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1088/req._24.19_urgencia_especial_cred._ad._400000.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1090/requerimento_25.19_sabesp_fernando.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1091/requerimento_26.19_sabesp_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1093/requerimento_27.19_notas_obra_cobertura_almoxarifado_villas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1096/requerimento_29.19_informacao_sobre_desconto_multas_motoristas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1099/requerimento_30.19_urgencia_especial_credito_adicional_670000.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1102/requerimento_31.19_escalas_de_trablho_enfermeiros_fernando.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/980/indicacao_1.19_protecao_bueiros_eduardo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/981/indicacao_2.19_construcao_de_redutor_de_velocida_dmH4bhM.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/982/indicacao_3.19_tapar_buracos_ruas_leandro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/983/indicacao_4.19_ventilador_velorio_fernando.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/984/indicacao_5.19_guarita_ganabara_fernando.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/987/indicacao_6.19_associacao_produtores_rurais_sonia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/988/indicacao_7.19_desconto_horas_trabalhadas_maquinas_sonia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/989/indicacao_8.19_creche_escola_sonia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/990/indicacao_9.19_caminhao_terra_valor_leandro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1004/indicacao_10.19_conselho_bem_estar_animal_diego.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1005/indicacao_11.19_pintura_de_numeros_nos_postes_diego.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1006/indicacao_12.19_adesivo_veiculo_conselhor_tutelar_diego.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1007/indicacao_13.19_tapar_buracos_vicinal_villas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1008/indicacao_14.19_sonia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1009/indicacao_15.19_providencia_larvas_dengue_villas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1010/indicacao_16.19_equipamentos_para_reciclagem_de_i8pVjIJ.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1011/indicacao_17.19_reforma_stela_boer_maioli_sonia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1012/indicacao_18.19_limpeza_sistema_de_climaizacao__trMGCxJ.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1013/indicacao_19.19_dedetizacao_escola_e_creche_fernando.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1014/indicacao_20.19_responsavel_saida_de_criancas_d_hOaPNzo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1015/indicacao_21.19_cobertura_saida_da_escola_fernando.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1016/indicacao_22.19_ar_condicionado_agentes_de_saud_xwiCa2e.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1017/indicacao_23.19_limpeza_de_terrenos_fernando.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1018/indicacao_24.19_recolocar_nome_casa_do_trabalha_YiXMnUX.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1019/indicacao_25.19_programa_obesidade_fernando.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1020/indicacao_26.19_providencias_imobiliarias_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1023/indicacao_27.19_limpeza_rua_da_feira_leandro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1024/indicacao_28.19_reforma_piso_quadra_emefi_leandro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1025/indicacao_29.19_levantamento_buracos_leandro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1026/indicacao_30.19_solicita_reajuste_leandro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1027/indicacao_31.19_curso_corte_e_costura_leandro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1036/indicacao_32.19_dedetizacao_eduardo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1037/indicacao_33.19_curso_corte_e_costura_diego.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1038/indicacao_34.19_local_para_produtores_rurais_diego.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1039/indicacao_35.19_residuos_organicos_coleta_diego.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1040/indicacao_36.19_hortas_em_terrenos_baldios_diego.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1041/indicacao_37.19_reajuste_ticket_alimentacao_.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1042/indicacao_38.19_reajuste_salarial_junto_com_sal_ZFEJtq9.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1043/indicacao_39.19_pombos_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1044/indicacao_40.19_redutores_de_velocidade_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1045/indicacao_41.19_wifi_gratis_rodoviaria_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1046/indicacao_42.19_parquinho_praca_da_bandeira_wesley.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1055/indicacao_43.19_nome_de_ruas_villas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1056/indicacao_44.19_obras_paradas_villas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1057/indicacao_45.19_recapeamento_ruas_leandro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1058/indicacao_46.19_pombos_stela_boer_maioli_leandro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1059/indicacao_47.19_conserto_em_bueiros_diego.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1060/indicacao_48.19_melhorias_na_praca_da_bandeira_diego.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1061/indicacao_49.19_melhorias_na_praca_da_bandeira_diego.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1065/indicacao_50.19_redutores_de_velocidade_fernando.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1066/indicacao_51.19_banheiro_no_bosque_municipal_fernando.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1067/indicacao_52.19_redutor_de_velocidade_eduardo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1068/indicacao_53.19_vigilancia_com_cameras_diego.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1069/indicacao_54.19_aumento_ticket_diego.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1070/indicacao_55.19_retirada_de_aparelhos_da_praca__A8rJpeN.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1071/indicacao_56.19_construcao_de_canaleta_diego.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1072/indicacao_57.19_maquina_de_lavar_roupa_centro_d_CCrfiAM.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1073/indicacao_58.19_manutencao_jardim_guanabara_leandro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1074/indicacao_59.19_reforma_creche_municipal_villas.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1075/indicacao_60.19_equipe_home_care_diego.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1107/indicacao_61.19_tv_para_projeto_espaco_amigo_leandro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1108/indicacao_62.19_reuniao_com_todos_os_setores_sobre_mudanca_nos_holerites_leandro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1109/indicacao_63.19_concessao_de_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1110/indicacao_64.19_desenvolvimento_agricola.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1111/indicacao_65.19_geracao_de_emprego_e_renda.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1112/indicacao_66.19_capoterapia_diego.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1113/indicacao_67.19_limpeza_climatizadores_stela_leandro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1114/indicacao_68.19_instalacao_de_ventiladores_stela_leandro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1115/indicacao_69.19_merenda_especial_dia_das_criancas_leandro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1116/indicacao_70.19_aumento_ticket_alimentacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1117/indicacao_71.19_instalacao_de_redutores_de_velocidade_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1118/indicacao_72.19__luz_e_letreiro_rodoviaria_fernando.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1119/indicacao_73.19__gerador_de_energia_centro_de_saude_fernando.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1120/indicacao_74.19_canaleta_rua_lirio_fernando.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1121/indicacao_75.19_aparelho_de_eletro_fernando.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1122/indicacao_76.19_cameras_de_monitoramente_fernando.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1123/indicacao_77.19_ar_condicionado_psicologa_fernando.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1124/indicacao_78.19_fonoaudiologo__fernando.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1125/indicacao_79.19_reforma_centro_de_lazer_trabalhadores_sonia.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1126/indicacao_80.19_cesta_basica_sonia.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1127/indicacao_81.19_associacao_produtores_sonia.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1128/indicacao_82.19_desconto_uso_maquinas_sonia.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1129/indicacao_83.19_doacao_de_mudas_produtores_sonia.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1130/indicacao_84.19_ampliacao_velorio_sonia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1131/indicacao_29.19_levantamento_buracos_leandro.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1132/indicacao_86.19_canoagem_sonia.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1133/indicacao_87.19_geracao_de_emprego_sonia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1134/indicacao_88.19_aquisicao_de_equipamentos_rede_eletrica_fernando.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1135/indicacao_89.19_pintura_do_cemiterio_municipal_villas.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1136/indicacao_90.19_pintura_e_reforma_da_creche_municipal_villas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1137/indicacao_91.19_tapar_buracos_vicinal_salmurao_rubiacea_leandroche_municipal_villas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1138/indicacao_92.19_gerador_de_energia_sala_vacinas_leandroche_municipal_villas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1139/indicacao_93.19_reuniao_energisa_leandro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1140/indicacao_94.19_ubs_veiculo_urgencia_e_emergencia_fernando.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1141/indicacao_95.19_bandeira_para_praca_da_bandeira_leandro.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1142/indicacao_96.19_lanche_pacientes_marilia_leandro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1143/indicacao_97.19_cortinas_para_o_onibus_de_trabalhadores_leandro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1144/indicacao_98.19_lixeiras_nas_pracas_fernando.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1145/indicacao_99.19_substituicao_aparelhos_de_ginastica_praca_fernando.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1146/indicacao_100.19_multirao_de_limpeza_fernando.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1147/indicacao_101.19_instalacao_de_parques_infantis_fernando.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1148/indicacao_102.19_compra_de_material_equipde_de_endemias_fernando.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1149/indicacao_103.19_brinquedos_na_praca_pra_criancas_fernando.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1150/indicacao_104.19_reforma_centro_de_lazer_dos_trabalhadores_sonia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1151/indicacao_105.19_termino_obras_estadio_municipal_sonia.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1152/indicacao_106.19_cesta_de_natal_diego.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1153/indicacao_107.19_plano_de_carreira_magisteiro_leandro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1154/indicacao_108.19_placas_de_reducao_de_velocidade_leandro.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1155/indicacao_109.19_ventilados_escola_de_moda_leandro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1156/indicacao_110.19_conserto_de_valeta_leandro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1157/indicacao_111.19_bonificacao_de_natal_leandro.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/993/mocao_de_repudio_1.19.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1002/mocao_de_repudio_2.19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1003/mocao_de_repudio_3.19.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1050/emenda_4_supressiva_ao_projeto_de_lei_11.2019_0JOWm4t.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1051/emenda_5_supressiva_ao_projeto_de_lei_11.2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1052/emenda_6_modificativa_ao_projeto_de_lei_11.2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1101/emenda_7_aditiva_ao_projeto_de_lei_21.2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/970/projeto_de_lei_numero_01-2019_-_credito_adiciona_tWq75pZ.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/971/projeto_de_lei_numero_02-2019_-_credito_adiciona_dIC3dEc.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/972/projeto_de_lei_no_003-2019_-_autoriza_o_repasse__7JclKQ1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/973/projeto_de_lei_numero_004_-_salario_minimo_2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1076/projeto_de_lei_no_16.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/975/requerimento_1.19_informacao_cestas_basicas_leandro.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/976/requerimento_2.19_informacao_devolucao_de_duodec_56ZB3FD.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/977/requerimento_3.19_informacao_sobre_medicamentos_leandro.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/978/requerimento_4.19_unidade_basica_de_saude_ubs_ja_N8GFJeQ.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/979/requerimento_5.19_creche_escola_fernando.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/986/requerimento_6.19_coleta_de_lixo_diego.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/992/requerimento_7.19_prestacao_de_contas_fundo_soci_fky6Nec.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/996/requerimento_8.19_solicita_informacao_demissao_a_DpNWCFS.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/997/requerimento_9.19_atraso_ticket_fernando.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/998/requerimento_10.19_obra_cci_parada_fernando.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/999/requerimento_11.19_licitacoes_fernando.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1000/requerimento_12.19_recibos_de_caminhao_de_terra_xVTdWYx.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1001/requerimento_13.19_relacao_das_empresas_da_lici_N8U3jQD.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/995/requerimento_cei_creche_escola.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1022/requerimento_15.19_vagas_creche_leandro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1031/requerimento_16.19_casa_da_moda_diego.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1032/requerimento_17.19_associacao_produtores_diego.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1033/requerimento_19.19_informacao_demissao_aposenta_FPYhGv9.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1053/requerimento_20.19_educacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1064/requerimento_21.19_nota_grade_creche_escola_fer_tarr7Rr.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1085/req._23.19_urgencia_espec..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1088/req._24.19_urgencia_especial_cred._ad._400000.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1090/requerimento_25.19_sabesp_fernando.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1091/requerimento_26.19_sabesp_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1093/requerimento_27.19_notas_obra_cobertura_almoxarifado_villas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1096/requerimento_29.19_informacao_sobre_desconto_multas_motoristas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1099/requerimento_30.19_urgencia_especial_credito_adicional_670000.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2019/1102/requerimento_31.19_escalas_de_trablho_enfermeiros_fernando.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="156.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="155.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>