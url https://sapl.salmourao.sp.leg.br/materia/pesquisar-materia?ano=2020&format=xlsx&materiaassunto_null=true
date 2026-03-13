--- v0 (2025-10-18)
+++ v1 (2026-03-13)
@@ -54,1698 +54,1698 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CONTA</t>
   </si>
   <si>
     <t>Contas Municipais</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1212/arquivo3420332.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1212/arquivo3420332.pdf</t>
   </si>
   <si>
     <t>Processo de Contas Anuais da Prefeitura Municipal de Salmourão, exercício de 2017, com Parecer Desfavorável do Tribunal de Contas do Estado de São Paulo, responsável Prefeito Ailson José de Almeida - Processo TC-6539.989.16-0.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1297/parecer_contas_2018.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1297/parecer_contas_2018.pdf</t>
   </si>
   <si>
     <t>Contas da Prefeitura Municipal de Salmourão, exercício de 2018, com Parecer Favorável do Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Antônio Villas</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1165/indicacao_1.20_reforma_da_piscina_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1165/indicacao_1.20_reforma_da_piscina_villas.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja realizada reforma urgente do Centro de Lazer dos Trabalhadores (Piscinas Públicas).</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1166/indicacao_2.20_reforma_banheiro_publico_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1166/indicacao_2.20_reforma_banheiro_publico_villas.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja realizada reforma urgente nos banheiros públicos existentes na Praça da Bandeira, bem como limpeza e manutenção diária do mesmo.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1167/indicacao_3.20_contratacao_de_agentes_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1167/indicacao_3.20_contratacao_de_agentes_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo a contratação de Agentes Comunitários de Saúde para os setores 3 e 10.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1168/indicacao_4.20_contratacao_pediatra_ubs_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1168/indicacao_4.20_contratacao_pediatra_ubs_leandro.pdf</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1169/indicacao_5.20_acoes_atendimento_medico_ubs_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1169/indicacao_5.20_acoes_atendimento_medico_ubs_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que sejam tomadas atitudes para que não falte atendimento médico na UBS Arnaldo Rabassi.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1170/indicacao_6.20_reajuste_servidores_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1170/indicacao_6.20_reajuste_servidores_leandro.pdf</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1171/indicacao_7.20_aumento_ticket_alimentacao_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1171/indicacao_7.20_aumento_ticket_alimentacao_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja encaminhado a esta Câmara projeto de lei para concessão de reajuste no ticket alimentação dos servidores municipais.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1172/indicacao_8.20_manutencao_andrelaine_pracava_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1172/indicacao_8.20_manutencao_andrelaine_pracava_leandro.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado ao Prefeito Municipal de Salmourão, sugerindo que seja realizada obra de manutenção na rua Andrelaine Pravato, especificamente na tapagem de buracos abertos em toda a extensão da rua para obras e no conserto de valeta existente na ligação da referida rua com o loteamento Villas.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1189/indicacao_9.20_reforma_e_ampliacao_velorio_municipal_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1189/indicacao_9.20_reforma_e_ampliacao_velorio_municipal_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal medidas visando reforma e ampliação do Velório Municipal.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1190/indicacao_10.20_desconto_de_horas_trabalhadas_maquinas_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1190/indicacao_10.20_desconto_de_horas_trabalhadas_maquinas_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a elaboração norma legal que possibilite o desconto de valor cobrado nas horas trabalhadas pelas máquinas da Prefeitura Municipal (Pá Carregadeira, Moto Niveladora e Retroescavadeira), visando o atendimento do pequeno e médio produtor rural.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1191/indicacao_11.20_aumento_do_ticket_e_cesta_basica_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1191/indicacao_11.20_aumento_do_ticket_e_cesta_basica_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal medidas, em caráter de urgência, para concessão aos servidores da Prefeitura Municipal de uma cesta básica mensal, além do aumento do valor do ticket alimentação, o que será de extrema importância para melhoria da qualidade de vida dos mesmos sem onerar demasiadamente os cofres públicos.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_12.20_cardiologista_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_12.20_cardiologista_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja contratado um médico cardiologista para atendimento na Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_13.20_fonoaudilogia_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_13.20_fonoaudilogia_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja contratado um profissional em fonoaudiologia para atendimento na Unidade Básica de Saúde e na Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_14.20_dentista_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_14.20_dentista_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja contratado um dentista ou que seja designado um dos dentistas do município para atendimento da UBS Arnaldo Rabassi.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1195/indicacao_15.20_inseticida_mosquito_da_dengue_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1195/indicacao_15.20_inseticida_mosquito_da_dengue_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja realizada, em todos os bairros da cidade, pulverização com inseticida para o combate ao mosquito aedes aegypti, transmissor da dengue, chikungunha e zica vírus.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1196/indicacao_16.20_manutencao_climatizadores_escola_stela_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1196/indicacao_16.20_manutencao_climatizadores_escola_stela_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja realizada manutenção nos climatizadores existentes na Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1197/indicacao_17.20_atracao_de_emprego_e_renda_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1197/indicacao_17.20_atracao_de_emprego_e_renda_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que elabore um projeto de lei para a criação de programa que vise diretamente a atração de investimento e a criação de emprego.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Diego Delmore</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1198/indicacao_18.20_coleta_de_tampas_plasticas_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1198/indicacao_18.20_coleta_de_tampas_plasticas_diego.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a implantação de ecopontos de coleta de tampas plásticas nos prédios públicos, mediante a entrega voluntária dos munícipes.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1199/indicacao_19.20_canaleta_rua_raposo_tavares_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1199/indicacao_19.20_canaleta_rua_raposo_tavares_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a construção de canaleta de metal na esquina das ruas Raposo Tavares com a rua Padre Galileu, no Conjunto Habitacional Firmino Colato.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1200/indicacao_20.20_escoamento_agua_chuva_praca_toquemburgo_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1200/indicacao_20.20_escoamento_agua_chuva_praca_toquemburgo_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que seja designado ao setor de obras da Prefeitura Municipal que tome providência sobre o problema de escoamento de água das chuvas na Praça do Jardim Toquemburgo.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1201/indicacao_21.20_aquisicao_de_mascaras_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1201/indicacao_21.20_aquisicao_de_mascaras_villas.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a aquisição de máscaras para as duas unidades de saúde do município, para serem distribuídas aos pacientes que vão à procura de atendimento naquelas unidades.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1202/indicacao_22.20_limpeza_do_loteamento_villas_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1202/indicacao_22.20_limpeza_do_loteamento_villas_villas.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a realização de limpeza nos terrenos do loteamento Villas.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1203/indicacao_23.20_epis_saude_e_insalubridade_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1203/indicacao_23.20_epis_saude_e_insalubridade_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a aquisição de equipamentos de proteção individual (EPIS) para os profissionais de saúde do município. Indico também que a extensão ao teto máximo de 40% do adicional de insalubridade pago a esses servidores por causa do enfrentamento da pandemia de Covid-19.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1204/indicacao_24.20_caneleta_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1204/indicacao_24.20_caneleta_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a construção de canaleta para escoamento de água na esquina da rua Profº. Roberto Hottinger com a rua José Cesário da Silva.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1247/indicacao_25.20_fazer_placa_solicitacao_ouvidoria_presidente.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1247/indicacao_25.20_fazer_placa_solicitacao_ouvidoria_presidente.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de placas indicativas de perigo antes da curva do rio Aguapeí com a finalidade de dar segurança aos motoristas e evitar acidentes. Solicitação apresentada junto a ouvidoria da Câmara</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1248/indicacao_26.20_agencia_bradesco_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1248/indicacao_26.20_agencia_bradesco_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a ação da administração junto ao Banco Bradesco visando esforço para que o município de Salmourão volte a contar com uma agência daquele banco.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Antônio Villas, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1249/indicacao_27.20_distribuicao_de_merenda_villas_e_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1249/indicacao_27.20_distribuicao_de_merenda_villas_e_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a distribuição aos pais ou responsáveis dos estudantes matriculados na rede municipal de ensino, dos gêneros alimentícios adquiridos com recursos financeiros do PNAE, conforme autorização na Lei Federal no 13.987, de 2020.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1250/indicacao_28.20_maquina_estradas_rurais_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1250/indicacao_28.20_maquina_estradas_rurais_villas.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam realizados consertos com a motoniveladora nas estradas rurais do município.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Wesley Barbosa, Antônio Villas, Dedinho, Diego Delmore, Eduardinho do Pedrão, Fernando Roçato, João Leme, Professor Leandro, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1251/indicacao_29.20_ticket_para_os_afastados_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1251/indicacao_29.20_ticket_para_os_afastados_villas.pdf</t>
   </si>
   <si>
     <t>Sugere medidas legais e administrativas para que os servidores que foram obrigados a tirar férias e licenças em virtude da pandemia de Covid-19 não sofram descontos em seus tickets alimentação.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1252/indicacao_30.20_aumento_ticket_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1252/indicacao_30.20_aumento_ticket_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere que seja encaminhado, em urgência, Projeto de Lei visando aumento do valor do ticket alimentação, o que será de extrema importância para melhoria da qualidade de vida dos servidores da Prefeitura Municipal de Salmourão, sem onerar demasiadamente os cofres públicos e se já existe uma data para o mesmo ser protocolado nesta Egrégia Casa de Leis.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1253/indicacao_31.20_diminuir_preco_horas_maquinas_prefeitura_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1253/indicacao_31.20_diminuir_preco_horas_maquinas_prefeitura_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a elaboração norma legal que possibilite o desconto de valor cobrado nas horas trabalhadas pelas máquinas da Prefeitura Municipal (Pá Carregadeira, Moto Niveladora e Retro Escavadeira), visando o atendimento do pequeno e médio produtor rural.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1254/indicacao_32.20_manutencao_estradas_rurais__sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1254/indicacao_32.20_manutencao_estradas_rurais__sonia.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de trabalho visando a melhoria das estradas rurais do Município, onde a máquina niveladora (patrola) pudesse ser utilizada, ao menos uma vez por mês, na manutenção das mesmas, além de medidas voltadas a limpeza das laterais das referidas estradas, evitando acidentes e melhorando o tráfego de veículos e escoamento da produção rural.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_33.20_aulas_banda_marcial_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_33.20_aulas_banda_marcial_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam iniciadas, de forma online, as aulas do projeto da Banda Marcial.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_34.20_uniforme_reciclagem_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_34.20_uniforme_reciclagem_diego.pdf</t>
   </si>
   <si>
     <t>Sugereo a criação e distribuição de uniforme para o setor de reciclagem do município, bem como melhoria nos carrinhos utilizados para a coleta de recicláveis e fornecimento de EPIs.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1257/indicacao_35.20_conserto_de_buraco_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1257/indicacao_35.20_conserto_de_buraco_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a resolução de um problema com poça d’água existente na rua Marcílio Fregolente, na altura do número 15, no Bairro Izabel Martins Villas.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1258/indicacao_36.20_uniformes_alunos_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1258/indicacao_36.20_uniformes_alunos_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja oferecido uniforme escolar aos alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1259/indicacao_37.20_aquisicao_de_medicamentos_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1259/indicacao_37.20_aquisicao_de_medicamentos_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada imediata aquisição de remédios atualmente em falta na farmácia municipal.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1260/indicacao_38.20_pgto_ticket_alimentacao_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1260/indicacao_38.20_pgto_ticket_alimentacao_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja pago o valor integral do ticket alimentação para os funcionários que estão afastados de suas funções devido o COVID-19.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1261/indicacao_39.20_distribuicao_alimentos_merenda_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1261/indicacao_39.20_distribuicao_alimentos_merenda_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja oferecido, mensalmente, o kit alimentação para os alunos da rede municipal de ensino, durante o período de suspensão das aulas.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_40.20_criacao_de_canal_de_informacao_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_40.20_criacao_de_canal_de_informacao_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja criado um canal de informações, onde a população e também os comerciantes de nossa cidade, tenham acesso as ações desenvolvidas pelo poder público</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1263/indicacao_41.20_compra_de_mascaras_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1263/indicacao_41.20_compra_de_mascaras_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição de máscaras faciais do modelo N95, jalecos impermeáveis e máscaras cirúrgicas para todos os servidores públicos.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1264/indicacao_42.20_compra_de_azitromissina_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1264/indicacao_42.20_compra_de_azitromissina_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição urgente do medicamento azitromicina, na forma de comprimidos de 500mg.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1265/indicacao_43.20_curso_e_treinamentos_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1265/indicacao_43.20_curso_e_treinamentos_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam repassadas aos servidores interessados todas as informações e conhecimentos que são adquiridos por servidores da secretaria de saúde quando estes participam de cursos e eventos de formação.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1266/indicacao_44.20_desinfeccao_de_ruas_e_avenidas_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1266/indicacao_44.20_desinfeccao_de_ruas_e_avenidas_diego.pdf</t>
   </si>
   <si>
     <t>Sugere a continuidade das ações de desinfecção de ruas e avenidas principais, bem como, das unidades de saúde, visando o controle da covid-19.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1267/indicacao_45.20_manutencao_estradas_rurais_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1267/indicacao_45.20_manutencao_estradas_rurais_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de manutenção das estradas rurais pertencentes ao bairro Barreiro, próximo a propriedade do senhor Aparício e outros, bem como, das estradas rurais pertencentes ao bairro Guarani, até a propriedade do Senhor Souza.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_46.20_manutencao_vicinal_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_46.20_manutencao_vicinal_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de manutenção da vicinal que liga Salmourão ao Rio Aguapeí.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1269/indicacao_47.20_utilizacao_de_recursos_fausto_pinato_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1269/indicacao_47.20_utilizacao_de_recursos_fausto_pinato_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que os recursos indicados pelo deputado federal Fausto Pinatto para custear ações de apoio-PAB do Ministério da Saúde, no valor de R$ 101.123,00, seja utilizado para compra de medicamentos para atendimento da população.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1270/indicacao_48.20_cestas_basicas_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1270/indicacao_48.20_cestas_basicas_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que o município volte a oferecer cestas básicas para as famílias carentes de Salmourão.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1271/indicacao_49.20_teste_covid_19_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1271/indicacao_49.20_teste_covid_19_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere que o município, através da Secretaria de Saúde, faça o teste de covid-19 em todos os funcionários públicos da área saúde, bem como em todas as pessoas que vierem a ser afastadas por síndrome gripal.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1272/indicacao_50.20_limpeza_margens_estradas_rurais_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1272/indicacao_50.20_limpeza_margens_estradas_rurais_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere melhorias e limpeza urgente das margens das estradas rurais do Bairro Guarani.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1273/indicacao_51.20_melhoria_iluminacao_remanso_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1273/indicacao_51.20_melhoria_iluminacao_remanso_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a melhoria da iluminação pública do Bairro Remanso das Águas (Izabel Martins Villas).</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1274/indicacao_52.20_aquisicoes_para_o_centro_de_saude_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1274/indicacao_52.20_aquisicoes_para_o_centro_de_saude_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição urgente 1 gerador de energia elétrica ou 1 geladeira com gerador próprio, para ser utilizado na guarda e conservação das vacinas da Unidade Básica de Saúde de Salmourão.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1275/indicacao_53.20_homenagem_a_professores_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1275/indicacao_53.20_homenagem_a_professores_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere que a Prefeitura estude uma forma de homenagear profissionais de educação já falecidos e que foram importantes para a educação na cidade de Salmourão, como a Sra. Tuta, a Sra. Cidinéia, o Sr. Élvio Maioli, entre outros.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1276/indicacao_54.20_contratacao_fonoaudiologo_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1276/indicacao_54.20_contratacao_fonoaudiologo_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam adotadas medidas urgentes para a contratação de um profissional em fonoaudiologia para atendimento da comunidade de Salmourão, cumprindo, desta forma a palavra assumida por Vossa Excelência junto a inúmeras mães de nossa comunidade que tem filhos que necessitam dos serviços prestados por profissional com essa qualificação, cumprindo uma promessa de campanha de Vossa Excelência, que assumiu o compromisso de realizar referida contratação.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_55.20_compra_de_medicamentos_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_55.20_compra_de_medicamentos_sonia.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam adotadas medidas em caráter de urgência para compra de medicamentos para atendimento da população menos favorecida do município de Salmourão, pois tenho recebido inúmeras reclamações por parte da comunidade que, apesar de estarem com problemas de saúde e necessitando de medicamentos, ao solicitarem os mesmo junto ao Centro de Saúde não são atendidas.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_56.20_motoniveladora_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_56.20_motoniveladora_villas.pdf</t>
   </si>
   <si>
     <t>Sugere que seja feita manutenção nas estradas rurais do município com a motoniveladora.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_57.20_medicamentos_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_57.20_medicamentos_diego.pdf</t>
   </si>
   <si>
     <t>Sugere que, com urgência, sejam adquiridos os medicamentos: diosmina + hesperidina (Diosmin) e cloridrato de donepezila (Epéz), além de outros medicamentos importantes, inclusive os de uso contínuo.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_58.20_ventiladores_creche_escola_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_58.20_ventiladores_creche_escola_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de três ventiladores ou ar condicionado para secretaria, sala da direção e sala dos professores da Creche Escola Maria Helena Specian Fiani</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1299/indicacao_59.20_pedras_soltas_santos_dumont_max_wirt_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1299/indicacao_59.20_pedras_soltas_santos_dumont_max_wirt_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam retiradas as pedras que estão soltas no cruzamento da Avenida Santos Dumont com a Rua Max Wirth, bem como, sugiro que este trecho seja recapeado.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1300/indicacao_60.20_redutores_de_velocidade_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1300/indicacao_60.20_redutores_de_velocidade_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de redutores de velocidade nos seguintes locais: Rua José Cezário da Silva, após a esquina com a rua Raposo Tavares; Na Av. Pres. Castelo Branco, próximo ao “Bar do Docão”; Na Praça da Bandeira, defronte a torre da vivo</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1301/indicacao_61.20_redutor_de_velocidade_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1301/indicacao_61.20_redutor_de_velocidade_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de redutor de velocidade na Rua José Antônio Martins, na altura do nº 90.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1302/indicacao_62.20_suavizar_canaleta_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1302/indicacao_62.20_suavizar_canaleta_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a suavização da canaleta de escoamento de água pluvial existente na esquina das ruas Raposo Tavares e José Cesário da Silva.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_63.20_suavizar_canaleta_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_63.20_suavizar_canaleta_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de lixeiras na margem do Rio Aguapeí, bem como, ações para a coleta do lixo depositado nestas lixeiras.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1354/indicacao_64.20_pintura_muros_cemiterio_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1354/indicacao_64.20_pintura_muros_cemiterio_villas.pdf</t>
   </si>
   <si>
     <t>sugere a pintura dos muros do cemitério municipal.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1355/indicacao_65.20_conserto_de_buracos_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1355/indicacao_65.20_conserto_de_buracos_villas.pdf</t>
   </si>
   <si>
     <t>Sugere o conserto de buracos existentes na rua Max Wirth, próximo a esquina com a Av. Santos Dumont, defronte a entrada secundária do Supermercado São João.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1356/indicacao_66.20_placa_pare_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1356/indicacao_66.20_placa_pare_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de sinalização de trânsito (placa de Pare) e sinalização de solo na esquina das ruas José Colato e Prof. Roberto Hottinger, próximo onde foram instalados os brinquedos infantis.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1357/indicacao_67.20_instalacao_de_brinquedos_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1357/indicacao_67.20_instalacao_de_brinquedos_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de academia ao ar livre e brinquedos infantis nos bairros Fortunato Pravato, próximo ao Centro de Lazer João Valdecir Santana e entre os Conjuntos Habitacionais Firmino Colato e Primavera.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1358/indicacao_68.20_distribuicao_kit_merenda_escolar_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1358/indicacao_68.20_distribuicao_kit_merenda_escolar_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que nos meses de novembro e dezembro sejam distribuídos kits de alimentação para todos os alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1240/mocao_de_congratulacao_e_louvor_1.20_tiago_da_silva.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1240/mocao_de_congratulacao_e_louvor_1.20_tiago_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Sr. Tiago da Silva, pela doação de um desfibrilador cardiaco.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1243/mocao_de_congratulacao_e_louvor_2.2020_policiais_militares.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1243/mocao_de_congratulacao_e_louvor_2.2020_policiais_militares.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Cb PM Márbio Carvalho Ferreira e ao Sd PM Jonatas Silva de Souza, ambos do 25ª BPM/I, lotados no 2º GP PM de Salmourão, pelo ato de perícia que resultou no salvamento da vida do pequeno João Lucas.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1244/mocao_de_congratulacao_e_louvor_3.2020_mosca.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1244/mocao_de_congratulacao_e_louvor_3.2020_mosca.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao servidor público do município de Salmourão, SR. OSVALDO APARECIDO DOS SANTOS, por ter auxiliado policiais militares  nas ações que resultaram no salvamento da vida do pequeno João Lucas</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1186/emenda_projeto_de_lei_no_7_tabela_vencimento_camara.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1186/emenda_projeto_de_lei_no_7_tabela_vencimento_camara.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º do Projeto de Lei nº 07, de 2020, de autoria da Mesa Diretora, que fixa a tabela de vencimento da Câmara Municipal de Salmourão</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1187/emenda_1_projeto_de_lei_complementar_no_1_plano_de_carreira_camara.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1187/emenda_1_projeto_de_lei_complementar_no_1_plano_de_carreira_camara.pdf</t>
   </si>
   <si>
     <t>Emenda nº 01 ao Projeto de Lei Complementar nº 01, de 2019, que altera o artigo 3º do referido Projeto de Lei.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1188/emenda_2_projeto_de_lei_complementar_no_1_plano_de_carreira_camara.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1188/emenda_2_projeto_de_lei_complementar_no_1_plano_de_carreira_camara.pdf</t>
   </si>
   <si>
     <t>Emenda nº 01 ao Projeto de Lei Complementar nº 01, de 2019, que exclui o art. 5º do referido Projeto de Lei.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>COFC - Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1283/emenda_4_projeto_de_lei_no_8_ldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1283/emenda_4_projeto_de_lei_no_8_ldo.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do § 4º do art. 1º, do Projeto de Lei nº 8, de 2020, que trata da LDO 2021</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1284/emenda_5_projeto_de_lei_no_8_ldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1284/emenda_5_projeto_de_lei_no_8_ldo.pdf</t>
   </si>
   <si>
     <t>Adiciona o § 4º, do art. 9º, do Projeto de Lei nº 8, de 2020, que trata da LDO 2021</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>Comissão de Constituição Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1282/emenda_3_projeto_de_lei_no_16_aterro_sanitario.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1282/emenda_3_projeto_de_lei_no_16_aterro_sanitario.pdf</t>
   </si>
   <si>
     <t>Suprime parte do art. 1º do Projeto de Lei nº 16, de 2020</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1280/emenda_4_projeto_de_lei_no_16_aterro_sanitario.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1280/emenda_4_projeto_de_lei_no_16_aterro_sanitario.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º do Projeto de Lei nº 16, de 2020</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1281/emenda_5_projeto_de_lei_no_16_aterro_sanitario.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1281/emenda_5_projeto_de_lei_no_16_aterro_sanitario.pdf</t>
   </si>
   <si>
     <t>Adiciona o art. 3º ao Projeto de Lei nº 16, de 29/07/2020</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_8.20_ldo_2021.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_8.20_ldo_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício financeiro de 2021</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1206/projeto_de_lei_9.20_taxa_antenas_de_transmissao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1206/projeto_de_lei_9.20_taxa_antenas_de_transmissao.pdf</t>
   </si>
   <si>
     <t>Institui no município de Salmourão a taxa de fiscalização de licença para funcionamento das torres e antenas de transmissão e recepção de dados de voz</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1210/projeto_de_lei_10.20_altera_subvencao_casa_da_esperanca_covid19.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1210/projeto_de_lei_10.20_altera_subvencao_casa_da_esperanca_covid19.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 1º da Lei Municipal nº 1.167/2020, com redação alterada pela Lei nº 1.170/2020, que autoriza a concessão de subvenções às entidades que específica e estabelece outras providências</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1219/projeto_de_lei_12.20_credito_adicional_79000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1219/projeto_de_lei_12.20_credito_adicional_79000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial ao orçamento municipal de 2020, no valor de 79.000,00</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1241/projeto_de_lei_18_fixacao_subsidio_prefeito_e_vice-prefeito.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1241/projeto_de_lei_18_fixacao_subsidio_prefeito_e_vice-prefeito.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio do Prefeito, Vice-Prefeito e Secretários Municipais do município de Salmourão para a legislatura 2021-2024</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_22_denominacao_logradouros_publicos_salmourao_c.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_22_denominacao_logradouros_publicos_salmourao_c.pdf</t>
   </si>
   <si>
     <t>Da denominação a logradouros públicos e ao Conjunto Habitacional Salmourão "C"</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1289/projeto_de_lei_23_credito_adicional_55000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1289/projeto_de_lei_23_credito_adicional_55000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial ao orçamento municipal de 2020, no valor de 55.000,00</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1290/projeto_de_lei_24_credito_adicional_80000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1290/projeto_de_lei_24_credito_adicional_80000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao orçamento de 2020, no valor de 80.000,00</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1296/projeto_de_lei_orcamento_2021.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1296/projeto_de_lei_orcamento_2021.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do município de Salmourão para o exercício de 2021</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1306/projeto_de_lei_27_credito_adicional_240000_pavimentacao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1306/projeto_de_lei_27_credito_adicional_240000_pavimentacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE 240.000.00 PARA PAVIMENTAÇÃO ASFÁLTICA (PAVIMENTAÇÃO/RECAPEAMENTO)</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_30.20.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_30.20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Suplementar para o exercício de 2020, no valor de R$ 181.000,00</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1242/resolucao_1.2020_fixa_subsidio_vereadores.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1242/resolucao_1.2020_fixa_subsidio_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos vereadores e presidente da Câmara Municipal de Salmourão para a legislatura 2021-2024</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Requer informação sobre fornecimento de medicamentos e cestas básicas</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1106/requerimento_2.20_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1106/requerimento_2.20_sonia.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre concessão de aumento no valor do ticket alimentação, concessão de cesta básica aos servidores e elaboração de plano de carreira para os servidores municipais</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1160/requerimento_no_3.2020_-_recapemanto_vilas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1160/requerimento_no_3.2020_-_recapemanto_vilas.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre recapeamento da rua Andrelaine Pravato</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1161/requerimento_no_4.2020_-_copia_documentacao_rodeio_vilas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1161/requerimento_no_4.2020_-_copia_documentacao_rodeio_vilas.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre despesas municipais para a realização da 20ª Festa do Peão de Salmourão, ocorrida de 13 a 15 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1162/requerimento_no_5.2020_-_aquisicao_fisioterapia_equipamentos_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1162/requerimento_no_5.2020_-_aquisicao_fisioterapia_equipamentos_diego.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre aquisição de equipamentos para o centro de fisioterapia</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>Diego Delmore, Fernando Roçato, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1163/requerimento_no_6.20_urgencia_especial_credito_adicional_310000_veiculo_e_equipamento_saude.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1163/requerimento_no_6.20_urgencia_especial_credito_adicional_310000_veiculo_e_equipamento_saude.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 01, de 2020</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>Dedinho, Fernando Roçato, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1164/requerimento_no_7.20_urgencia_especial_credito_adicional_486000_cesao_onerosa_presal.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1164/requerimento_no_7.20_urgencia_especial_credito_adicional_486000_cesao_onerosa_presal.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial ao Projeto de Lei nº 02, de 2020</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão, Antônio Villas, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1174/requerimento_no_8.20_urgencia_especial_aumenta_repasse_asilo_casa_da_esperanca_emil_wirth.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1174/requerimento_no_8.20_urgencia_especial_aumenta_repasse_asilo_casa_da_esperanca_emil_wirth.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial ao Projeto de Lei nº 03, de 2020</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1175/requerimento_no_9.20_requer_informacao_sobre_convenio_de_reforma_do_centro_de_lazer_dos_trabalhadores_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1175/requerimento_no_9.20_requer_informacao_sobre_convenio_de_reforma_do_centro_de_lazer_dos_trabalhadores_sonia.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre convênio de reforma do Centro de Lazer do Trabalhador de Salmourão (Piscinas Públicas)</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1176/requerimento_no_10.20_requer_instalacao_nova_diretoria_da_associacao_dos_produtores_ruras_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1176/requerimento_no_10.20_requer_instalacao_nova_diretoria_da_associacao_dos_produtores_ruras_sonia.pdf</t>
   </si>
   <si>
     <t>Requer medidas para a formação da Nova Diretoria da Associação dos Produtores Rurais de Salmourão, assim como sejam devolvidos os tratores que estavam anteriormente sob a responsabilidade dos mesmos, o que facilitará ações voltadas a melhoria e fortalecimento da agricultura familiar no município de Salmourão</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1177/requerimento_no_11.20_requer_informacao_geracao_de_emprego_e_renda_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1177/requerimento_no_11.20_requer_informacao_geracao_de_emprego_e_renda_sonia.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre medidas para a geração de emprego e renda</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1178/requerimento_no_12.2020_-_informacao_sobre_secretaria_de_saude_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1178/requerimento_no_12.2020_-_informacao_sobre_secretaria_de_saude_fernando.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre componentes da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1184/requerimento_no_13.2020_-_relacao_de_servidores_e_ferias_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1184/requerimento_no_13.2020_-_relacao_de_servidores_e_ferias_fernando.pdf</t>
   </si>
   <si>
     <t>Requer relação de servidores com férias e licenças-prêmio vencidas e informação sobre aquisição e o não funcionamento de compressor de ar instalado na UBS Arnaldo Rabassi.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1185/requerimento_no_14.2020_-_informacao_sobre_creche_escola_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1185/requerimento_no_14.2020_-_informacao_sobre_creche_escola_sonia.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre laudo final de vistoria da Creche Escola e reserva de recursos financeiros para ações trabalhistas por responsabilidade subsidiária.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>Dedinho</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1207/requerimento_no_15.2020_-_informacao_sobre_contratos_nivaldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1207/requerimento_no_15.2020_-_informacao_sobre_contratos_nivaldo.pdf</t>
   </si>
   <si>
     <t>Requer cópia de documentos sobre leilão de máquina e cópia de contrato e termos aditivos de aluguel de imóvel rural para aterro sanitário.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1208/requerimento_no_16.2020_informacoes_festa_do_peao_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1208/requerimento_no_16.2020_informacoes_festa_do_peao_sonia.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre 20ª Festa do Peão</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1209/requerimento_no_17.2020_informacoes_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1209/requerimento_no_17.2020_informacoes_sonia.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre distrito industrial</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>Eduardinho do Pedrão, Antônio Villas, Professor Leandro, Sônia Jacon Gabau</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1211/requerimento_no_18.20_urgencia_especial_aumenta_repasse_asilo_c.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1211/requerimento_no_18.20_urgencia_especial_aumenta_repasse_asilo_c.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial ao Projeto de Lei nº 10, de 2020</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1213/requerimento_no_19.20_conselho_turismo_sonia_jacon.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1213/requerimento_no_19.20_conselho_turismo_sonia_jacon.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o Conselho Municipal de Turismo de Salmourão</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1214/requerimento_no_20.20_informacao_agricultura_sonia_jacon.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1214/requerimento_no_20.20_informacao_agricultura_sonia_jacon.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o cumprimento da Lei Municipal nº 1077, de 17 de abril de 2017.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1215/requerimento_no_21.2020_-_informcao_aparelhos_fisioterapia_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1215/requerimento_no_21.2020_-_informcao_aparelhos_fisioterapia_diego.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre aquisição de equipamentos de fisioterapia</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1216/requerimento_no_22.2020_-_municipio_verde_e_azul_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1216/requerimento_no_22.2020_-_municipio_verde_e_azul_diego.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a não obtenção do selo verde e azul</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1217/requerimento_no_23.2020_-_informcao_laudo_insalubridade_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1217/requerimento_no_23.2020_-_informcao_laudo_insalubridade_fernando.pdf</t>
   </si>
   <si>
     <t>Requer cópia de Laudo Pericial de Local de Trabalho que define grau de insalubridade dos servidores públicos municipais</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1220/requerimento_no_24.2020_-_informcao_aterro_sanitario_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1220/requerimento_no_24.2020_-_informcao_aterro_sanitario_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre aterro sanitário</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1221/requerimento_no_25.2020_-_informcao_sobre_distribuicao_de_alimentos_merenda_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1221/requerimento_no_25.2020_-_informcao_sobre_distribuicao_de_alimentos_merenda_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre distribuição de alimentos da merenda escolar para os alunos matriculados na rede municipal de ensino</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>Dedinho, Diego Delmore, João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1222/requerimento_no_26.20_urgencia_especial_credito_adicional_79000_covid-19.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1222/requerimento_no_26.20_urgencia_especial_credito_adicional_79000_covid-19.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 12, de 2020</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1223/requerimento_no_27.2020_-_informcao_notas_drogalira_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1223/requerimento_no_27.2020_-_informcao_notas_drogalira_fernando.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre aquisição de medicamentos, gastos com combate a dengue e testes para a covid-19</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1224/requerimento_no_28.2020_-_melhoria_no_transporte_diego.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1224/requerimento_no_28.2020_-_melhoria_no_transporte_diego.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre transporte coletivo</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1225/requerimento_no_29.2020_-_salario_secretarios_municipais_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1225/requerimento_no_29.2020_-_salario_secretarios_municipais_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a tabela salarial dos secretários municipais.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1226/requerimento_no_30.2020_-_programa_cidade_legal_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1226/requerimento_no_30.2020_-_programa_cidade_legal_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a não participação de algumas famílias no Programa Cidade Legal</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1239/requerimento_no_31.2020_-_requer_informacao_diferenca_de_salario_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1239/requerimento_no_31.2020_-_requer_informacao_diferenca_de_salario_villas.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre pagamentos feitos em folha de pagamento sob a rubrica de diferença de salário e sexta parte</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1236/requerimento_no_32.2020_-_requer_informacao_saida_capezio_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1236/requerimento_no_32.2020_-_requer_informacao_saida_capezio_sonia.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre o encerramento das atividades da empresa Capezio do Brasil em Salmourão</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1237/requerimento_no_32.2020_-_requer_informacao_saida_capezio_sonia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1237/requerimento_no_32.2020_-_requer_informacao_saida_capezio_sonia.pdf</t>
   </si>
   <si>
     <t>Requer cópia de Relatório Final de Sindicância e informação sobre providências</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1238/requerimento_no_34.2020_-_requer_informacao_sobre_obras_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1238/requerimento_no_34.2020_-_requer_informacao_sobre_obras_fernando.pdf</t>
   </si>
   <si>
     <t>Requer copia de prestação de contas e informação sobre andamento de obra de reforma do Clube de Lazer dos Trabalhadores</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>Dedinho, Eduardinho do Pedrão, João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1285/requerimento_no_35.20_urgencia_especial_credito_adicional_750000_covid-19.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1285/requerimento_no_35.20_urgencia_especial_credito_adicional_750000_covid-19.pdf</t>
   </si>
   <si>
     <t>Requer regime de urgência especial para o Projeto de Lei nº 21, de 2020</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1287/requerimento_no_36.2020_-_requer_informacao_sobre_construcao_de_casa_dinao_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1287/requerimento_no_36.2020_-_requer_informacao_sobre_construcao_de_casa_dinao_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a reconstrução da residência do Sr. Dino Pereira dos Santos, na rua Moacir dos Reis nº 406</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1291/requerimento_no_37.2020_-_requer_informacao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1291/requerimento_no_37.2020_-_requer_informacao.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre pagamento de "diferença de salário" a servidora pública municipal</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1293/requerimento_no_38.2020_-_requer_informacao_sobre_secretarios_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1293/requerimento_no_38.2020_-_requer_informacao_sobre_secretarios_fernando.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre cargos comissionados e secretários municipais</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1294/requerimento_no_39.20_urgencia_especial_credito_adicional_55000_turismo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1294/requerimento_no_39.20_urgencia_especial_credito_adicional_55000_turismo.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 23, de 2020, sobre crédito adicional especial ao orçamento de 2020, no valor de 55.000,00</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>João Leme, Dedinho, Diego Delmore</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1295/requerimento_no_40.20_urgencia_especial_credito_adicional_80000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1295/requerimento_no_40.20_urgencia_especial_credito_adicional_80000.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial ao Projeto de Lei nº 24, de 2020, que trata de crédito adicional suplementar ao orçamento de 2020, no valor de 80.000,00</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1307/requerimento_no_41.20_urgencia_especial_credito_adicional_25000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1307/requerimento_no_41.20_urgencia_especial_credito_adicional_25000.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 26, de 2020, que trata da abertura de crédito adicional especial</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>Dedinho, Diego Delmore, Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1312/requerimento_no_42.20_urgencia_especial_credito_adicional_240000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1312/requerimento_no_42.20_urgencia_especial_credito_adicional_240000.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 27, de 2020, que trata de autorização para abertura de crédito adicional suplementar</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>Requer cópia do Relatório de Fiscalização das contas da Prefeitura Municipal de Salmourão, referente ao exercício de 2019.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1310/requerimento_no_44.2020_-_requer_informacao_empresas_saude_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1310/requerimento_no_44.2020_-_requer_informacao_empresas_saude_fernando.pdf</t>
   </si>
   <si>
     <t>Requer documentos e informações sobre empresas contratadas pela Prefeitura Municipal para gerir a unidade básica de saúde de Salmourão e para realizar o transporte de pacientes.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1311/requerimento_no_45.2020_-_requer_informacao_salas_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1311/requerimento_no_45.2020_-_requer_informacao_salas_fernando.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre reforma de salas de aula da Escola Municipal Stela Boer Maioli</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1314/requerimento_no_46.20_urgencia_especial_credito_adicional_609000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1314/requerimento_no_46.20_urgencia_especial_credito_adicional_609000.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 28/2020</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1315/requerimento_no_47.2020_-_requer_informacao_merenda_escolar_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1315/requerimento_no_47.2020_-_requer_informacao_merenda_escolar_leandro.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a aplicação de recursos na merenda escolar durante o exercício de 2020</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1316/requerimento_no_48.2020_-_requer_relacao_autonomos_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1316/requerimento_no_48.2020_-_requer_relacao_autonomos_leandro.pdf</t>
   </si>
   <si>
     <t>Requer relação de pessoas que prestação serviço junto a Prefeitura Municipal de Salmourão na qualidade de autônomos durante o exercício de 2020</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1317/requerimento_no_49.2020_-_requer_laudo_defesa_civil_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1317/requerimento_no_49.2020_-_requer_laudo_defesa_civil_eduardo.pdf</t>
   </si>
   <si>
     <t>Requer cópia do Laudo da Defesa Civil que solicitou a interdição e demolição da residência do Sr. Dino Pereira dos Santos.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1320/requerimento_no_50.20_urgencia_especial_credito_adicional_472000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1320/requerimento_no_50.20_urgencia_especial_credito_adicional_472000.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 29, de 2020, que trata de crédito adicional suplementar no valor de 472.000,00</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1321/requerimento_no_51.2020_-_requer_informacao_ligacao_agua_novo_horizonte.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1321/requerimento_no_51.2020_-_requer_informacao_ligacao_agua_novo_horizonte.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre rede de ligação de água e esgoto da Loteamento Novo Horizonte</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1322/requerimento_no_52.2020_-_requer_relacao_de_bens_imoveis.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1322/requerimento_no_52.2020_-_requer_relacao_de_bens_imoveis.pdf</t>
   </si>
   <si>
     <t>Requer relação de bens imóveis que fazem parte do patrimônio municipais, com respectivos endereços</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>Requer informação sobre descarte irregular de medicamentos</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>Requer informação sobre repasse extra do Incentivo de Custeio dos Agentes Comunitários de Saúde (ACS)</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>MPesa</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1325/mocao_de_pesar_altevir_maziero.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1325/mocao_de_pesar_altevir_maziero.pdf</t>
   </si>
   <si>
     <t>Externa pêsames pelo falecimento do Sr. Altevir Maziero</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1326/mocao_de_pesar_cleuza_neves_gabau.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1326/mocao_de_pesar_cleuza_neves_gabau.pdf</t>
   </si>
   <si>
     <t>Externa pêsames pelo falecimento da Sra.Cleusa Cordeiro Neves Gabau</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1327/mocao_de_pesar_dielson_dos_anjos_serafim.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1327/mocao_de_pesar_dielson_dos_anjos_serafim.pdf</t>
   </si>
   <si>
     <t>Externa pêsames pelo falecimento do Sr. Dielson dos Anjos Serafim</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1328/mocao_de_pesar_jurandyr_cardoso.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1328/mocao_de_pesar_jurandyr_cardoso.pdf</t>
   </si>
   <si>
     <t>Externa pêsames pelo falecimento do Sr. Jurandyr Cardoso</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2052,67 +2052,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1212/arquivo3420332.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1297/parecer_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1165/indicacao_1.20_reforma_da_piscina_villas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1166/indicacao_2.20_reforma_banheiro_publico_villas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1167/indicacao_3.20_contratacao_de_agentes_leandro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1168/indicacao_4.20_contratacao_pediatra_ubs_leandro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1169/indicacao_5.20_acoes_atendimento_medico_ubs_leandro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1170/indicacao_6.20_reajuste_servidores_leandro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1171/indicacao_7.20_aumento_ticket_alimentacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1172/indicacao_8.20_manutencao_andrelaine_pracava_leandro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1189/indicacao_9.20_reforma_e_ampliacao_velorio_municipal_sonia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1190/indicacao_10.20_desconto_de_horas_trabalhadas_maquinas_sonia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1191/indicacao_11.20_aumento_do_ticket_e_cesta_basica_sonia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_12.20_cardiologista_fernando.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_13.20_fonoaudilogia_fernando.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_14.20_dentista_fernando.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1195/indicacao_15.20_inseticida_mosquito_da_dengue_leandro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1196/indicacao_16.20_manutencao_climatizadores_escola_stela_leandro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1197/indicacao_17.20_atracao_de_emprego_e_renda_leandro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1198/indicacao_18.20_coleta_de_tampas_plasticas_diego.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1199/indicacao_19.20_canaleta_rua_raposo_tavares_leandro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1200/indicacao_20.20_escoamento_agua_chuva_praca_toquemburgo_leandro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1201/indicacao_21.20_aquisicao_de_mascaras_villas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1202/indicacao_22.20_limpeza_do_loteamento_villas_villas.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1203/indicacao_23.20_epis_saude_e_insalubridade_leandro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1204/indicacao_24.20_caneleta_fernando.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1247/indicacao_25.20_fazer_placa_solicitacao_ouvidoria_presidente.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1248/indicacao_26.20_agencia_bradesco_diego.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1249/indicacao_27.20_distribuicao_de_merenda_villas_e_sonia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1250/indicacao_28.20_maquina_estradas_rurais_villas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1251/indicacao_29.20_ticket_para_os_afastados_villas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1252/indicacao_30.20_aumento_ticket_sonia.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1253/indicacao_31.20_diminuir_preco_horas_maquinas_prefeitura_sonia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1254/indicacao_32.20_manutencao_estradas_rurais__sonia.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_33.20_aulas_banda_marcial_diego.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_34.20_uniforme_reciclagem_diego.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1257/indicacao_35.20_conserto_de_buraco_diego.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1258/indicacao_36.20_uniformes_alunos_leandro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1259/indicacao_37.20_aquisicao_de_medicamentos_leandro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1260/indicacao_38.20_pgto_ticket_alimentacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1261/indicacao_39.20_distribuicao_alimentos_merenda_leandro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_40.20_criacao_de_canal_de_informacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1263/indicacao_41.20_compra_de_mascaras_fernando.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1264/indicacao_42.20_compra_de_azitromissina_fernando.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1265/indicacao_43.20_curso_e_treinamentos_fernando.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1266/indicacao_44.20_desinfeccao_de_ruas_e_avenidas_diego.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1267/indicacao_45.20_manutencao_estradas_rurais_leandro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_46.20_manutencao_vicinal_leandro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1269/indicacao_47.20_utilizacao_de_recursos_fausto_pinato_leandro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1270/indicacao_48.20_cestas_basicas_leandro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1271/indicacao_49.20_teste_covid_19_fernando.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1272/indicacao_50.20_limpeza_margens_estradas_rurais_wesley.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1273/indicacao_51.20_melhoria_iluminacao_remanso_wesley.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1274/indicacao_52.20_aquisicoes_para_o_centro_de_saude_leandro.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1275/indicacao_53.20_homenagem_a_professores_fernando.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1276/indicacao_54.20_contratacao_fonoaudiologo_sonia.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_55.20_compra_de_medicamentos_sonia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_56.20_motoniveladora_villas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_57.20_medicamentos_diego.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_58.20_ventiladores_creche_escola_wesley.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1299/indicacao_59.20_pedras_soltas_santos_dumont_max_wirt_wesley.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1300/indicacao_60.20_redutores_de_velocidade_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1301/indicacao_61.20_redutor_de_velocidade_wesley.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1302/indicacao_62.20_suavizar_canaleta_wesley.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_63.20_suavizar_canaleta_wesley.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1354/indicacao_64.20_pintura_muros_cemiterio_villas.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1355/indicacao_65.20_conserto_de_buracos_villas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1356/indicacao_66.20_placa_pare_fernando.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1357/indicacao_67.20_instalacao_de_brinquedos_fernando.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1358/indicacao_68.20_distribuicao_kit_merenda_escolar_leandro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1240/mocao_de_congratulacao_e_louvor_1.20_tiago_da_silva.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1243/mocao_de_congratulacao_e_louvor_2.2020_policiais_militares.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1244/mocao_de_congratulacao_e_louvor_3.2020_mosca.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1186/emenda_projeto_de_lei_no_7_tabela_vencimento_camara.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1187/emenda_1_projeto_de_lei_complementar_no_1_plano_de_carreira_camara.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1188/emenda_2_projeto_de_lei_complementar_no_1_plano_de_carreira_camara.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1283/emenda_4_projeto_de_lei_no_8_ldo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1284/emenda_5_projeto_de_lei_no_8_ldo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1282/emenda_3_projeto_de_lei_no_16_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1280/emenda_4_projeto_de_lei_no_16_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1281/emenda_5_projeto_de_lei_no_16_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_8.20_ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1206/projeto_de_lei_9.20_taxa_antenas_de_transmissao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1210/projeto_de_lei_10.20_altera_subvencao_casa_da_esperanca_covid19.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1219/projeto_de_lei_12.20_credito_adicional_79000.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1241/projeto_de_lei_18_fixacao_subsidio_prefeito_e_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_22_denominacao_logradouros_publicos_salmourao_c.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1289/projeto_de_lei_23_credito_adicional_55000.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1290/projeto_de_lei_24_credito_adicional_80000.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1296/projeto_de_lei_orcamento_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1306/projeto_de_lei_27_credito_adicional_240000_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_30.20.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1242/resolucao_1.2020_fixa_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1106/requerimento_2.20_sonia.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1160/requerimento_no_3.2020_-_recapemanto_vilas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1161/requerimento_no_4.2020_-_copia_documentacao_rodeio_vilas.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1162/requerimento_no_5.2020_-_aquisicao_fisioterapia_equipamentos_diego.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1163/requerimento_no_6.20_urgencia_especial_credito_adicional_310000_veiculo_e_equipamento_saude.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1164/requerimento_no_7.20_urgencia_especial_credito_adicional_486000_cesao_onerosa_presal.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1174/requerimento_no_8.20_urgencia_especial_aumenta_repasse_asilo_casa_da_esperanca_emil_wirth.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1175/requerimento_no_9.20_requer_informacao_sobre_convenio_de_reforma_do_centro_de_lazer_dos_trabalhadores_sonia.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1176/requerimento_no_10.20_requer_instalacao_nova_diretoria_da_associacao_dos_produtores_ruras_sonia.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1177/requerimento_no_11.20_requer_informacao_geracao_de_emprego_e_renda_sonia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1178/requerimento_no_12.2020_-_informacao_sobre_secretaria_de_saude_fernando.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1184/requerimento_no_13.2020_-_relacao_de_servidores_e_ferias_fernando.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1185/requerimento_no_14.2020_-_informacao_sobre_creche_escola_sonia.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1207/requerimento_no_15.2020_-_informacao_sobre_contratos_nivaldo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1208/requerimento_no_16.2020_informacoes_festa_do_peao_sonia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1209/requerimento_no_17.2020_informacoes_sonia.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1211/requerimento_no_18.20_urgencia_especial_aumenta_repasse_asilo_c.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1213/requerimento_no_19.20_conselho_turismo_sonia_jacon.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1214/requerimento_no_20.20_informacao_agricultura_sonia_jacon.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1215/requerimento_no_21.2020_-_informcao_aparelhos_fisioterapia_diego.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1216/requerimento_no_22.2020_-_municipio_verde_e_azul_diego.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1217/requerimento_no_23.2020_-_informcao_laudo_insalubridade_fernando.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1220/requerimento_no_24.2020_-_informcao_aterro_sanitario_leandro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1221/requerimento_no_25.2020_-_informcao_sobre_distribuicao_de_alimentos_merenda_leandro.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1222/requerimento_no_26.20_urgencia_especial_credito_adicional_79000_covid-19.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1223/requerimento_no_27.2020_-_informcao_notas_drogalira_fernando.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1224/requerimento_no_28.2020_-_melhoria_no_transporte_diego.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1225/requerimento_no_29.2020_-_salario_secretarios_municipais_leandro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1226/requerimento_no_30.2020_-_programa_cidade_legal_leandro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1239/requerimento_no_31.2020_-_requer_informacao_diferenca_de_salario_villas.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1236/requerimento_no_32.2020_-_requer_informacao_saida_capezio_sonia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1237/requerimento_no_32.2020_-_requer_informacao_saida_capezio_sonia.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1238/requerimento_no_34.2020_-_requer_informacao_sobre_obras_fernando.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1285/requerimento_no_35.20_urgencia_especial_credito_adicional_750000_covid-19.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1287/requerimento_no_36.2020_-_requer_informacao_sobre_construcao_de_casa_dinao_leandro.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1291/requerimento_no_37.2020_-_requer_informacao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1293/requerimento_no_38.2020_-_requer_informacao_sobre_secretarios_fernando.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1294/requerimento_no_39.20_urgencia_especial_credito_adicional_55000_turismo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1295/requerimento_no_40.20_urgencia_especial_credito_adicional_80000.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1307/requerimento_no_41.20_urgencia_especial_credito_adicional_25000.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1312/requerimento_no_42.20_urgencia_especial_credito_adicional_240000.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1310/requerimento_no_44.2020_-_requer_informacao_empresas_saude_fernando.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1311/requerimento_no_45.2020_-_requer_informacao_salas_fernando.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1314/requerimento_no_46.20_urgencia_especial_credito_adicional_609000.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1315/requerimento_no_47.2020_-_requer_informacao_merenda_escolar_leandro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1316/requerimento_no_48.2020_-_requer_relacao_autonomos_leandro.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1317/requerimento_no_49.2020_-_requer_laudo_defesa_civil_eduardo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1320/requerimento_no_50.20_urgencia_especial_credito_adicional_472000.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1321/requerimento_no_51.2020_-_requer_informacao_ligacao_agua_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1322/requerimento_no_52.2020_-_requer_relacao_de_bens_imoveis.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1325/mocao_de_pesar_altevir_maziero.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1326/mocao_de_pesar_cleuza_neves_gabau.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1327/mocao_de_pesar_dielson_dos_anjos_serafim.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1328/mocao_de_pesar_jurandyr_cardoso.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1212/arquivo3420332.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1297/parecer_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1165/indicacao_1.20_reforma_da_piscina_villas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1166/indicacao_2.20_reforma_banheiro_publico_villas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1167/indicacao_3.20_contratacao_de_agentes_leandro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1168/indicacao_4.20_contratacao_pediatra_ubs_leandro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1169/indicacao_5.20_acoes_atendimento_medico_ubs_leandro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1170/indicacao_6.20_reajuste_servidores_leandro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1171/indicacao_7.20_aumento_ticket_alimentacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1172/indicacao_8.20_manutencao_andrelaine_pracava_leandro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1189/indicacao_9.20_reforma_e_ampliacao_velorio_municipal_sonia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1190/indicacao_10.20_desconto_de_horas_trabalhadas_maquinas_sonia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1191/indicacao_11.20_aumento_do_ticket_e_cesta_basica_sonia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_12.20_cardiologista_fernando.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_13.20_fonoaudilogia_fernando.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_14.20_dentista_fernando.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1195/indicacao_15.20_inseticida_mosquito_da_dengue_leandro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1196/indicacao_16.20_manutencao_climatizadores_escola_stela_leandro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1197/indicacao_17.20_atracao_de_emprego_e_renda_leandro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1198/indicacao_18.20_coleta_de_tampas_plasticas_diego.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1199/indicacao_19.20_canaleta_rua_raposo_tavares_leandro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1200/indicacao_20.20_escoamento_agua_chuva_praca_toquemburgo_leandro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1201/indicacao_21.20_aquisicao_de_mascaras_villas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1202/indicacao_22.20_limpeza_do_loteamento_villas_villas.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1203/indicacao_23.20_epis_saude_e_insalubridade_leandro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1204/indicacao_24.20_caneleta_fernando.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1247/indicacao_25.20_fazer_placa_solicitacao_ouvidoria_presidente.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1248/indicacao_26.20_agencia_bradesco_diego.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1249/indicacao_27.20_distribuicao_de_merenda_villas_e_sonia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1250/indicacao_28.20_maquina_estradas_rurais_villas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1251/indicacao_29.20_ticket_para_os_afastados_villas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1252/indicacao_30.20_aumento_ticket_sonia.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1253/indicacao_31.20_diminuir_preco_horas_maquinas_prefeitura_sonia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1254/indicacao_32.20_manutencao_estradas_rurais__sonia.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_33.20_aulas_banda_marcial_diego.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_34.20_uniforme_reciclagem_diego.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1257/indicacao_35.20_conserto_de_buraco_diego.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1258/indicacao_36.20_uniformes_alunos_leandro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1259/indicacao_37.20_aquisicao_de_medicamentos_leandro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1260/indicacao_38.20_pgto_ticket_alimentacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1261/indicacao_39.20_distribuicao_alimentos_merenda_leandro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_40.20_criacao_de_canal_de_informacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1263/indicacao_41.20_compra_de_mascaras_fernando.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1264/indicacao_42.20_compra_de_azitromissina_fernando.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1265/indicacao_43.20_curso_e_treinamentos_fernando.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1266/indicacao_44.20_desinfeccao_de_ruas_e_avenidas_diego.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1267/indicacao_45.20_manutencao_estradas_rurais_leandro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_46.20_manutencao_vicinal_leandro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1269/indicacao_47.20_utilizacao_de_recursos_fausto_pinato_leandro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1270/indicacao_48.20_cestas_basicas_leandro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1271/indicacao_49.20_teste_covid_19_fernando.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1272/indicacao_50.20_limpeza_margens_estradas_rurais_wesley.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1273/indicacao_51.20_melhoria_iluminacao_remanso_wesley.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1274/indicacao_52.20_aquisicoes_para_o_centro_de_saude_leandro.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1275/indicacao_53.20_homenagem_a_professores_fernando.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1276/indicacao_54.20_contratacao_fonoaudiologo_sonia.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_55.20_compra_de_medicamentos_sonia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_56.20_motoniveladora_villas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_57.20_medicamentos_diego.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_58.20_ventiladores_creche_escola_wesley.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1299/indicacao_59.20_pedras_soltas_santos_dumont_max_wirt_wesley.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1300/indicacao_60.20_redutores_de_velocidade_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1301/indicacao_61.20_redutor_de_velocidade_wesley.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1302/indicacao_62.20_suavizar_canaleta_wesley.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_63.20_suavizar_canaleta_wesley.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1354/indicacao_64.20_pintura_muros_cemiterio_villas.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1355/indicacao_65.20_conserto_de_buracos_villas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1356/indicacao_66.20_placa_pare_fernando.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1357/indicacao_67.20_instalacao_de_brinquedos_fernando.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1358/indicacao_68.20_distribuicao_kit_merenda_escolar_leandro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1240/mocao_de_congratulacao_e_louvor_1.20_tiago_da_silva.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1243/mocao_de_congratulacao_e_louvor_2.2020_policiais_militares.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1244/mocao_de_congratulacao_e_louvor_3.2020_mosca.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1186/emenda_projeto_de_lei_no_7_tabela_vencimento_camara.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1187/emenda_1_projeto_de_lei_complementar_no_1_plano_de_carreira_camara.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1188/emenda_2_projeto_de_lei_complementar_no_1_plano_de_carreira_camara.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1283/emenda_4_projeto_de_lei_no_8_ldo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1284/emenda_5_projeto_de_lei_no_8_ldo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1282/emenda_3_projeto_de_lei_no_16_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1280/emenda_4_projeto_de_lei_no_16_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1281/emenda_5_projeto_de_lei_no_16_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_8.20_ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1206/projeto_de_lei_9.20_taxa_antenas_de_transmissao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1210/projeto_de_lei_10.20_altera_subvencao_casa_da_esperanca_covid19.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1219/projeto_de_lei_12.20_credito_adicional_79000.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1241/projeto_de_lei_18_fixacao_subsidio_prefeito_e_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_22_denominacao_logradouros_publicos_salmourao_c.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1289/projeto_de_lei_23_credito_adicional_55000.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1290/projeto_de_lei_24_credito_adicional_80000.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1296/projeto_de_lei_orcamento_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1306/projeto_de_lei_27_credito_adicional_240000_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_30.20.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1242/resolucao_1.2020_fixa_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1106/requerimento_2.20_sonia.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1160/requerimento_no_3.2020_-_recapemanto_vilas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1161/requerimento_no_4.2020_-_copia_documentacao_rodeio_vilas.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1162/requerimento_no_5.2020_-_aquisicao_fisioterapia_equipamentos_diego.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1163/requerimento_no_6.20_urgencia_especial_credito_adicional_310000_veiculo_e_equipamento_saude.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1164/requerimento_no_7.20_urgencia_especial_credito_adicional_486000_cesao_onerosa_presal.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1174/requerimento_no_8.20_urgencia_especial_aumenta_repasse_asilo_casa_da_esperanca_emil_wirth.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1175/requerimento_no_9.20_requer_informacao_sobre_convenio_de_reforma_do_centro_de_lazer_dos_trabalhadores_sonia.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1176/requerimento_no_10.20_requer_instalacao_nova_diretoria_da_associacao_dos_produtores_ruras_sonia.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1177/requerimento_no_11.20_requer_informacao_geracao_de_emprego_e_renda_sonia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1178/requerimento_no_12.2020_-_informacao_sobre_secretaria_de_saude_fernando.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1184/requerimento_no_13.2020_-_relacao_de_servidores_e_ferias_fernando.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1185/requerimento_no_14.2020_-_informacao_sobre_creche_escola_sonia.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1207/requerimento_no_15.2020_-_informacao_sobre_contratos_nivaldo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1208/requerimento_no_16.2020_informacoes_festa_do_peao_sonia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1209/requerimento_no_17.2020_informacoes_sonia.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1211/requerimento_no_18.20_urgencia_especial_aumenta_repasse_asilo_c.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1213/requerimento_no_19.20_conselho_turismo_sonia_jacon.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1214/requerimento_no_20.20_informacao_agricultura_sonia_jacon.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1215/requerimento_no_21.2020_-_informcao_aparelhos_fisioterapia_diego.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1216/requerimento_no_22.2020_-_municipio_verde_e_azul_diego.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1217/requerimento_no_23.2020_-_informcao_laudo_insalubridade_fernando.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1220/requerimento_no_24.2020_-_informcao_aterro_sanitario_leandro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1221/requerimento_no_25.2020_-_informcao_sobre_distribuicao_de_alimentos_merenda_leandro.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1222/requerimento_no_26.20_urgencia_especial_credito_adicional_79000_covid-19.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1223/requerimento_no_27.2020_-_informcao_notas_drogalira_fernando.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1224/requerimento_no_28.2020_-_melhoria_no_transporte_diego.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1225/requerimento_no_29.2020_-_salario_secretarios_municipais_leandro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1226/requerimento_no_30.2020_-_programa_cidade_legal_leandro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1239/requerimento_no_31.2020_-_requer_informacao_diferenca_de_salario_villas.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1236/requerimento_no_32.2020_-_requer_informacao_saida_capezio_sonia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1237/requerimento_no_32.2020_-_requer_informacao_saida_capezio_sonia.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1238/requerimento_no_34.2020_-_requer_informacao_sobre_obras_fernando.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1285/requerimento_no_35.20_urgencia_especial_credito_adicional_750000_covid-19.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1287/requerimento_no_36.2020_-_requer_informacao_sobre_construcao_de_casa_dinao_leandro.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1291/requerimento_no_37.2020_-_requer_informacao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1293/requerimento_no_38.2020_-_requer_informacao_sobre_secretarios_fernando.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1294/requerimento_no_39.20_urgencia_especial_credito_adicional_55000_turismo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1295/requerimento_no_40.20_urgencia_especial_credito_adicional_80000.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1307/requerimento_no_41.20_urgencia_especial_credito_adicional_25000.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1312/requerimento_no_42.20_urgencia_especial_credito_adicional_240000.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1310/requerimento_no_44.2020_-_requer_informacao_empresas_saude_fernando.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1311/requerimento_no_45.2020_-_requer_informacao_salas_fernando.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1314/requerimento_no_46.20_urgencia_especial_credito_adicional_609000.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1315/requerimento_no_47.2020_-_requer_informacao_merenda_escolar_leandro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1316/requerimento_no_48.2020_-_requer_relacao_autonomos_leandro.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1317/requerimento_no_49.2020_-_requer_laudo_defesa_civil_eduardo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1320/requerimento_no_50.20_urgencia_especial_credito_adicional_472000.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1321/requerimento_no_51.2020_-_requer_informacao_ligacao_agua_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1322/requerimento_no_52.2020_-_requer_relacao_de_bens_imoveis.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1325/mocao_de_pesar_altevir_maziero.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1326/mocao_de_pesar_cleuza_neves_gabau.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1327/mocao_de_pesar_dielson_dos_anjos_serafim.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2020/1328/mocao_de_pesar_jurandyr_cardoso.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="184.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="183.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>