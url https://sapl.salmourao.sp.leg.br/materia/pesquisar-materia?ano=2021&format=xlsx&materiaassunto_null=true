--- v0 (2025-10-18)
+++ v1 (2026-03-16)
@@ -54,2953 +54,2953 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carlim Capeta</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1339/indicacao_1.21_redutor_de_velocidade_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1339/indicacao_1.21_redutor_de_velocidade_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam instalados redutores de velocidade na Av. Presidente Castelo Branco, após o “Bar do Docão”.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_2.21_fluxo_de_veiculos_raposo_tavares_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_2.21_fluxo_de_veiculos_raposo_tavares_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere um estudo visando diminuir o fluxo de carretas que transitam pela Rua Raposo Tavares.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_3.21_bom_dia_trabalhador_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_3.21_bom_dia_trabalhador_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a implantação do Programa Bom Dia Trabalhador no município de Salmourão,  visando dar café da manhã aos trabalhadores, especialmente os rurais, além de abrigo contra o frio e a chuva.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_4.21_pista_de_caminhada_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_4.21_pista_de_caminhada_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a busca de recursos junto aos governos federal e estadual para a construção de uma pista de caminhada e ciclovia no município de Salmourão.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1343/indicacao_5.21_terrenos_baldios_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1343/indicacao_5.21_terrenos_baldios_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que seja determinado ao setor de fiscalização providência para que os terrenos baldios do município sejam mantidos limpos.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1344/indicacao_6.21_infiltracao_praca_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1344/indicacao_6.21_infiltracao_praca_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que seja determinado ao setor de fiscalização providência com relação a infiltração que vem ocorrendo no muro de arrimo existente na Praça do Jardim Toquemburgo.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1345/indicacao_7.21_ticket_alimentacao_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1345/indicacao_7.21_ticket_alimentacao_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que seja alterada a lei que concedeu ticket alimentação aos servidores municipais para que as faltas só sejam descontadas a partir da 3ª falta ocorrida no mês.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1346/indicacao_8.21_assistente_social_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1346/indicacao_8.21_assistente_social_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a contratação de profissional de assistência social para melhoria do atendimento na área de saúde do município.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1347/indicacao_9.21_confeccao_e_distribuicao_de_uniformes_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1347/indicacao_9.21_confeccao_e_distribuicao_de_uniformes_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a confecção e distribuição de uniformes escolares para todos os alunos matriculados na rede municipal de ensino.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1348/indicacao_10.21_redutores_de_velocidade_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1348/indicacao_10.21_redutores_de_velocidade_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de redutor de velocidade nas seguintes ruas:_x000D_
 1. Rua Andrelaine Pravato, próximo ao velório municipal;_x000D_
 2. Rua Raposo Tavares, próximo a casa da agente comunitária de saúde, Sra. Adriana.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1349/indicacao_11.21_redutores_de_velocidade_da_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1349/indicacao_11.21_redutores_de_velocidade_da_cruz.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de redutor de velocidade nas seguintes ruas:_x000D_
 1. Rua José Cesario da Silva, entre as esquinas com as ruas João Manoel Clara e José Fernandes Costa;_x000D_
 2. Rua Antônio Xavier da Silva, um entre as esquinas com as ruas João Manoel Clara e José Fernandes Costa e outro entre as esquinas com as ruas José Fernandes Costa e José Santana;</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_12.21_preenchimento_de_valas_da_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_12.21_preenchimento_de_valas_da_cruz.pdf</t>
   </si>
   <si>
     <t>Sugere o preenchimento das passagens de água existentes nas seguintes esquinas:_x000D_
 1. Esquinas das ruas João Manoel Clara com Max With;_x000D_
 2. Esquinas da rua João Manoel Clara com a Av. Pres. Castelo Branco.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1351/indicacao_13.21_iluminacao_bosque_municipal_da_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1351/indicacao_13.21_iluminacao_bosque_municipal_da_cruz.pdf</t>
   </si>
   <si>
     <t>Sugere que seja instalada iluminação em todo o Bosque Municipal, bem como seja construído de um quiosque com infraestrutura para lazer no local.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Tenente Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1352/indicacao_14.21_guarita_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1352/indicacao_14.21_guarita_eduardo.pdf</t>
   </si>
   <si>
     <t>Sugere que seja construída uma guarita na rua José Fernandes Costa, confluência com a Av. Pres. Castelo Branco, mas precisamente defronte ao C.C.I.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Francine Enfermeira</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1353/indicacao_15.21_kit_alimentacao_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1353/indicacao_15.21_kit_alimentacao_francine.pdf</t>
   </si>
   <si>
     <t>Sugere que todas as crianças matriculadas na APAE de Adamantina recebam o kit alimentação da Secretaria da Educação, mesmo as que não estejam matriculadas na educação municipal.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao_16.21_ar_condicionado_conselho_tutelar_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao_16.21_ar_condicionado_conselho_tutelar_francine.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de aparelho de ar condicionado na sede do Conselho Tutelar.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_17.21_conserto_de_ruas_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_17.21_conserto_de_ruas_francine.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam realizados reparos e manutenção de várias ruas de nossa cidade.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_18.21_adiantamentos_ambulanceiros_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_18.21_adiantamentos_ambulanceiros_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere aumento no valor de adiantamento que é disponibilizado aos motoristas de ambulância, especialmente em viagens a cidades distantes.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_19.21_pavimentacao_santa_lidia_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_19.21_pavimentacao_santa_lidia_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere a pavimentação do trecho da estada rural para o Bairro Santa Lídia, no trecho que passa pelo bairro Izabel Martins Villas (Remanso das Águas) até o final do Conjunto Habitacional Salmourão III que está em fase de construção pela CDHU.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_20.21_refrigerador_de_agua_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_20.21_refrigerador_de_agua_eduardo.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de um refrigerador de água industrial para o abastecimento dos reservatórios de água dos ônibus de transporte de trabalhadores rurais de Salmourão.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao_21.21_centro_historico_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao_21.21_centro_historico_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere a criação e instalação no município de um Centro Histórico de Salmourão, visando a manutenção da história municipal para o conhecimento das futuras gerações.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_22.21_volta_dos_servidores_da_saude_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_22.21_volta_dos_servidores_da_saude_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a volta ao trabalho dos servidores da saúde que estão em licenças e férias.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_23.21_local_separado_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_23.21_local_separado_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere que seja utilizado um local separado para o atendimento de pessoas com covid ou suspeitas de covid, para que não fiquem no mesmo ambiente de pessoas que procuram a unidade de saúde por outros motivos.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_24.21_internet_livre_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_24.21_internet_livre_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de internet livre na Praça do Jardim Toquemburgo e no Terminal Rodoviário “Lourival Dias Neves”.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_25.21_orientacao_covid_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_25.21_orientacao_covid_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a criação de um serviço na entrada das unidades de saúde para informar os pacientes de covid ou suspeitos da doença sobre o local e a forma com que devem buscar atendimento.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_26.21_bonificacao_covid_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_26.21_bonificacao_covid_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a concessão de bonificação salarial a todos os servidores que trabalham na linha de frente do combate a covid, sejam eles profissionais da saúde ou não.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_27.21_entrar_no_consorcio_vacinas_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_27.21_entrar_no_consorcio_vacinas_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere que o município de Salmourão entre no consorcio intermunicipal de municípios que foi formado para a compra conjunta de vacinas contra a covid-19.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao_28.21_aquisicao_de_tablets_e_celulares.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao_28.21_aquisicao_de_tablets_e_celulares.pdf</t>
   </si>
   <si>
     <t>Sugere que o município adquira tablets ou celulares para os professores da educação municipal para que possam lecionar de forma remota com equipamento adequado.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_29.21_caminhao_pipa_prod_combate_convid_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_29.21_caminhao_pipa_prod_combate_convid_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere que faça as adaptações necessárias no caminhão pipa da municipalidade, objetivando passar cloro em toda as ruas da cidade, inclusive no Bairro Guarani, para conter o aumento da Covid-19 no município.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_30.21_local_separado_covid_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_30.21_local_separado_covid_francine.pdf</t>
   </si>
   <si>
     <t>Sugere que seja disponibilizado um local exclusivo para o atendimento de pessoas com covid ou suspeitas de covid, evitando que esses pacientes fiquem no mesmo ambiente de pessoas que procuram a unidade de saúde por outros motivos. _x000D_
 Acredito que a forma mais rápida e fácil seria a utilização do PSF do Jardim Toquemburgo, com a extensão do horário de atendimento para o período das 7h às 19h e aos finais de semana das 8h as 12h._x000D_
 Também sugiro que seja realizado um revezamento entre os servidores do Centro de Saúde e do PSF para o atendimento de covid, assim, não ficará pesado para os servidores hoje lotados no PSF. Também é importante que as ações como exames e a distribuições de medicamentos do covid sejam também realizados nesta unidade exclusiva.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_31.21_carrinho_transporte_funeral_flavio.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_31.21_carrinho_transporte_funeral_flavio.pdf</t>
   </si>
   <si>
     <t>Sugere a disponibilização urgente de um carrinho para transporte funerário no cemitério municipal.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_32.21_pulseiras_convid_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_32.21_pulseiras_convid_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que, devido à gravidade da covid-19 em nosso município e a necessidade de fiscalização para garantia da saúde de toda a população, seja instituído a identificação por pulseiras das pessoas infectadas com a Covid-19 (pulseira vermelha) e as pessoas que estão em quarentena (pulseira amarela), bem como, a aplicação de multa ás pessoas que não cumprirem as determinações sanitárias.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_33.21_redutor_de_velocidade_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_33.21_redutor_de_velocidade_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que seja instalado redutor de velocidade na Rua Andrelaine Pravato, próximo ao velório municipal e na Av. Pres. Castelo Branco, próximo ao bar do “Docão”.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_34.21_compra_instrumentos_de_sopro_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_34.21_compra_instrumentos_de_sopro_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a aplicação dos recursos recebidos para a Banda Marcial no montante de R$ 50.000,00, ao menos na compra de instrumentos de sopro cujo preço aumenta com frequência.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_35.21_atendimento_psiquiatrico_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_35.21_atendimento_psiquiatrico_francine.pdf</t>
   </si>
   <si>
     <t>Sugere o retorno dos atendimentos (consultas) com médico psiquiatra na Unidade Básica de Saúde de Salmourão.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_36.21_separacao_de_lixo_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_36.21_separacao_de_lixo_francine.pdf</t>
   </si>
   <si>
     <t>Sugere que o município forneça a todas as pessoas que estão doentes com a Covid-19 e também aos que estão em quarentena, fitas da cor vermelha e que essas pessoas sejam orientadas a identificar com as fitas o lixo de sua residência, isso com a finalidade de proteger a saúde dos profissionais que realizam a coleta de lixo. Sugiro que as fitas já sejam entregues diretamente na Unidade de Saúde, no momento em que as pessoas assinam os termos de quarentena.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_37.21_consertos_firmino_colato_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_37.21_consertos_firmino_colato_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que seja consertada uma canaleta de escoamento de água existente na esquina das ruas Raposo Tavares e Pe. Galileu, no Conj. Habitacional Firmino Colato, bem como, conserto de buracos existentes na pavimentação na citada rua Raposo Tavares no mesmo bairro.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_38.21_motoniveladora_estrada_usina_bioenergia_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_38.21_motoniveladora_estrada_usina_bioenergia_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam efetuados consertos com a motoniveladora na estrada rural que liga Salmourão ao município de Lucélia e que dá acesso a usina Bioenergia do Brasil e ao Salto Botelho.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_39.21_aumento_repasse_casa_da_esperanca_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_39.21_aumento_repasse_casa_da_esperanca_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere estudo para viabilizar o aumento no valor de repasse mensal de recursos à Casa da Esperança Emil Wirth de Salmourão.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_40.21_placa_de_proibido_estacionar_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_40.21_placa_de_proibido_estacionar_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a urgente instalação de placa de proibido estacionar caminhões, carretas ou veículos similares na rua Andrelaine Pravato, defronte ao Velório Municipal.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_41.21_alteracao_ticket_alimentacao_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_41.21_alteracao_ticket_alimentacao_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que a administração analise a possibilidade de atender justas reivindicações dos servidores públicos, sendo: distribuição mensal de cestas básicas, alteração na lei do ticket alimentação para que não haja desconto em caso de doença e demais direitos trabalhistas como abonos, férias, recessos, licença gestante e licença prêmio e outros.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Sugere a promoção de estudo para que seja perfurado um poço artesiano ou semi-artesiano com vazão suficiente para atender a demanda de água do Estádio Municipal Benedito Franco de Godoy.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao_43.21_exame_toxicologico_motoristas_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao_43.21_exame_toxicologico_motoristas_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere que a administração auxilie financeiramente os motoristas na realização de exames toxicológicos obrigatórios.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao_44.21_consertos_firmino_colato_carlinhos1.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao_44.21_consertos_firmino_colato_carlinhos1.pdf</t>
   </si>
   <si>
     <t>Indica que seja consertada uma canaleta de escoamento de água existente na esquina das ruas Raposo Tavares e Elisandre Barbosa e Raposo Tavares com Pe. Galileu.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_45.21_consertos_praca_jardim_toquemburgo_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_45.21_consertos_praca_jardim_toquemburgo_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na Praça do Jardim Toquemburgo, entre elas: que sejam envernizadas as madeiras, consertados os brinquetos e substituídas lâmpadas queimadas.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1431/indicacao_46.21_melhorias_na_escola_stela_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1431/indicacao_46.21_melhorias_na_escola_stela_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica melhorias nas instalações da Escola Municipal “Stela Boer Maioli”, entre elas: pintura de salas de aula, conserto de ventiladores e pintura e melhoria da estrutura da biblioteca.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_47.21_arquvio_historico_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_47.21_arquvio_historico_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica a criação do Arquivo Histórico Público Municipal, conforme prevê a Lei Municipal nº 954, de 2010, criada a partir de Projeto de Lei que apresentei na Câmara Municipal no ano de 2010.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_48.21_anel_viario_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_48.21_anel_viario_wesley.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudo pelo departamento de engenharia da Prefeitura Municipal de Salmourão, visando confecção de Projeto Básico e levantamento do custo para a construção de um Anel Viário capaz de desviar o fluxo de veículos pesados do centro de nossa cidade, para posterior busca de recursos junto ao governo federal e estadual.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_49.21_diaria_autonomos_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_49.21_diaria_autonomos_joao_leme.pdf</t>
   </si>
   <si>
     <t>Indica o aumento no valor da diária que é paga pela Prefeitura Municipal aos autônomos que prestam serviço ao município.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_50.21_alimentacao_pacientes_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_50.21_alimentacao_pacientes_joao_leme.pdf</t>
   </si>
   <si>
     <t>Indica que a Prefeitura disponibilize alimentação aos pacientes que viajam para cidades mais distantes de nosso município, como Jaú, Barretos, São Paulo entre outras.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1437/indicacao_51.21_agentes_de_saude_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1437/indicacao_51.21_agentes_de_saude_francine.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de 2 agentes comunitários de saúde, para atenderem os setores que atualmente estão sem agentes.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1438/indicacao_52.21_muro_da_piscina_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1438/indicacao_52.21_muro_da_piscina_francine.pdf</t>
   </si>
   <si>
     <t>Indica que sejam tomadas atitudes no Centro de Lazer dos Trabalhadores (Piscinas Públicas) para evitar que as crianças entrem no local, enquanto este está fechado, evitando assim acidentes graves como afogamentos.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao_53.21_profissionais_de_saude_bonus_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao_53.21_profissionais_de_saude_bonus_francine.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito um estudo para que, dentro da legalidade e durante a pandemia, seja concedido um bônus para os profissionais de saúde, funcionários da coleta de lixo e para os funcionários que trabalham no cemitério municipal.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_54.21_bom_dia_trabalhador_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_54.21_bom_dia_trabalhador_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a implantação do Bom Dia Trabalhador para dar café da manhã aos trabalhadores</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao_55.21_terrenos_limpeza_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao_55.21_terrenos_limpeza_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere notificação de proprietários de terrenos para que façam limpeza dos mesmos</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_56.21_conserto_rebaixamentos_esquinas_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_56.21_conserto_rebaixamentos_esquinas_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere melhoria nas canaletas de escoamento de água existentes em esquinas da cidade</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_57.21_troca_de_lampadas_guarani_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_57.21_troca_de_lampadas_guarani_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere substituição das lâmpadas da praça do Bairro Guarani, bem como, limpeza e manutenção do banheiro existente no local</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_58.21_academia_praca_da_bandeira_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_58.21_academia_praca_da_bandeira_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de academia ao ar livre na Praça da Bandeira</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_59.21_conserto_rua_marcilio_fregolente_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_59.21_conserto_rua_marcilio_fregolente_francine.pdf</t>
   </si>
   <si>
     <t>Sugere ações para evitar acúmulo de água nas guias da rua Marcílio Fregolente</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao_60.21_viveiro_de_mudas_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao_60.21_viveiro_de_mudas_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a criação de um Viveiro de Mudas Municipal, para a produção de mudas para os produtores rurais de Salmourão.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao_61.21_cesta_basica_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao_61.21_cesta_basica_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a concessão de cesta básica para os servidores públicos da Prefeitura Municipal de Salmourão.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao_62.21_aumento_do_ticket_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao_62.21_aumento_do_ticket_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a criação de legislação que defina o reajuste anual dos tickets alimentação conforme o índice de inflação anual.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao_63.21_corte_de_arvores_da_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao_63.21_corte_de_arvores_da_cruz.pdf</t>
   </si>
   <si>
     <t>Sugere providências pela administração municipal ou junto aos órgãos competentes para melhorias na vicinal Antônio Gonçalves de Castro (Salmourão – Rio Aguapeí), especificamente na Ponte Branca, sendo realizar a poda de árvores que estão dificultando a visão de motoristas e a colocação de massa asfáltica nas cabeceiras da referida ponte para retirar degrau existente no leito carroçável da pista.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_64.21_epi_garis_da_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_64.21_epi_garis_da_cruz.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição de uniformes e EPIs adequados para os garis de nosso município.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_65.21_epi_servidores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_65.21_epi_servidores_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de uniformes e EPIs adequados para todos os cargos da Prefeitura Municipal de Salmourão.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao_66.21_epi_organizacao_ponto_de_taxi_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao_66.21_epi_organizacao_ponto_de_taxi_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica a organização do Ponto de Táxi da Praça da Bandeira, com a determinação exata de quais os locais de estacionamento de cada taxista lotado naquele ponto.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_67.21_cesta_basica_aos_servidores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_67.21_cesta_basica_aos_servidores_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica a distribuição de cesta básica mensal aos servidores públicos municipais, conforme prometido.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao_68.21_campo_de_bocha_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao_68.21_campo_de_bocha_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica consertos no campo de bocha existente no fundo do Ginásio Municipal de Esportes.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao_69.21_agua_empossa_marcilio_fregolente_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao_69.21_agua_empossa_marcilio_fregolente_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica ações para retirada de pontos que empossam água na rua Marcílio Fregolente, especialmente próximo ao bar existente na referida rua.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_70.21_canaleta_rua_jacob_gabau_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_70.21_canaleta_rua_jacob_gabau_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica a construção de canaleta de escoamento de água na rua Jacob Gabau, em sua esquina inferior.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1470/indicacao_71.21_canaleta_rua_rosa_raimunda_e_jose_cezario_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1470/indicacao_71.21_canaleta_rua_rosa_raimunda_e_jose_cezario_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica a construção de canaleta de escoamento de água na esquina da rua Rosa Raimunda Elorza e José Cesário da Silva para evitar que a água fique empossada no local.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_72.21_desvio_caminhoes_canavieiros_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_72.21_desvio_caminhoes_canavieiros_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica providência junto aos responsáveis pelo trânsito no município, para que seja desviado o trafego de caminhões canavieiros do interior da cidade de Salmourão, que seja aberta uma rota alternativa por fora de nossa cidade.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_73.21_sinalizacao_de_solo_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_73.21_sinalizacao_de_solo_silvana.pdf</t>
   </si>
   <si>
     <t>Indica a pintura da sinalização de solo nas ruas Max Wirth, Pedro Ricardo Martins e Raposo Tavares</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_74.21_transformacao_quinquenio_em_anuenio_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_74.21_transformacao_quinquenio_em_anuenio_joao_leme.pdf</t>
   </si>
   <si>
     <t>Indica que o Executivo inicie projeto de lei alterando o Estatuto dos Servidores Públicos Municipais, transformando os quinquênios em anuênios ou biênios.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_75.21_academia_ao_ar_libre_guarani_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_75.21_academia_ao_ar_libre_guarani_wesley.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de academia ao ar livre no Bairro Guarani e no Bosque Municipal.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_76.21_conserto_pavimentacao_praca_da_bandeira_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_76.21_conserto_pavimentacao_praca_da_bandeira_francine.pdf</t>
   </si>
   <si>
     <t>Indica o conserto da pavimentação asfáltica em torno da Praça da Bandeira.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao_77.21_programa_auxilio_emergencial_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao_77.21_programa_auxilio_emergencial_wesley.pdf</t>
   </si>
   <si>
     <t>Indica a elaboração de projeto de lei para a implantação de um Auxílio Emergencial para os comerciantes impactados pela pandemia.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao_78.21_lei_de_estagio_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao_78.21_lei_de_estagio_leandro.pdf</t>
   </si>
   <si>
     <t>Indica que seja colocada em prática a Lei Municipal nº 1.011, de 2013, que trata da contratação de estagiários para os órgãos da administração direta do município de Salmourão.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao_79.21_cardiologista_e_fonoaudiologa_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao_79.21_cardiologista_e_fonoaudiologa_fernando.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de um médico cardiologista e de um profissional de fonoaudiologia para atender a comunidade na Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao_80.21_conserto_rua_andrelaine_pravato_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao_80.21_conserto_rua_andrelaine_pravato_francine.pdf</t>
   </si>
   <si>
     <t>Indica a execução de consertos urgentes na rua Andrelaine Pravato, no Bairro Jardim Toquemburgo, próximo ao Remanso das Águas.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao_81.21_ampliacao_do_cemiterio_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao_81.21_ampliacao_do_cemiterio_francine.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação do cemitério municipal, bem como, consertos necessários nos muros que cercam o mesmo.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao_82.21_tapar_buraco_herculado_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao_82.21_tapar_buraco_herculado_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica que sejam tapados buracos existentes na rua Herculano da Costa Silva</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_83.21_consertos_praca_jardim_toquemburgo_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_83.21_consertos_praca_jardim_toquemburgo_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na Praça do Jardim Toquemburgo, entre elas: que sejam envernizadas as madeiras, consertados ou substituídos os brinquedos e substituídas lâmpadas queimadas.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_84.21_consertos_praca_cdhu_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_84.21_consertos_praca_cdhu_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica a substituição de lâmpadas queimadas na Praça Pública que fica entre os conjuntos habitacionais Primavera e Firmino Colato.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao_85.21_niveladora_estrada_rural_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao_85.21_niveladora_estrada_rural_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica que, quando as condições de tempo forem favoráveis, sejam realizados consertos com a motoniveladora na estrada rural que liga Salmourão a usina Bioenergia do Brasil.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao_86.21_canaleta_raposo_tavares_padre_galileu_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao_86.21_canaleta_raposo_tavares_padre_galileu_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica que sejam consertadas as canaletas de escoamento de água existentes nas esquinas das ruas Raposo Tavares com Padre Galileu e Andrelaine Pravato com Raposo Tavares, para que a água não fique empossada nestes locais</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao_87.21_muro_almoxarifado_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao_87.21_muro_almoxarifado_carlinhos.pdf</t>
   </si>
   <si>
     <t>Indica a construção de muro em volta do almoxarifado municipal.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_88.21_uniformes_escolares_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_88.21_uniformes_escolares_leandro.pdf</t>
   </si>
   <si>
     <t>Indica a confecção e distribuição de uniforme escolar para as crianças matriculadas nas instituições de ensino do município (Escola Stela Boer Maioli, Creche Escola e Espaço Amigo).</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1514/indicacao_89.21_banheiro_feminio_praca_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1514/indicacao_89.21_banheiro_feminio_praca_wesley.pdf</t>
   </si>
   <si>
     <t>sugere ações para a melhoria dos banheiros públicos da Praça da Bandeira ou   construção de novos banheiros. Aproveita para sugerir que seja dada especial atenção a manutenção destes banheiros, mantendo-os em boas condições de uso e evitando vandalismos.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1520/indicacao_90.21_vale_alimentacao_prefeiturajoao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1520/indicacao_90.21_vale_alimentacao_prefeiturajoao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere providências para o pagamento nos vales-alimentação dos servidores públicos municipais, uma vez que já vai para o segundo mês desse imbróglio e o assunto precisa ser resolvido o quanto antes.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1521/indicacao_91.21_entrega_de_casas_populares_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1521/indicacao_91.21_entrega_de_casas_populares_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a entrega das 40 (quarenta) moradias populares já autorizadas do Conjunto Habitacional Salmourão C, uma vez que a casa própria é o sonho de todos.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1524/indicacao_92.21_banheiro_da_praca_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1524/indicacao_92.21_banheiro_da_praca_carlos.pdf</t>
   </si>
   <si>
     <t>Suguere a construção de novos banheiros públicos na Praça da Bandeira, já com atenção especial as leis de acessibilidade.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1525/indicacao_93.21_aquisicao_de_mais_um_trator_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1525/indicacao_93.21_aquisicao_de_mais_um_trator_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere esforços para a aquisição de um novo trator para o município.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1531/indicacao_94.21_quebra_mola_claudio_betiol_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1531/indicacao_94.21_quebra_mola_claudio_betiol_silvana.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de redutor de velocidade (quebra-molas) na rua Cláudio Betiol, próximo a residência do Sr. Vitório Mazucato.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1532/indicacao_96.21_conserto_rebaixamento_esquina_jose_cezario_fernando.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1532/indicacao_96.21_conserto_rebaixamento_esquina_jose_cezario_fernando.odt</t>
   </si>
   <si>
     <t>Sugere a instalação de redutor de velocidade (quebra-molas) na rua Raposo Tavares.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao_96.21_conserto_rebaixamento_esquina_jose_cezario_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao_96.21_conserto_rebaixamento_esquina_jose_cezario_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere o conserto de canaleta de escoamento de água na esquina das ruas José Cesário da Silva com Prof. Roberto Hottinger.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1534/indicacao_97.21_carro_para_educacao_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1534/indicacao_97.21_carro_para_educacao_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a cessão de veículo para a Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao_98.21_conserto_do_telhado_da_fachada_da_ubs_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao_98.21_conserto_do_telhado_da_fachada_da_ubs_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere o conserto do telhado existente na fachada da UBS Arnaldo Rabassi.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao_99.21_aquisicao_de_alimentos_da_agricultura_familiar_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao_99.21_aquisicao_de_alimentos_da_agricultura_familiar_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que a Prefeitura Municipal compre alimentos dos agricultores familiares de Salmourão.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao_100.21_aquisicao_de_aparelho_de_diabetes_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao_100.21_aquisicao_de_aparelho_de_diabetes_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que a Prefeitura Municipal compre aparelhos para medir níveis de glicose no sangue (medidor de glicose).</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1538/indicacao_101.21_lampada_claudio_betiol_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1538/indicacao_101.21_lampada_claudio_betiol_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de lâmpada em poste existente na rua Cláudio Betiol.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1539/indicacao_102.21_aquisicao_de_tombador_grade_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1539/indicacao_102.21_aquisicao_de_tombador_grade_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição para utilização na agricultura municipal de um tombador, uma máquina de plantar e o conserto ou aquisição de grade agrícola.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1542/indicacao_103.21_higienizacao_bebedouro_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1542/indicacao_103.21_higienizacao_bebedouro_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere limpeza e higienização do bebedouro do Centro de Saúde</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1546/indicacao_104.21_crachas_e_uniformes_motoristas_ambulancias_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1546/indicacao_104.21_crachas_e_uniformes_motoristas_ambulancias_francine.pdf</t>
   </si>
   <si>
     <t>sugere a compra de crachás e uniformes para os motoristas de ambulância do município.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1547/indicacao_105.21_compra_de_gradao_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1547/indicacao_105.21_compra_de_gradao_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a compra de um gradão para atendimento aos agricultores do município.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1551/indicacao_106.21_melhoria_lanches_pacientes_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1551/indicacao_106.21_melhoria_lanches_pacientes_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de estudo para melhorar a qualidade dos lanches oferecidos aos pacientes e seus acompanhantes que fazem tratamento em cidades como Marília, Jaú e outras.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1552/indicacao_107.21_acoes_de_incentivo_comercio_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1552/indicacao_107.21_acoes_de_incentivo_comercio_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja verificada a possibilidade de promover ações de incentivo e apoio ao comércio local; como promover uma reunião com todos os comerciantes para planejar futuras promoções em datas especiais e comemorativas como Natal, réveillon, dias dos Pais, dias das Mães e outras.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1553/indicacao_108.21_merenda_especial_dia_das_criancas_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1553/indicacao_108.21_merenda_especial_dia_das_criancas_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere que seja oferecida para as crianças da rede municipal e estadual de ensino e projeto espaço amigo, inclusive para aquelas que estão matriculadas mas não voltaram as aulas presenciais, merenda especial em comemoração ao dia das crianças.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1554/indicacao_109.21_veiculo_agente_de_saude_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1554/indicacao_109.21_veiculo_agente_de_saude_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que seja disponibilizado um veículo para o trabalho das agentes comunitárias de saúde.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1555/indicacao_110.21_banheiro_da_praca_usar_para_biblioteca_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1555/indicacao_110.21_banheiro_da_praca_usar_para_biblioteca_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que quando da desativação do banheiro da Praça da Bandeira, com a construção de um novo, seja o espaço utilizado para a implantação de uma Biblioteca Municipal ou um Centro Histórico do Município.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1556/indicacao_111.21_pavimentar_a_rua_7_do_jardim_guanabara_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1556/indicacao_111.21_pavimentar_a_rua_7_do_jardim_guanabara_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a pavimentação da rua existente no Bairro Esmeraldo Manoel Beijamim, próximo ao campo de futebol sintético.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1557/indicacao_112.21_instalacao_de_tubos_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1557/indicacao_112.21_instalacao_de_tubos_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de tubulação para o escoamento de águas pluviais no início da estrada rural que liga o município à Fazenda Tamara, ao lado do Residencial Villas.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1558/indicacao_113.21_aparelho_raster_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1558/indicacao_113.21_aparelho_raster_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição de um scanner automotivo (Raster) para ser utilizado pelos mecânicos da Prefeitura Municipal e um soprador a gasolina para ser utilizado no setor de serviços do município.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Sugere que na rua Oliva Gomes Augusto, próximo as empresas Moemba Aves e Rações e Oficina Mecânica do Di, seja permitido o estacionamento de veículos apenas de um lado da rua</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1560/indicacao_115.21_horta_comunitaria_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1560/indicacao_115.21_horta_comunitaria_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a criação e implementação de uma horta popular comunitária.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1561/indicacao_116.21_sinalizacao_de_solo_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1561/indicacao_116.21_sinalizacao_de_solo_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere que seja feita a sinalização de solo em torno da Praça da Bandeira e nas demais ruas que receberam recapeamento asfáltico, bem como, que as guias de sarjetas também sejam pintadas.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao_117.21_demarcacao_ponto_de_onibus_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao_117.21_demarcacao_ponto_de_onibus_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere que nos pontos de ônibus existentes próximo a Prefeitura Municipal e a Lanchonete Ki Delícia seja feita sinalização de solo com a demarcação “ponto de ônibus”.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao_118.21_instalar_cameras_nas_entradas_da_cidade_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao_118.21_instalar_cameras_nas_entradas_da_cidade_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam instaladas câmeras de monitoramento nas quatro entradas da cidade.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao_119.21_lampadas_bosque_municipal_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao_119.21_lampadas_bosque_municipal_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam instaladas lâmpadas no Bosque Municipal, bem como a construção de um banheiro público no local.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_120.21_cobrar_taxa_dos_vendedores_ambulantes_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_120.21_cobrar_taxa_dos_vendedores_ambulantes_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere que a cobrança de taxa dos vendedores ambulantes e demais vendedores que comercializam produtos diretamente nas casas dos clientes em Salmourão, inclusive aos finais de semana.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_121.21_abertura_do_centro_de_saude_aos_domingos_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_121.21_abertura_do_centro_de_saude_aos_domingos_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere que a Unidade Básica de Saúde funcione aos domingos em sistema de plantão.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_122.21_poda_de_arvores_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_122.21_poda_de_arvores_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere a poda das árvores existentes na esquina das ruas Prof. Antônio Pereira Santana e Olivia Gomes Augusto.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao_123.21_recapeamento_marcilio_fregolente_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao_123.21_recapeamento_marcilio_fregolente_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere o recapeamento da rua Marcílio Fregolente.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_124.21_luzes_resid_novo_horizonte_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_124.21_luzes_resid_novo_horizonte_carlos.pdf</t>
   </si>
   <si>
     <t>Sugere comunicação aos responsáveis pelo Loteamento Jardim Novo Horizonte para a substituição de lâmpadas queimadas e resolução do problema de ligação de água e esgoto.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao_125.21_limpeza_do_bosque_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao_125.21_limpeza_do_bosque_francine.pdf</t>
   </si>
   <si>
     <t>Sugere que seja feita limpeza no Bosque Municipal e que o mesmo seja mantido limpo e em condições de usos pela população.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_126.21_melhorias_no_bosque_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_126.21_melhorias_no_bosque_silvana.pdf</t>
   </si>
   <si>
     <t>Sugere a implantação de pista de caminhada no Bosque Municipal, bem como sejam realizadas melhorias na iluminação do mesmo.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1578/indicacao_127.21_implantacao_atividade_delegada_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1578/indicacao_127.21_implantacao_atividade_delegada_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>Sugere a implantação em nosso município da ATIVIDADE DELEGADA, que é um convênio firmado entre o Estado e os municípios com o objetivo de permitir a utilização de policiais militares, em dia de folga, no policiamento ostensivo e no apoio a prefeitura nas atividades de fiscalização que são de responsabilidade do Município..</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1579/indicacao_128.21_bebeouro_rodoviaria_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1579/indicacao_128.21_bebeouro_rodoviaria_francine.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de um bebedouro público no Terminal Rodoviário Lourival Dias Neves.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1580/indicacao_129.21_volta_de_criancas_a_creche_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1580/indicacao_129.21_volta_de_criancas_a_creche_francine.pdf</t>
   </si>
   <si>
     <t>Sugere a volta do atendimento na Creche Escola de crianças com idade entre  seis (6) meses e dois (2) anos.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1581/indicacao_130.21_ventiladores_espaco_amigo_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1581/indicacao_130.21_ventiladores_espaco_amigo_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere  a instalação de dois ventiladores no prédio da antiga Creche Municipal onde atualmente funciona o Projeto Espaço Amigo.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_131.21_transporte_escolar_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_131.21_transporte_escolar_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de transporte para as crianças matriculadas na rede municipal de ensino que residem nos bairros mais afastados da EMEFI Stela Boer Maioli, como é o caso dos bairros Firmino Colato, Fortunato Pravato, Jardim Toquemburgo, Remanso das Águas e ainda o novo Conjunto Habitacional Salmourão C.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_132.21_caminhao_cacamba_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_132.21_caminhao_cacamba_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de estudo por parte do setor competente, para a futura aquisição de um caminhão transportador de caçambas, para que os cidadãos possam depositar materiais e resíduos sólidos como restos de construção e galhos residuais das podas de árvores no município.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_133.21_terrenos_limpeza_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_133.21_terrenos_limpeza_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a execução dos serviços de limpeza em terrenos baldios, especialmente no bairro Remanso das Águas, observando a legislação vigente quanto à cobrança de referidos serviços para serem lançados no Carnê de IPTU dos proprietários que não realizam a limpeza.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_134.21_ampliacao_cemitario_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_134.21_ampliacao_cemitario_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a ampliação do Cemitério Municipal através da área já comprada pelo município e substituição dos vasos sanitários do banheiro do referido cemitério.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_135.21_agua_e_esgoto_novo_horizonte_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_135.21_agua_e_esgoto_novo_horizonte_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere comunicação aos responsáveis pelo Loteamento Jardim Novo Horizonte para a resolução imediata do problema de ligação de água e esgoto.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1592/indicacao_136.21_redutor_de_velocidade_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1592/indicacao_136.21_redutor_de_velocidade_fernando.pdf</t>
   </si>
   <si>
     <t>Indica  a instalação de um redutor de velocidade (quebra-molas) na rua João Ferreira Barbosa, em frente ao bar do Sr. Raimundo.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao_137.21_cafe_da_manha_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao_137.21_cafe_da_manha_francine.pdf</t>
   </si>
   <si>
     <t>Indica que seja fornecido café da manhã para as crianças matriculadas na creche escola.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao_138.21_instalacao_de_placas_na_cidade_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao_138.21_instalacao_de_placas_na_cidade_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que sejam instaladas placas que identifiquem as saídas do município e os locais mais importantes do município como prefeitura, câmara, escolas, casa da esperança, praças e outros.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_139.21_instalacao_de_redutor_de_velocidade_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_139.21_instalacao_de_redutor_de_velocidade_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que seja instalado redutor de velocidade (quebra-molas) na Travessa F.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao_140.21_instalacao_rotatoria_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao_140.21_instalacao_rotatoria_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere que seja feita uma rotatória na confluência das ruas Raposo Tavares, Pedro Ricardo Martins e Max Wirth.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao_141.21_manutencao_vicinal_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao_141.21_manutencao_vicinal_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a manutenção da sinalização horizontal e vertical, bem como limpeza e roçagem mecânica às margens da estrada vicinal Antônio Gonçalves de Castro, que liga o município de Salmourão ao Rio Aguapeí.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao_142.21_iluminacao_publica_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao_142.21_iluminacao_publica_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a troca e manutenção de lâmpadas, em especial no bairro Parque Continental, nas COHABS e também no Bairro Guarani.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_143.21_abono_natalino_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_143.21_abono_natalino_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere que o Executivo encaminhe Projeto de Lei ao Legislativo, concedendo abono natalino no valor de R$ 150,00, mesmo valor do vale-alimentação pago atualmente pela Prefeitura Municipal, a todos os servidores públicos ativos e inativos, lotados no quadro de pessoal desta municipalidade.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Sugerie a construção de um quebra-molas (redutor de velocidade) na rua vereador José Cesário no cruzamento com a rua José Santana, proximo a casa do senhor João Osvaldo.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_145.21_cesta_basicaservidores__wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_145.21_cesta_basicaservidores__wesley.pdf</t>
   </si>
   <si>
     <t>Sugere o envio ao Legislativo de Projeto de Lei visando concessão de cesta básica mensal aos servidores públicos municipais da prefeitura.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_146.21_ar_condicionado__wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_146.21_ar_condicionado__wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de estudo visando a adequação elétrica, aquisição e instalação de aparelhos de ar condicionado nas salas da EMEFI Stela Boer Maioli, com isso será possível dar maior conforto e bem-estar aos alunos e professores durante a realização das atividades pedagógicas desenvolvidas em sala de aula.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_147.21_uniformes_escolares__wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_147.21_uniformes_escolares__wesley.pdf</t>
   </si>
   <si>
     <t>Sugere que aproveite o tempo do recesso escolar para adiantar a aquisição e/ou confecção dos uniformes escolares, visto que com a antecipação desta atividade, haverá tempo hábil para que as crianças recebam os uniformes escolares logo no início das aulas do ano de 2022, o que será de suma importância para todos os alunos.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_148.21_ponto_eletronico__wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_148.21_ponto_eletronico__wesley.pdf</t>
   </si>
   <si>
     <t>Sugere que seja estudada a possibilidade da implantação de relógios de ponto biométrico em todos os setores da Prefeitura Municipal de Salmourão, desde a área administrativa, passando pelo centro de Saúde, setores da educação e ainda no Almoxarifado Municipal.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Da Cruz, Carlim Capeta</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_149.21_campo_de_bocha_e_malhar_edson_e_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_149.21_campo_de_bocha_e_malhar_edson_e_carlos.pdf</t>
   </si>
   <si>
     <t>Indica que sejam reformados os campos de bocha e malha existentes no fundo do Ginásio Municipal de Esportes.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao_150.21_pista_de_skate_edson_e_carlos.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao_150.21_pista_de_skate_edson_e_carlos.odt</t>
   </si>
   <si>
     <t>Indica que seja reformada a pista de Skate “Delano Gregóerio de Oliveira Zorzi”.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1480/mocao_de_congratulacao_e_louvor_1.2021_sindicato_rural_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1480/mocao_de_congratulacao_e_louvor_1.2021_sindicato_rural_joao_leme.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor nº 1/2021 em favor do SINDICATO RURAL DE INÚBIA PAULISTA e ao SISTEMA FAESP/SENAR-SP, pela doação de quinhentos (500) testes rápidos de Covid-19 para a Secretaria de Saúde do município e pelo trabalho de qualificação profissional que realiza em prol da população de Salmourão.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1481/mocao_de_congratulacao_e_louvor_2.2021_eixo_sp_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1481/mocao_de_congratulacao_e_louvor_2.2021_eixo_sp_joao_leme.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor à CONCESSIONÁRIA EIXO SP, pelo bom trabalho que desenvolve para recuperação e manutenção da estrada Vicinal Antônio Dias, que liga Salmourão à Rodovia Comandante João Ribeiro de Barros (SP 294).</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1482/mocao_de_congratulacao_e_louvor_3.2021_projeto_renascer_pm_salmourao_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1482/mocao_de_congratulacao_e_louvor_3.2021_projeto_renascer_pm_salmourao_wesley.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao PROJETO RENASCER e ao 2º GRUPAMENTO DA POLÍCIA MILITAR DE SALMOURÃO, pelo trabalho de excelência que prestam junto a crianças, adolescentes e jovens de Salmourão na utilização do esporte como forma de educação para a cidadania consciente.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>João Leme, Francine Enfermeira, Tenente Eduardo, Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1522/mocao_de_congratulacao_e_louvor_4.2021_servidores_municipais_aposentados.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1522/mocao_de_congratulacao_e_louvor_4.2021_servidores_municipais_aposentados.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor aos servidores públicos municipais aposentados LOURDES CARDOSO DE SA SILVA, VICENTE FERREIRA DE OLIVEIRA, ASSETIDES RODRIGUES DA SILVA, MARIA SUELY DE OLIVEIRA ZORZI, JANDIRA GONÇALVES DA SILVA, APARECIDA LOPES DOS SANTOS, MARIA ELIZA DE CAMARGO BUSSOLA CESAR,  NIVALDO PEREZ PARRA E LUIZ CARLOS CARVALHO DOS SANTOS</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>Tenente Eduardo, Francine Enfermeira, João Leme, Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1523/mocao_de_congratulacao_e_louvor_5.2021_servidores_da_saude_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1523/mocao_de_congratulacao_e_louvor_5.2021_servidores_da_saude_eduardo.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor aos servidores da saúde</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1545/mocao_de_congratulacao_e_louvor_6.2021_airton_pecan_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1545/mocao_de_congratulacao_e_louvor_6.2021_airton_pecan_joao_leme.pdf</t>
   </si>
   <si>
     <t>Parabeniza o Sargento PM Airton Peçan, Comandante da Polícia Militar em Salmourão pelo trabalho que vem desenvolvendo</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1586/mocao_de_congratulacao_e_louvor_7.2021_neguinho_macedo_antonio_dos_santos_da_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1586/mocao_de_congratulacao_e_louvor_7.2021_neguinho_macedo_antonio_dos_santos_da_cruz.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO E LOUVOR ao ex-servidor municipal Sr. ANTÔNIO DOS SANTOS (Neguinho Macedo), pelos serviços prestados junto ao município de Salmourão</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1587/mocao_de_congratulacao_e_louvor_8.2021_jailson_miguel_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1587/mocao_de_congratulacao_e_louvor_8.2021_jailson_miguel_fernando.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO E LOUVOR ao SR. JAÍLSON MIGUEL FERREIRA CARDOSO, pelo serviço voluntário que presta junto as famílias de pacientes internados em hospitais de nossa região</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>COFC - Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1548/projeto_de_decreto_legislativo_1.21_aprova_contas_da_prefeitura_exercicio_de_2019.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1548/projeto_de_decreto_legislativo_1.21_aprova_contas_da_prefeitura_exercicio_de_2019.pdf</t>
   </si>
   <si>
     <t>Aprova as contas da Prefeitura Municipal de Salmourão, exercício de 2019. Processo eTC-004637.989.19-5.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1575/projeto_de_decreto_2.21_-_titulo_de_cidadao_salmoroense_pe_jose_luiz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1575/projeto_de_decreto_2.21_-_titulo_de_cidadao_salmoroense_pe_jose_luiz.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Salmoroense ao Padre José Luis Dias Barbosa, CP</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_decreto_3.21_-_titulo_de_cidadao_salmoroense_pe_rogerio.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_decreto_3.21_-_titulo_de_cidadao_salmoroense_pe_rogerio.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Salmoroense ao Padre Rogério de Lima Mendes, CP</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1415/emenda_modificativa_proj_de_lei_5.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1415/emenda_modificativa_proj_de_lei_5.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 1º do Projeto de Lei nº 6, de 2021</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1416/emenda_modificativa_2_proj_de_lei_5.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1416/emenda_modificativa_2_proj_de_lei_5.pdf</t>
   </si>
   <si>
     <t>Modifica o art. 3º do Projeto de Lei nº 6, de 2021</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1456/emenda__4__aditiva_ao_proj_de_lei__ldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1456/emenda__4__aditiva_ao_proj_de_lei__ldo.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei nº 8, de 2021, que trata da Lei de Diretrizes Orçamentárias. “Adiciona art. 32 ao Projeto de Lei nº 8, de 2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022."</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1457/emenda_5_aditiva_ao_proj_de_lei__ldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1457/emenda_5_aditiva_ao_proj_de_lei__ldo.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei nº 8, de 2021, que trata da Lei de Diretrizes Orçamentárias. “Adiciona art. 33 ao Projeto de Lei nº 8, de 2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022.”</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1458/emenda_6_modificativa__proj_de_lei__ldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1458/emenda_6_modificativa__proj_de_lei__ldo.pdf</t>
   </si>
   <si>
     <t>“Modifica o paragrafo único do art. 3º do Projeto de Lei nº 8, de 2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1459/emenda_7_modificativa_ao_proj_de_lei__ldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1459/emenda_7_modificativa_ao_proj_de_lei__ldo.pdf</t>
   </si>
   <si>
     <t>“Modifica o § 4º do art. 1º do Projeto de Lei nº 8, de 2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1460/emenda_8_supressiva_ao_proj_de_lei__ldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1460/emenda_8_supressiva_ao_proj_de_lei__ldo.pdf</t>
   </si>
   <si>
     <t>“Suprime o art. 25 do Projeto de Lei nº 8, de 2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022."</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1484/emenda_9_modificativa_ao_proj_de_lei__ldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1484/emenda_9_modificativa_ao_proj_de_lei__ldo.pdf</t>
   </si>
   <si>
     <t>Modifica os incisos I e II do art. 19 do Projeto de Lei nº 8, de 2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_emenda_lom_1.2021_orcamento_impositivo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_emenda_lom_1.2021_orcamento_impositivo.pdf</t>
   </si>
   <si>
     <t>Acrescenta artigo 112-A na Lei Orgânica do Município de Salmourão, para tornar obrigatória a execução da programação orçamentária e dá outras providências. Emendas impositivas do Poder Legislativo</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1388/projeto_de_lei_n_6_lista_de_vacinados_covid_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1388/projeto_de_lei_n_6_lista_de_vacinados_covid_wesley.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão da lista de vacinação contra COVID-19 e informações adicionais no Portal da Transparência do Município de Salmourão e dá outras providências</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1461/projeto_de_lei_13_programa_auxilio_desempregado.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1461/projeto_de_lei_13_programa_auxilio_desempregado.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Auxílio ao Desempregado - denominado "Frente de Trabalho"</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_lei_numero_14_-_altera_artigo_2o_lei_-_valor_locacao_aterro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_lei_numero_14_-_altera_artigo_2o_lei_-_valor_locacao_aterro.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 2º da Lei Municipal nº 996, de 2012, que autoriza o Poder Executivo Municipal a celebrar contrato de locação de imóvel para implantação do aterro sanitário em valas e dá outras providências</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1496/pl_15_direito_de_uso.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1496/pl_15_direito_de_uso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação e concessão do direito real de uso de bem público e dá outras providências</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1497/pl16.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1497/pl16.pdf</t>
   </si>
   <si>
     <t>Dá nome de Praça da Bandeira a praça central da cidade e ao arruamento em volta da mesma.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_numero_17_-_incorpora_imovel_ao_perimetro_urbano.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_numero_17_-_incorpora_imovel_ao_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>Incorpora ao perímetro urbano imóvel rural constituído pela Gleba B, denominado Sítio São Pedro do Salmourão, com área de 4,7225 hectares - Matricula nº 30.554, de propriedade do Sr. Renato José Bannwart</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_18_2021_desafetacao_e_permissao_de_uso_predio_sapeca_subst_pl_15.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_18_2021_desafetacao_e_permissao_de_uso_predio_sapeca_subst_pl_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação e permissão de uso de bem público e dá outras providências - Substitui Projeto de Lei nº 15, de 2021.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_no_19_2021_autorizacao_credito_adicional_suplementar_1180000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_no_19_2021_autorizacao_credito_adicional_suplementar_1180000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Suplementar para o exercício de 2021, no valor de R$ 1.180.000,00</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_numero_21_-_da_nova_redacao_a_lei_1.199_que_autoriza_a_designar_funcionario_ao_forum_de_osvaldo_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_numero_21_-_da_nova_redacao_a_lei_1.199_que_autoriza_a_designar_funcionario_ao_forum_de_osvaldo_cruz.pdf</t>
   </si>
   <si>
     <t>Da nova redação ao art. 1º da Lei Municipal nº 1208/2021</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_numero_20_-_da_nova_redacao_a_lei_1.208_que_incorpora_area_ao_perimetro_urbano..pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_numero_20_-_da_nova_redacao_a_lei_1.208_que_incorpora_area_ao_perimetro_urbano..pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º da Lei Municipal nº 1.199/2021</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_no_22.21_orcamento_2022.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_no_22.21_orcamento_2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SALMOURÃO PARA O EXERCÍCIO FINANCEIRO DE 2022 - ORÇAMENTO 2022</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1585/projeto_de_lei_23_normas_abertura_buracos_ruas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1585/projeto_de_lei_23_normas_abertura_buracos_ruas.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para execução de serviços e obras que exijam abertura de buracos nas ruas e avenidas do município de Salmourão.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_numero_24_-_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_numero_24_-_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar para o exercício de 2021, no valor de R$ 1.035.000,00</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_resolucao_n_1_de_2021_sessao_remota.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_resolucao_n_1_de_2021_sessao_remota.pdf</t>
   </si>
   <si>
     <t>Institui ritos de procedimentos para a realização de sessões ordinárias e extraordinárias, na modalidade remota, no âmbito da Câmara Municipal de Salmourão, como solução a ser utilizada durante a emergência de saúde pública relacionada à pandemia do COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1408/projeto_resolucao_n_2_emprestimo_consignacao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1408/projeto_resolucao_n_2_emprestimo_consignacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a celebrar convênio com instituições financeiras para concessão de empréstimos, sob garantia de consignação com desconto em folha de pagamento, aos vereadores e servidores públicos do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1440/projeto_resolucao_n_3_altera_a_resolucao_2.21_emprestimo_consignacao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1440/projeto_resolucao_n_3_altera_a_resolucao_2.21_emprestimo_consignacao.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 6º e 8º da Resolução nº 02/2021, para aumentar o limite de consignação em folha de 30% para 35%. Resolução nº 2/2021 que autoriza o Poder Legislativo a celebrar convênio com instituições financeiras para concessão de empréstimos, sob garantia de consignação com desconto em folha de pagamento, aos vereadores e servidores públicos do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1331/requerimento_no_1.2021_-_requer_notas_fiscais_empresa_joao_victor_maximiano_rocha.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1331/requerimento_no_1.2021_-_requer_notas_fiscais_empresa_joao_victor_maximiano_rocha.pdf</t>
   </si>
   <si>
     <t>Requer cópia de notas fiscais, licitação ou dispensa de licitação e plano de trabalho referente a prestação de serviço da empresa Joao Victor Maximiano Rocha junto a Prefeitura Municipal de Salmourão</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1332/requerimento_no_2.2021_-_requer_notas_fiscais_de_dedetizacao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1332/requerimento_no_2.2021_-_requer_notas_fiscais_de_dedetizacao.pdf</t>
   </si>
   <si>
     <t>Requer cópia de notas fiscais, processo de licitação ou dispensa de licitação e plano de execução de serviços de dedetização realizados junto a Prefeitura Municipal de Salmourão</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1333/requerimento_no_3.2021_-_requer_cestas_basicas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1333/requerimento_no_3.2021_-_requer_cestas_basicas.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre distribuição de cestas básicas pela Prefeitura Municipal de Salmourão</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1334/requerimento_no_4.2021_-_requer_material_escolar_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1334/requerimento_no_4.2021_-_requer_material_escolar_wesley.pdf</t>
   </si>
   <si>
     <t>Requer cópia de notas fiscais, empenhos e processo de licitação e dispensa de licitação de fornecedor</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_no_5.2021_-_requer_medicamentos_compra_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_no_5.2021_-_requer_medicamentos_compra_francine.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre falta de medicamentos do Protocolo da Covid-19</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_no_6.2021_-_requer_informacao_descarte__medicamentos_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_no_6.2021_-_requer_informacao_descarte__medicamentos_fernando.pdf</t>
   </si>
   <si>
     <t>Requer informação medidas tomadas em virtude do descarte de medicamentos no Aterro Sanitário</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1359/requerimento_no_7.2021_-_requer_informacao_sobre_receitas_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1359/requerimento_no_7.2021_-_requer_informacao_sobre_receitas_eduardo.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre arrecadação de taxas para transporte de trabalhadores</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1360/requerimento_no_8.2021_-_requer_informacao_convid_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1360/requerimento_no_8.2021_-_requer_informacao_convid_wesley.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre aplicação de recursos para o combate da Covid-19</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1361/requerimento_no_9.2021_-_requer_informacao_cras_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1361/requerimento_no_9.2021_-_requer_informacao_cras_wesley.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre aplicação de recursos do CRAS</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1362/requerimento_no_10.2021_-_requer_relacao_de_vaciandos_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1362/requerimento_no_10.2021_-_requer_relacao_de_vaciandos_francine.pdf</t>
   </si>
   <si>
     <t>Requer relação de pessoas vacinadas contra a Covid-19 no município de Salmourão</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_no_11.2021_-_requer_copia_de_licitacao_cobertura_almoxarifado_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_no_11.2021_-_requer_copia_de_licitacao_cobertura_almoxarifado_carlos.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre cobertura executada no Almoxarifado Municipal</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_no_12.2021_-_requer_copia_de_prestacao_de_contas_recapeamentos_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_no_12.2021_-_requer_copia_de_prestacao_de_contas_recapeamentos_carlos.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre recapeamentos realizados no município nos anos de 2019 e 2020</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1365/requerimento_no_13.2021_-_requer_copia_de_prestacao_de_contas_creche_escola_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1365/requerimento_no_13.2021_-_requer_copia_de_prestacao_de_contas_creche_escola_carlos.pdf</t>
   </si>
   <si>
     <t>Requer prestação de contas das etapas de Construção da Creche Escola realizadas nos anos de 2018, 2019 e 2020 e cópia de licitação para a aquisição de equipamentos para a referida creche</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1374/requerimento_no_14.2021_-_requer_copia_de_licitacao_caminhao_e_onibus_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1374/requerimento_no_14.2021_-_requer_copia_de_licitacao_caminhao_e_onibus_carlos.pdf</t>
   </si>
   <si>
     <t>Requer cópia de documentos refentes a aquisição de caminhão e ônibus pela administração 2017-2020</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1385/requerimento_no_15.2021_-_requer_notas_fornecedor_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1385/requerimento_no_15.2021_-_requer_notas_fornecedor_wesley.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre compras realizadas pela Prefeitura junto ao fornecedor de CNPJ: 40.359.386/0001-47.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1386/requerimento_no_16.2021_-_desp_combustiveis_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1386/requerimento_no_16.2021_-_desp_combustiveis_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre despesas com combustíveis e lubrificantes nos meses de janeiro e fevereiro de 2021</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1389/requerimento_no_17_responsavel_pelo_cras.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1389/requerimento_no_17_responsavel_pelo_cras.pdf</t>
   </si>
   <si>
     <t>Requer nome do responsável pelo CRAS de Salmourão</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1390/requerimento_no_18_recibos_cestas_basicas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1390/requerimento_no_18_recibos_cestas_basicas.pdf</t>
   </si>
   <si>
     <t>Requer cópia de recibos de entrega de cestas básicas</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1393/requerimento_no_19.2021_-_requer_informacao_licitacao_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1393/requerimento_no_19.2021_-_requer_informacao_licitacao_wesley.pdf</t>
   </si>
   <si>
     <t>Requer cópia de documentos referentes ao Processo de Licitação nº 04/2021 – Convite nº 01/2021: Relação de licitantes convidados, relação de licitantes participantes, ata de abertura de envelopes de habilitação, ata de abertura de envelopes propostas, documentos da empresa vencedora, parecer jurídico, contrato, termo de adjudicação, termo de homologação, empenhos, subempenhos e notas fiscais recebidas até a presente data.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1394/requerimento_no_20.2021_-_requer_informacao_dispensa_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1394/requerimento_no_20.2021_-_requer_informacao_dispensa_wesley.pdf</t>
   </si>
   <si>
     <t>Requer cópia de documentos referentes ao Processo nº 01/2021 – Dispensa de Licitação nº 01/2021: Autorização de abertura do processo, pesquisa de preços, ato de dispensa de licitação, ratificação da dispensa de licitação, parecer jurídico, contrato, empenho, subempenhos e notas fiscais recebidas até a presente data.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1395/requerimento_no_21.2021_-_requer_informacao_dispensa_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1395/requerimento_no_21.2021_-_requer_informacao_dispensa_wesley.pdf</t>
   </si>
   <si>
     <t>Requer cópia de documentos referentes ao Processo nº 14/2021 – Dispensa de Licitação nº 08/2021: Autorização de abertura do processo, pesquisa de preços, ato de dispensa de licitação, ratificação da dispensa de licitação, parecer jurídico, contrato, empenho, subempenhos e notas fiscais recebidas até o presente data.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1396/requerimento_no_22.2021_-_requer_informacao_autonomos_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1396/requerimento_no_22.2021_-_requer_informacao_autonomos_wesley.pdf</t>
   </si>
   <si>
     <t>Requer: 1 – Relação das pessoas que prestaram serviços junto a Prefeitura Municipal de Salmourão na qualidade de autônomo, durante o período de janeiro a março de 2021, acompanhado dos respectivos RPA, valores pagos e descrição dos serviços realizados; 2 – Comprovante de recolhimento da previdência social das pessoas listadas no item 1, acompanhada da relação de empregados gerada pelo SEFIP.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>Requer relação dos servidores que desempenharam a função de motorista na Prefeitura Municipal de Salmourão durante os anos de 2014 a 2016.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>Requer relação dos servidores que desempenharam cargos em comissão, confiança e funções de chefia durante o período de 2017 a 2020, acompanhada de cópia de todas as respectivas portarias de nomeação e designação.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_no_25.2021_-_requer_informacao_isencao_doentes_graves_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_no_25.2021_-_requer_informacao_isencao_doentes_graves_leandro.pdf</t>
   </si>
   <si>
     <t>Requer Informação a respeito da aplicação da Lei Municipal 1.166/2020, em especial, quanto a sua regulamentação pelo Poder Executivo e também sobre a orientação aos munícipes interessados em requerer administrativamente a isenção do imposto prevista na referida norma.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1405/requerimento_no_26.2021_-_requer_informacao_autonomos_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1405/requerimento_no_26.2021_-_requer_informacao_autonomos_silvana.pdf</t>
   </si>
   <si>
     <t>Requer as seguintes informações: 1 – Cópia dos recibos pagos para os autônomos com os códigos de identificação nº 415 e 548, referente ao período de 2017 a 2020;  2 – Relatório identificando as funções ou serviço prestado durante esse período; 3 – Cópia da documentação que comprove assiduidade no trabalho.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>Professor Leandro, Carlim Capeta, Da Cruz, Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1406/requerimento_no_27.2021_-_requer_relacao_de_contratados_leandro_silvana_carlos_edson.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1406/requerimento_no_27.2021_-_requer_relacao_de_contratados_leandro_silvana_carlos_edson.pdf</t>
   </si>
   <si>
     <t>Requer as seguintes informações: 1 – Relação dos servidores contratados por concurso público para o cargo de motorista durante o período de 2017 a 2020;  2 – Cópia dos respectivos editais de concurso público, acompanhado do anexo referente ao número de vagas oferecido a cada cargo; 3 – Cópia do edital de convocação dos contratados listados no item 1 publicado na imprensa; 4 – Cópia completa do processo de contratação dos listados no item 1, acompanhado das respectivas portarias de nomeação.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>Professor Leandro, Carlim Capeta, Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1407/requerimento_no_28.2021_-_requer_relacao_processo_itbi_leandro_silvana_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1407/requerimento_no_28.2021_-_requer_relacao_processo_itbi_leandro_silvana_carlos.pdf</t>
   </si>
   <si>
     <t>Requer: 1 – Cópia do Processo de Isenção de ITBI por incorporação de capital social, em favor do Sr. Markus Max Wirth, proprietário da Fazenda Bandeirantes do Salto, no ano de 2019, acompanhado do Parecer Jurídico referente a juridicidade da isenção concedida;  2 – Informação sobre qual base jurídica municipal permitiu a isenção; 3 – Informação sobre o valor da isenção.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1417/requerimento_no_29.2021_-_requer_dados_enfermeiros_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1417/requerimento_no_29.2021_-_requer_dados_enfermeiros_wesley.pdf</t>
   </si>
   <si>
     <t>Requer: _x000D_
 1 – Cópia das escalas de trabalho e do livro ponto de todos enfermeiros, técnicos e auxiliares de enfermagem referente aos meses de janeiro até a presente data;_x000D_
 2- Cópia do documento, devidamente registrado junto ao Coren, que comprove quem é responsável técnico pela Unidade Básica de Saúde de Salmourão, constando o período de designação e validade.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Qual a modalidade de licitação que foi utilizada para a contratação de médicos, enfermeiros, auxiliares de enfermagem e motoristas para veículos da saúde por esta municipalidade no ano de 2021;_x000D_
 2 - Enviar cópia de todo o processo licitatório bem como dos contratos efetuados. Caso seja processo seletivo, enviar cópia do processo, relação de classificação e publicações;_x000D_
 3 – Cópia de todos os recibos de pagamentos destes profissionais (ou notas fiscais), acompanhadas dos devidos empenhos e comprovantes de pagamentos. Bem como relação nominal de todos os profissionais contratados e a função que desempenham;_x000D_
 4 – Justificar motivos e fundamentação legal para respectivas contratações no formato optado pela administração.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1419/requerimento_no_31.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1419/requerimento_no_31.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Resolução nº 01, de 2021, que trata de autorização para convênio de empréstimo consignado</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1427/requerimento_no_32.20_urgencia_espespecial_subvencao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1427/requerimento_no_32.20_urgencia_espespecial_subvencao.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 12, de 2021, que aumenta o valor de subvenção à Casa da Esperança "Emil Wirth"</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>Silvana do Pedrão, Carlim Capeta, Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1428/requerimento_no_33.2021_-_requer_informacao_empresa_transporte_pacientes_leandro_silvana_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1428/requerimento_no_33.2021_-_requer_informacao_empresa_transporte_pacientes_leandro_silvana_carlos.pdf</t>
   </si>
   <si>
     <t>Requer informação e cópia de documentos refente as empresas contratadas pela municipalidade para o transporte de pacientes às cidades de Marília e Tupã, sendo; a) Cópia dos contratos; b) Cópia dos empenhos; c) Comprovantes de pagamento; d) Fonte de Recurso utilizada para o pagamento; e) Valor total gasto; f) Data do última viagem realizada; g) Cópias das Ordens de Viagem.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1433/requerimento_no_34.2021_-_requer_informacao_licitacoes_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1433/requerimento_no_34.2021_-_requer_informacao_licitacoes_wesley.pdf</t>
   </si>
   <si>
     <t>Requer cópia das licitações, contratos, notas fiscais e empenhos referente a contratação das seguintes empresas: M.E. Pieretti Contabilidade – ME, Ronan Figueira Daun, Arilho Serviços Técnicos Especializados Ltda., IR da Silva Treinamento – ME e Olivelton da Silva Lima.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_no_35_urgencia_especial_projeto_resol_3.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_no_35_urgencia_especial_projeto_resol_3.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Resolução nº 3, de 2021</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_no_36_requer_gasto_combustiveis_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_no_36_requer_gasto_combustiveis_wesley.pdf</t>
   </si>
   <si>
     <t>Requer cópia dos empenhos e notas fiscais dos meses de março e abril de 2021 referente a aquisição de combustíveis e lubrificantes pela Prefeitura Municipal de Salmourão.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1447/requerimento_no_37_requer_informacao_sobre_diaria_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1447/requerimento_no_37_requer_informacao_sobre_diaria_francine.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre o pagamento de diárias na Prefeitura Municipal de Salmourão</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1448/requerimento_no_38_requer_informacao_isencao_itbi_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1448/requerimento_no_38_requer_informacao_isencao_itbi_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre isenção de ITBI</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1475/requerimento_no_39_requer_informacao_licitacao_leandro_silvana_e_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1475/requerimento_no_39_requer_informacao_licitacao_leandro_silvana_e_carlos.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1. Cópia do Processo de Licitação nº 48/2020  - Dispensa de Licitação nº 27/2020._x000D_
 2. Cópia dos empenhos, notas fiscais e pagamentos relacionados ao referido processo._x000D_
 3. Valor gasto de recursos específicos de combate a Covid-19 aplicados através do processo citado.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1476/requerimento_no_40_requer_informacao_projeto_espaco_amigo_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1476/requerimento_no_40_requer_informacao_projeto_espaco_amigo_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 - Cópia do Regulamento, Estatuto ou Regimento que é utilizado para que crianças e adolescentes possam estar frequentando o Projeto Espaço Amigo._x000D_
 2 - Qual faixa etária que foi atendida por este projeto do ano de 2010 até a presente data.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1477/requerimento_no_41_requer_informacao_iss_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1477/requerimento_no_41_requer_informacao_iss_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 - Cópia dos comprovantes de retenção (recolhimento) do Imposto Sobre Serviço (ISS) em favor da municipalidade, efetuados junto as notas fiscais emitidas pela empresa O.S.V. Construtora durante todo o período em que a referida empresa realizou os serviços de construção da Creche Escola.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_no_42_requer_informacao_licenca_premio_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_no_42_requer_informacao_licenca_premio_wesley.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Relação com nome e cargo de todos os servidores que estão em Licença Prêmio._x000D_
 2 – Cópia de todas as portarias de concessão de Licença Prêmio aos servidores emitidas no presente ano._x000D_
 3 – Cópia dos requerimentos de Licença Prêmio assinados e protocolados na sede da municipalidade pelos servidores durante o presente exercício._x000D_
 4 – Justificativa da concessão não requerida de Licença Prêmio aos servidores, uma vez que informação obtida junto a Corte de Contas mostra que referido Tribunal não emitiu nenhum apontamento sobre acumulo de Licença Prêmio a essa municipalidade, diferente do que ocorre com acúmulo de férias o que, aí sim, gera apontamento.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1479/requerimento_no_43_requer_informacao_licenca_premio_pecunia_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1479/requerimento_no_43_requer_informacao_licenca_premio_pecunia_wesley.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Quais os critérios utilizados para pagamento de licença prêmio em pecúnia aos servidores da municipalidade. _x000D_
 2 - Relação dos servidores com os valores recebidos em licença prêmio em pecúnia.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento_no_44_requer_informacao_sobre_esf_saude_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento_no_44_requer_informacao_sobre_esf_saude_wesley.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Qual valor que é repassado ao município por meio do Ministério da Saúde para pagamento e manutenção da equipe multiprofissional da ESF (Estratégia de Saúde da Família);_x000D_
 2 – Quais os profissionais que compõe a ESF do município de Salmourão e qual o valor recebido por cada profissional;_x000D_
 3 – Cópias dos holerites ou contratos dos profissionais em que compõe a ESF existente no município.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_no_45_requer_informacao_financeira_saude_e_educacao_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_no_45_requer_informacao_financeira_saude_e_educacao_francine.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Cópia dos extratos bancários, saldos orçamentários e saldos financeiros das contas que correspondem a área da assistência social e saúde do município no encerramento do exercício de 2020._x000D_
 2 – Cópia dos extratos bancários, saldos orçamentários e saldos financeiros das contas que correspondem a área da assistência social e saúde do município de janeiro de 2021 até a presente data.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1489/requerimento_no_46_requer_informacao_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1489/requerimento_no_46_requer_informacao_francine.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 Qual o valor que o estado de São Paulo repassa ao município para a aquisição de gêneros alimentícios para a Escola Hans Wirth e qual o valor da contrapartida da Prefeitura nesta despesa.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1490/requerimento_no_47_requer_folhas_de_pagamento_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1490/requerimento_no_47_requer_folhas_de_pagamento_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 Cópia das folhas de pagamento dos servidores públicos da Prefeitura Municipal de Salmourão, referentes a todos os meses dos anos de 2009, 2010, 2011, 2012, 2013 e 2014.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>Da Cruz, Carlim Capeta, Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_no_48.21_urgencia_espespecial_projeto_13_.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_no_48.21_urgencia_espespecial_projeto_13_.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 13, de 2021, que cria o Programa de Auxílio ao Desemprego denominado "Frente de Trabalho".</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1492/requerimento_no_49.21_urgencia_espespecial_projeto_14_.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1492/requerimento_no_49.21_urgencia_espespecial_projeto_14_.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 14, de 2021, que dá nova redação ao artigo 2º, da Lei Municipal nº 996, de 28 de junho de 2012, com redação alterada pela Lei Municipal nº 1.186, de 22 de Setembro de 2020, que autoriza o Poder Executivo Municipal a celebrar contrato de locação de imóvel para implantação do aterro sanitário em valas e dá outras providências.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1505/requerimento_no_50_requer_gasto_combustiveis_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1505/requerimento_no_50_requer_gasto_combustiveis_wesley.pdf</t>
   </si>
   <si>
     <t>Requer: 1. Cópia dos empenhos e notas fiscais dos meses de maio e junho de 2021 referente a aquisição de combustíveis e lubrificantes pela Prefeitura Municipal de Salmourão.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_no_51_requer_empenho_de_fornecedor_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_no_51_requer_empenho_de_fornecedor_wesley.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Cópia dos empenhos emitidos no presente ano, acompanhadas das respectivas notas fiscais, referente ao credor Cristiano Rodrigo Tolentino (CNPJ 05.117.802/0001-08);_x000D_
 2 – Cópia da licitação ou processo de dispensa de licitação utilizado para a contratação da empresa acima.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>Tenente Eduardo, Professor Leandro, Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1511/requerimento_no_52.21_urgencia_espespecial_projeto_18.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1511/requerimento_no_52.21_urgencia_espespecial_projeto_18.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 18, de 2021</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1512/requerimento_no_53.21_requer_informacao_aposentados_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1512/requerimento_no_53.21_requer_informacao_aposentados_wesley.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Relação dos servidores públicos aposentados._x000D_
 2 – Se houve notificação por parte de algum órgão alertando/notificando sobre a Emenda Constitucional nº 103, de 12/11/2019, caso positivo encaminhar cópia da notificação.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_no_54.21_requer_informacao_secretaria_educacao_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_no_54.21_requer_informacao_secretaria_educacao_wesley.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Se o cadastro das instituições de ensino do município de Salmourão junto ao PDDE (Programa Dinheiro Direto na Escola) estão em dia e corretos._x000D_
 2 – Se o município recebeu algum valor do PDDE durante o primeiro semestre de 2021. _x000D_
 3 – Caso tenha recebido, informar o valor recebido e como foi ou será aplicado.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1515/requerimento_no_55.21_requer_gastos_adiantamentos_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1515/requerimento_no_55.21_requer_gastos_adiantamentos_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Cópias das notas de despesas de viagem, alimentação, gasto com combustíveis, pedágios e demais despesas junto dos empenhos nº 594-000/2021, 592-000/2021, 635-000/2021, 1061-000/2021, 1062-000/2021, 1527-000/2021, 2394-000/2021, 2524-000/2021, 3655-000/2021, 4101-000/2021 e 4133-000/2021. Encaminhar também os empenhos citados. _x000D_
 2 – Cópias das notas de despesas de viagem, alimentação, gasto com combustíveis, pedágios e demais despesas junto dos empenhos nº 3902-000/2021 e 3986-000/2021. Encaminhar também os empenhos citados_x000D_
 3 – Cópias das notas de despesas de viagem, alimentação, gasto com combustíveis, pedágios e demais despesas junto dos empenhos nº 57-000/2021, 158-000/2021, 460-000/2021, 631-000/2021, 707-000/2021, 1850-000/2021, 2246-000/2021, 2522-000/2021, 2776-000/2021, 2832-000/2021, 2845-000/2021, 2882-000/2021, 2914-000/2021, 3015-000/2021, 3016-000/2021, 3082-000/2021, 3440-000/2021, 3526-000/2021, 3527-000/2021, 3622-000/2021, 3623-000/2021, 3657-000/2021, 37</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1516/requerimento_no_56.21relacao_gasto_motorista_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1516/requerimento_no_56.21relacao_gasto_motorista_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Relação de quais os valores que são pagos pelo município de Salmourão aos motoristas da área da saúde para custear as despesas em suas respectivas viagens em que transportam pacientes para tratar diversas patologias para os seguintes municípios: Araçatuba-SP, Assis-SP, Catanduva-SP, Jales-SP, Jaú-SP, Marília-SP, Ourinhos-SP, Presidente Prudente-SP, Ribeirão Preto-SP, São José do Rio Preto-SP e São Paulo-Capital. Especificar os valores por município.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1517/requerimento_no_57.21_copia_notas_fiscais_de_motoristas_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1517/requerimento_no_57.21_copia_notas_fiscais_de_motoristas_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Cópias das notas de despesas de viagem, alimentação, gasto com combustíveis e demais despesas realizadas pelos seguintes motoristas da saúde em suas viagens com transporte de pacientes: ANTÔNIO AUGUSTO DE OLIVEIRA, VALDELEI CABRAL DO NASCIMENTO e ALESSANDRA ALBANO ZAFALON. E o valor ofertado pela municipalidade para as viagens junto aos gastos.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1518/requerimento_no_58.21_informacoes_cesta_especial_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1518/requerimento_no_58.21_informacoes_cesta_especial_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Relação das pessoas ou famílias que recebem a "Cesta Especial" do Fundo Social de Solidariedade do município, constando nome completo, endereço e cópia do relatório médico ou do (a) nutricionista._x000D_
  2 - Qual o procedimento para as pessoas se enquadrarem nessa lista.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1519/requerimento_no_59.21_informacoes_saude_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1519/requerimento_no_59.21_informacoes_saude_eduardo.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Cópia do extrato bancário do Fundo Municipal de Saúde do município de Salmourão de janeiro de 2021 até a presente data._x000D_
 2 - Quais os valores que foram recebidos para investimentos no setor da saúde do município através de emendas parlamentares federais e estaduais no ano de 2021, especificar o autor da emenda, publicação no Diário Oficial do Estado ou da União e o objeto da mesma.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1540/requerimento_no_60.21_urgencia_espespecial_projeto_20.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1540/requerimento_no_60.21_urgencia_espespecial_projeto_20.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 20, de 2021, de autoria do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento_no_61.21_urgencia_espespecial_projeto_21.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento_no_61.21_urgencia_espespecial_projeto_21.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 21, de 2021, de autoria do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1543/requerimento_no_62.21_conselho_de_usuarios_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1543/requerimento_no_62.21_conselho_de_usuarios_wesley.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a formação do Conselho de Usuários</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1544/requerimento_no_63.21_requer_informacao_secretaria_educacao_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1544/requerimento_no_63.21_requer_informacao_secretaria_educacao_wesley.pdf</t>
   </si>
   <si>
     <t>Requer informação se no presente exercício a Secretaria Municipal de Educação já solicitou recursos junto ao Programa PAR (Plano de Ações Articuladas), caso afirmativo informar o que foi solicitado.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_no_64.21_requer_informacao_serv_edinaci_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_no_64.21_requer_informacao_serv_edinaci_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Cópia da portaria que designa o servidor Edinaci Silva dos Santos para desenvolver qualquer outra função na administração municipal;_x000D_
 2 – Cópia da escala de trabalho do referido servidor._x000D_
 3 – Informação com a justificativa do servidor receber, a título de diária, o valor de R$ 600,00 (seiscentos reais) mensais desde o início de 2021.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_no_65.21_requer_informacao_grafica_atual_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_no_65.21_requer_informacao_grafica_atual_wesley.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Cópia dos empenhos, notas fiscais e licitação referente as despesas realizadas pela Prefeitura junto ao fornecedor Gráfica Atual de Adamantina Ltda. – ME._x000D_
 2 – Justificativa em caso de não ter sido realizado processo licitatório.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1563/requerimento_no_66.21_requer_informacao_emendas_parlamentares_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1563/requerimento_no_66.21_requer_informacao_emendas_parlamentares_wesley.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 	1 – Informação sobre o recebimento de recurso na ordem de R$ 40.000,00 para Academia ao Ar livre na Praça da Bandeira, bem como sua aplicação._x000D_
 	2 – Informação sobre o recebimento de emenda do Deputado Vanderlei Macris, na ordem de R$ 100.000,00, para recapeamento Asfáltico. Emenda nº 23660001, transferência especial nº 28.845.0903OEC2._x000D_
 	3 – Informação sobre o recebimento de emenda do Deputado Roque Barbieri, através da Secretaria de Saúde, no valor de R$ 150.000,00 para aquisição de um veículo tipo Van, para o transporte de pacientes de Salmourão para os centros médicos especializados em outros municípios.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1564/requerimento_no_67.21_requer_copia_de_licitacao_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1564/requerimento_no_67.21_requer_copia_de_licitacao_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
  	1 – Cópia de TODOS os documentos referentes ao processo licitatório nº 37/2021 tomada de preço nº 01/2021, que teve como objeto: CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO RAMO DE ARQUITETURA OU ENGENHARIA CIVIL, PARA RECAPEAMENTO ASFÁLTICO DO TIPO CBUQ, PARA DIVERSAS RUAS E AVENIDAS DO MUNICÍPIO DE SALMOURÃO – SP, ORIUNDOS DO CONVENIO Nº 100303/21, SECRETARIA DESENVOLVIMENTO REGIONAL.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento_no_68.21_requer_informacao_servidor_ten._flavio.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento_no_68.21_requer_informacao_servidor_ten._flavio.pdf</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1591/requerimento_no_69.21_urgencia_espespecial_projeto_24.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1591/requerimento_no_69.21_urgencia_espespecial_projeto_24.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 24, de 2021</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto Total ou Parcial</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1495/veto_parcial_autografo_1321_proj_de_lei_8.21_ldo_2022.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1495/veto_parcial_autografo_1321_proj_de_lei_8.21_ldo_2022.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao Inciso II do artigo 19 do Autógrafo nº 13/2021, referente ao Projeto de Lei nº 8/2021, que trata da LDO 2022</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>ParCE</t>
   </si>
   <si>
     <t>Parecer Comissão Especial</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1337/relatoriocparquivo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1337/relatoriocparquivo.pdf</t>
   </si>
   <si>
     <t>Parecer pelo arquivamento da Comissão Processante nº 01/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3307,67 +3307,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1339/indicacao_1.21_redutor_de_velocidade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_2.21_fluxo_de_veiculos_raposo_tavares_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_3.21_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_4.21_pista_de_caminhada_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1343/indicacao_5.21_terrenos_baldios_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1344/indicacao_6.21_infiltracao_praca_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1345/indicacao_7.21_ticket_alimentacao_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1346/indicacao_8.21_assistente_social_leandro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1347/indicacao_9.21_confeccao_e_distribuicao_de_uniformes_leandro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1348/indicacao_10.21_redutores_de_velocidade_leandro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1349/indicacao_11.21_redutores_de_velocidade_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_12.21_preenchimento_de_valas_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1351/indicacao_13.21_iluminacao_bosque_municipal_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1352/indicacao_14.21_guarita_eduardo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1353/indicacao_15.21_kit_alimentacao_francine.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao_16.21_ar_condicionado_conselho_tutelar_francine.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_17.21_conserto_de_ruas_francine.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_18.21_adiantamentos_ambulanceiros_carlos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_19.21_pavimentacao_santa_lidia_carlos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_20.21_refrigerador_de_agua_eduardo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao_21.21_centro_historico_carlos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_22.21_volta_dos_servidores_da_saude_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_23.21_local_separado_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_24.21_internet_livre_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_25.21_orientacao_covid_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_26.21_bonificacao_covid_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_27.21_entrar_no_consorcio_vacinas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao_28.21_aquisicao_de_tablets_e_celulares.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_29.21_caminhao_pipa_prod_combate_convid_wesley.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_30.21_local_separado_covid_francine.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_31.21_carrinho_transporte_funeral_flavio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_32.21_pulseiras_convid_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_33.21_redutor_de_velocidade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_34.21_compra_instrumentos_de_sopro_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_35.21_atendimento_psiquiatrico_francine.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_36.21_separacao_de_lixo_francine.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_37.21_consertos_firmino_colato_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_38.21_motoniveladora_estrada_usina_bioenergia_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_39.21_aumento_repasse_casa_da_esperanca_leandro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_40.21_placa_de_proibido_estacionar_leandro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_41.21_alteracao_ticket_alimentacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao_43.21_exame_toxicologico_motoristas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao_44.21_consertos_firmino_colato_carlinhos1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_45.21_consertos_praca_jardim_toquemburgo_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1431/indicacao_46.21_melhorias_na_escola_stela_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_47.21_arquvio_historico_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_48.21_anel_viario_wesley.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_49.21_diaria_autonomos_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_50.21_alimentacao_pacientes_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1437/indicacao_51.21_agentes_de_saude_francine.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1438/indicacao_52.21_muro_da_piscina_francine.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao_53.21_profissionais_de_saude_bonus_francine.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_54.21_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao_55.21_terrenos_limpeza_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_56.21_conserto_rebaixamentos_esquinas_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_57.21_troca_de_lampadas_guarani_wesley.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_58.21_academia_praca_da_bandeira_wesley.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_59.21_conserto_rua_marcilio_fregolente_francine.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao_60.21_viveiro_de_mudas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao_61.21_cesta_basica_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao_62.21_aumento_do_ticket_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao_63.21_corte_de_arvores_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_64.21_epi_garis_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_65.21_epi_servidores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao_66.21_epi_organizacao_ponto_de_taxi_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_67.21_cesta_basica_aos_servidores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao_68.21_campo_de_bocha_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao_69.21_agua_empossa_marcilio_fregolente_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_70.21_canaleta_rua_jacob_gabau_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1470/indicacao_71.21_canaleta_rua_rosa_raimunda_e_jose_cezario_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_72.21_desvio_caminhoes_canavieiros_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_73.21_sinalizacao_de_solo_silvana.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_74.21_transformacao_quinquenio_em_anuenio_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_75.21_academia_ao_ar_libre_guarani_wesley.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_76.21_conserto_pavimentacao_praca_da_bandeira_francine.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao_77.21_programa_auxilio_emergencial_wesley.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao_78.21_lei_de_estagio_leandro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao_79.21_cardiologista_e_fonoaudiologa_fernando.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao_80.21_conserto_rua_andrelaine_pravato_francine.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao_81.21_ampliacao_do_cemiterio_francine.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao_82.21_tapar_buraco_herculado_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_83.21_consertos_praca_jardim_toquemburgo_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_84.21_consertos_praca_cdhu_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao_85.21_niveladora_estrada_rural_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao_86.21_canaleta_raposo_tavares_padre_galileu_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao_87.21_muro_almoxarifado_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_88.21_uniformes_escolares_leandro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1514/indicacao_89.21_banheiro_feminio_praca_wesley.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1520/indicacao_90.21_vale_alimentacao_prefeiturajoao_leme.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1521/indicacao_91.21_entrega_de_casas_populares_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1524/indicacao_92.21_banheiro_da_praca_carlos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1525/indicacao_93.21_aquisicao_de_mais_um_trator_carlos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1531/indicacao_94.21_quebra_mola_claudio_betiol_silvana.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1532/indicacao_96.21_conserto_rebaixamento_esquina_jose_cezario_fernando.odt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao_96.21_conserto_rebaixamento_esquina_jose_cezario_fernando.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1534/indicacao_97.21_carro_para_educacao_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao_98.21_conserto_do_telhado_da_fachada_da_ubs_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao_99.21_aquisicao_de_alimentos_da_agricultura_familiar_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao_100.21_aquisicao_de_aparelho_de_diabetes_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1538/indicacao_101.21_lampada_claudio_betiol_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1539/indicacao_102.21_aquisicao_de_tombador_grade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1542/indicacao_103.21_higienizacao_bebedouro_wesley.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1546/indicacao_104.21_crachas_e_uniformes_motoristas_ambulancias_francine.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1547/indicacao_105.21_compra_de_gradao_fernando.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1551/indicacao_106.21_melhoria_lanches_pacientes_leandro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1552/indicacao_107.21_acoes_de_incentivo_comercio_leandro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1553/indicacao_108.21_merenda_especial_dia_das_criancas_leandro.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1554/indicacao_109.21_veiculo_agente_de_saude_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1555/indicacao_110.21_banheiro_da_praca_usar_para_biblioteca_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1556/indicacao_111.21_pavimentar_a_rua_7_do_jardim_guanabara_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1557/indicacao_112.21_instalacao_de_tubos_fernando.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1558/indicacao_113.21_aparelho_raster_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1560/indicacao_115.21_horta_comunitaria_wesley.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1561/indicacao_116.21_sinalizacao_de_solo_wesley.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao_117.21_demarcacao_ponto_de_onibus_wesley.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao_118.21_instalar_cameras_nas_entradas_da_cidade_carlos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao_119.21_lampadas_bosque_municipal_carlos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_120.21_cobrar_taxa_dos_vendedores_ambulantes_carlos.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_121.21_abertura_do_centro_de_saude_aos_domingos_carlos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_122.21_poda_de_arvores_carlos.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao_123.21_recapeamento_marcilio_fregolente_carlos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_124.21_luzes_resid_novo_horizonte_carlos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao_125.21_limpeza_do_bosque_francine.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_126.21_melhorias_no_bosque_silvana.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1578/indicacao_127.21_implantacao_atividade_delegada_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1579/indicacao_128.21_bebeouro_rodoviaria_francine.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1580/indicacao_129.21_volta_de_criancas_a_creche_francine.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1581/indicacao_130.21_ventiladores_espaco_amigo_fernando.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_131.21_transporte_escolar_wesley.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_132.21_caminhao_cacamba_wesley.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_133.21_terrenos_limpeza_wesley.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_134.21_ampliacao_cemitario_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_135.21_agua_e_esgoto_novo_horizonte_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1592/indicacao_136.21_redutor_de_velocidade_fernando.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao_137.21_cafe_da_manha_francine.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao_138.21_instalacao_de_placas_na_cidade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_139.21_instalacao_de_redutor_de_velocidade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao_140.21_instalacao_rotatoria_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao_141.21_manutencao_vicinal_wesley.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao_142.21_iluminacao_publica_wesley.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_143.21_abono_natalino_wesley.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_145.21_cesta_basicaservidores__wesley.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_146.21_ar_condicionado__wesley.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_147.21_uniformes_escolares__wesley.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_148.21_ponto_eletronico__wesley.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_149.21_campo_de_bocha_e_malhar_edson_e_carlos.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao_150.21_pista_de_skate_edson_e_carlos.odt" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1480/mocao_de_congratulacao_e_louvor_1.2021_sindicato_rural_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1481/mocao_de_congratulacao_e_louvor_2.2021_eixo_sp_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1482/mocao_de_congratulacao_e_louvor_3.2021_projeto_renascer_pm_salmourao_wesley.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1522/mocao_de_congratulacao_e_louvor_4.2021_servidores_municipais_aposentados.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1523/mocao_de_congratulacao_e_louvor_5.2021_servidores_da_saude_eduardo.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1545/mocao_de_congratulacao_e_louvor_6.2021_airton_pecan_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1586/mocao_de_congratulacao_e_louvor_7.2021_neguinho_macedo_antonio_dos_santos_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1587/mocao_de_congratulacao_e_louvor_8.2021_jailson_miguel_fernando.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1548/projeto_de_decreto_legislativo_1.21_aprova_contas_da_prefeitura_exercicio_de_2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1575/projeto_de_decreto_2.21_-_titulo_de_cidadao_salmoroense_pe_jose_luiz.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_decreto_3.21_-_titulo_de_cidadao_salmoroense_pe_rogerio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1415/emenda_modificativa_proj_de_lei_5.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1416/emenda_modificativa_2_proj_de_lei_5.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1456/emenda__4__aditiva_ao_proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1457/emenda_5_aditiva_ao_proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1458/emenda_6_modificativa__proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1459/emenda_7_modificativa_ao_proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1460/emenda_8_supressiva_ao_proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1484/emenda_9_modificativa_ao_proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_emenda_lom_1.2021_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1388/projeto_de_lei_n_6_lista_de_vacinados_covid_wesley.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1461/projeto_de_lei_13_programa_auxilio_desempregado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_lei_numero_14_-_altera_artigo_2o_lei_-_valor_locacao_aterro.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1496/pl_15_direito_de_uso.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1497/pl16.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_numero_17_-_incorpora_imovel_ao_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_18_2021_desafetacao_e_permissao_de_uso_predio_sapeca_subst_pl_15.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_no_19_2021_autorizacao_credito_adicional_suplementar_1180000.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_numero_21_-_da_nova_redacao_a_lei_1.199_que_autoriza_a_designar_funcionario_ao_forum_de_osvaldo_cruz.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_numero_20_-_da_nova_redacao_a_lei_1.208_que_incorpora_area_ao_perimetro_urbano..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_no_22.21_orcamento_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1585/projeto_de_lei_23_normas_abertura_buracos_ruas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_numero_24_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_resolucao_n_1_de_2021_sessao_remota.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1408/projeto_resolucao_n_2_emprestimo_consignacao.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1440/projeto_resolucao_n_3_altera_a_resolucao_2.21_emprestimo_consignacao.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1331/requerimento_no_1.2021_-_requer_notas_fiscais_empresa_joao_victor_maximiano_rocha.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1332/requerimento_no_2.2021_-_requer_notas_fiscais_de_dedetizacao.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1333/requerimento_no_3.2021_-_requer_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1334/requerimento_no_4.2021_-_requer_material_escolar_wesley.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_no_5.2021_-_requer_medicamentos_compra_francine.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_no_6.2021_-_requer_informacao_descarte__medicamentos_fernando.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1359/requerimento_no_7.2021_-_requer_informacao_sobre_receitas_eduardo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1360/requerimento_no_8.2021_-_requer_informacao_convid_wesley.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1361/requerimento_no_9.2021_-_requer_informacao_cras_wesley.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1362/requerimento_no_10.2021_-_requer_relacao_de_vaciandos_francine.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_no_11.2021_-_requer_copia_de_licitacao_cobertura_almoxarifado_carlos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_no_12.2021_-_requer_copia_de_prestacao_de_contas_recapeamentos_carlos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1365/requerimento_no_13.2021_-_requer_copia_de_prestacao_de_contas_creche_escola_carlos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1374/requerimento_no_14.2021_-_requer_copia_de_licitacao_caminhao_e_onibus_carlos.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1385/requerimento_no_15.2021_-_requer_notas_fornecedor_wesley.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1386/requerimento_no_16.2021_-_desp_combustiveis_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1389/requerimento_no_17_responsavel_pelo_cras.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1390/requerimento_no_18_recibos_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1393/requerimento_no_19.2021_-_requer_informacao_licitacao_wesley.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1394/requerimento_no_20.2021_-_requer_informacao_dispensa_wesley.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1395/requerimento_no_21.2021_-_requer_informacao_dispensa_wesley.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1396/requerimento_no_22.2021_-_requer_informacao_autonomos_wesley.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_no_25.2021_-_requer_informacao_isencao_doentes_graves_leandro.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1405/requerimento_no_26.2021_-_requer_informacao_autonomos_silvana.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1406/requerimento_no_27.2021_-_requer_relacao_de_contratados_leandro_silvana_carlos_edson.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1407/requerimento_no_28.2021_-_requer_relacao_processo_itbi_leandro_silvana_carlos.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1417/requerimento_no_29.2021_-_requer_dados_enfermeiros_wesley.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1419/requerimento_no_31.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1427/requerimento_no_32.20_urgencia_espespecial_subvencao.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1428/requerimento_no_33.2021_-_requer_informacao_empresa_transporte_pacientes_leandro_silvana_carlos.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1433/requerimento_no_34.2021_-_requer_informacao_licitacoes_wesley.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_no_35_urgencia_especial_projeto_resol_3.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_no_36_requer_gasto_combustiveis_wesley.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1447/requerimento_no_37_requer_informacao_sobre_diaria_francine.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1448/requerimento_no_38_requer_informacao_isencao_itbi_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1475/requerimento_no_39_requer_informacao_licitacao_leandro_silvana_e_carlos.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1476/requerimento_no_40_requer_informacao_projeto_espaco_amigo_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1477/requerimento_no_41_requer_informacao_iss_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_no_42_requer_informacao_licenca_premio_wesley.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1479/requerimento_no_43_requer_informacao_licenca_premio_pecunia_wesley.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento_no_44_requer_informacao_sobre_esf_saude_wesley.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_no_45_requer_informacao_financeira_saude_e_educacao_francine.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1489/requerimento_no_46_requer_informacao_francine.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1490/requerimento_no_47_requer_folhas_de_pagamento_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_no_48.21_urgencia_espespecial_projeto_13_.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1492/requerimento_no_49.21_urgencia_espespecial_projeto_14_.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1505/requerimento_no_50_requer_gasto_combustiveis_wesley.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_no_51_requer_empenho_de_fornecedor_wesley.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1511/requerimento_no_52.21_urgencia_espespecial_projeto_18.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1512/requerimento_no_53.21_requer_informacao_aposentados_wesley.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_no_54.21_requer_informacao_secretaria_educacao_wesley.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1515/requerimento_no_55.21_requer_gastos_adiantamentos_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1516/requerimento_no_56.21relacao_gasto_motorista_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1517/requerimento_no_57.21_copia_notas_fiscais_de_motoristas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1518/requerimento_no_58.21_informacoes_cesta_especial_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1519/requerimento_no_59.21_informacoes_saude_eduardo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1540/requerimento_no_60.21_urgencia_espespecial_projeto_20.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento_no_61.21_urgencia_espespecial_projeto_21.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1543/requerimento_no_62.21_conselho_de_usuarios_wesley.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1544/requerimento_no_63.21_requer_informacao_secretaria_educacao_wesley.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_no_64.21_requer_informacao_serv_edinaci_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_no_65.21_requer_informacao_grafica_atual_wesley.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1563/requerimento_no_66.21_requer_informacao_emendas_parlamentares_wesley.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1564/requerimento_no_67.21_requer_copia_de_licitacao_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento_no_68.21_requer_informacao_servidor_ten._flavio.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1591/requerimento_no_69.21_urgencia_espespecial_projeto_24.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1495/veto_parcial_autografo_1321_proj_de_lei_8.21_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1337/relatoriocparquivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1339/indicacao_1.21_redutor_de_velocidade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_2.21_fluxo_de_veiculos_raposo_tavares_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_3.21_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_4.21_pista_de_caminhada_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1343/indicacao_5.21_terrenos_baldios_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1344/indicacao_6.21_infiltracao_praca_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1345/indicacao_7.21_ticket_alimentacao_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1346/indicacao_8.21_assistente_social_leandro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1347/indicacao_9.21_confeccao_e_distribuicao_de_uniformes_leandro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1348/indicacao_10.21_redutores_de_velocidade_leandro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1349/indicacao_11.21_redutores_de_velocidade_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_12.21_preenchimento_de_valas_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1351/indicacao_13.21_iluminacao_bosque_municipal_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1352/indicacao_14.21_guarita_eduardo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1353/indicacao_15.21_kit_alimentacao_francine.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao_16.21_ar_condicionado_conselho_tutelar_francine.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_17.21_conserto_de_ruas_francine.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_18.21_adiantamentos_ambulanceiros_carlos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_19.21_pavimentacao_santa_lidia_carlos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_20.21_refrigerador_de_agua_eduardo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao_21.21_centro_historico_carlos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_22.21_volta_dos_servidores_da_saude_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_23.21_local_separado_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_24.21_internet_livre_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_25.21_orientacao_covid_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_26.21_bonificacao_covid_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_27.21_entrar_no_consorcio_vacinas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao_28.21_aquisicao_de_tablets_e_celulares.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_29.21_caminhao_pipa_prod_combate_convid_wesley.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_30.21_local_separado_covid_francine.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_31.21_carrinho_transporte_funeral_flavio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_32.21_pulseiras_convid_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_33.21_redutor_de_velocidade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_34.21_compra_instrumentos_de_sopro_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_35.21_atendimento_psiquiatrico_francine.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_36.21_separacao_de_lixo_francine.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_37.21_consertos_firmino_colato_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_38.21_motoniveladora_estrada_usina_bioenergia_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_39.21_aumento_repasse_casa_da_esperanca_leandro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_40.21_placa_de_proibido_estacionar_leandro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_41.21_alteracao_ticket_alimentacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao_43.21_exame_toxicologico_motoristas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao_44.21_consertos_firmino_colato_carlinhos1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_45.21_consertos_praca_jardim_toquemburgo_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1431/indicacao_46.21_melhorias_na_escola_stela_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_47.21_arquvio_historico_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_48.21_anel_viario_wesley.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_49.21_diaria_autonomos_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_50.21_alimentacao_pacientes_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1437/indicacao_51.21_agentes_de_saude_francine.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1438/indicacao_52.21_muro_da_piscina_francine.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao_53.21_profissionais_de_saude_bonus_francine.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_54.21_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao_55.21_terrenos_limpeza_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_56.21_conserto_rebaixamentos_esquinas_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_57.21_troca_de_lampadas_guarani_wesley.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_58.21_academia_praca_da_bandeira_wesley.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_59.21_conserto_rua_marcilio_fregolente_francine.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao_60.21_viveiro_de_mudas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao_61.21_cesta_basica_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao_62.21_aumento_do_ticket_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao_63.21_corte_de_arvores_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_64.21_epi_garis_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_65.21_epi_servidores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao_66.21_epi_organizacao_ponto_de_taxi_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_67.21_cesta_basica_aos_servidores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao_68.21_campo_de_bocha_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao_69.21_agua_empossa_marcilio_fregolente_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_70.21_canaleta_rua_jacob_gabau_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1470/indicacao_71.21_canaleta_rua_rosa_raimunda_e_jose_cezario_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_72.21_desvio_caminhoes_canavieiros_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_73.21_sinalizacao_de_solo_silvana.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_74.21_transformacao_quinquenio_em_anuenio_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_75.21_academia_ao_ar_libre_guarani_wesley.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_76.21_conserto_pavimentacao_praca_da_bandeira_francine.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao_77.21_programa_auxilio_emergencial_wesley.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao_78.21_lei_de_estagio_leandro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao_79.21_cardiologista_e_fonoaudiologa_fernando.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao_80.21_conserto_rua_andrelaine_pravato_francine.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao_81.21_ampliacao_do_cemiterio_francine.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao_82.21_tapar_buraco_herculado_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_83.21_consertos_praca_jardim_toquemburgo_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_84.21_consertos_praca_cdhu_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao_85.21_niveladora_estrada_rural_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao_86.21_canaleta_raposo_tavares_padre_galileu_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao_87.21_muro_almoxarifado_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_88.21_uniformes_escolares_leandro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1514/indicacao_89.21_banheiro_feminio_praca_wesley.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1520/indicacao_90.21_vale_alimentacao_prefeiturajoao_leme.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1521/indicacao_91.21_entrega_de_casas_populares_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1524/indicacao_92.21_banheiro_da_praca_carlos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1525/indicacao_93.21_aquisicao_de_mais_um_trator_carlos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1531/indicacao_94.21_quebra_mola_claudio_betiol_silvana.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1532/indicacao_96.21_conserto_rebaixamento_esquina_jose_cezario_fernando.odt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao_96.21_conserto_rebaixamento_esquina_jose_cezario_fernando.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1534/indicacao_97.21_carro_para_educacao_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao_98.21_conserto_do_telhado_da_fachada_da_ubs_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao_99.21_aquisicao_de_alimentos_da_agricultura_familiar_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao_100.21_aquisicao_de_aparelho_de_diabetes_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1538/indicacao_101.21_lampada_claudio_betiol_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1539/indicacao_102.21_aquisicao_de_tombador_grade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1542/indicacao_103.21_higienizacao_bebedouro_wesley.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1546/indicacao_104.21_crachas_e_uniformes_motoristas_ambulancias_francine.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1547/indicacao_105.21_compra_de_gradao_fernando.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1551/indicacao_106.21_melhoria_lanches_pacientes_leandro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1552/indicacao_107.21_acoes_de_incentivo_comercio_leandro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1553/indicacao_108.21_merenda_especial_dia_das_criancas_leandro.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1554/indicacao_109.21_veiculo_agente_de_saude_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1555/indicacao_110.21_banheiro_da_praca_usar_para_biblioteca_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1556/indicacao_111.21_pavimentar_a_rua_7_do_jardim_guanabara_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1557/indicacao_112.21_instalacao_de_tubos_fernando.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1558/indicacao_113.21_aparelho_raster_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1560/indicacao_115.21_horta_comunitaria_wesley.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1561/indicacao_116.21_sinalizacao_de_solo_wesley.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao_117.21_demarcacao_ponto_de_onibus_wesley.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao_118.21_instalar_cameras_nas_entradas_da_cidade_carlos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao_119.21_lampadas_bosque_municipal_carlos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_120.21_cobrar_taxa_dos_vendedores_ambulantes_carlos.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_121.21_abertura_do_centro_de_saude_aos_domingos_carlos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_122.21_poda_de_arvores_carlos.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao_123.21_recapeamento_marcilio_fregolente_carlos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_124.21_luzes_resid_novo_horizonte_carlos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao_125.21_limpeza_do_bosque_francine.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_126.21_melhorias_no_bosque_silvana.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1578/indicacao_127.21_implantacao_atividade_delegada_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1579/indicacao_128.21_bebeouro_rodoviaria_francine.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1580/indicacao_129.21_volta_de_criancas_a_creche_francine.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1581/indicacao_130.21_ventiladores_espaco_amigo_fernando.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_131.21_transporte_escolar_wesley.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_132.21_caminhao_cacamba_wesley.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_133.21_terrenos_limpeza_wesley.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_134.21_ampliacao_cemitario_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_135.21_agua_e_esgoto_novo_horizonte_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1592/indicacao_136.21_redutor_de_velocidade_fernando.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao_137.21_cafe_da_manha_francine.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao_138.21_instalacao_de_placas_na_cidade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_139.21_instalacao_de_redutor_de_velocidade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao_140.21_instalacao_rotatoria_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao_141.21_manutencao_vicinal_wesley.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao_142.21_iluminacao_publica_wesley.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_143.21_abono_natalino_wesley.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_145.21_cesta_basicaservidores__wesley.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_146.21_ar_condicionado__wesley.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_147.21_uniformes_escolares__wesley.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_148.21_ponto_eletronico__wesley.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_149.21_campo_de_bocha_e_malhar_edson_e_carlos.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao_150.21_pista_de_skate_edson_e_carlos.odt" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1480/mocao_de_congratulacao_e_louvor_1.2021_sindicato_rural_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1481/mocao_de_congratulacao_e_louvor_2.2021_eixo_sp_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1482/mocao_de_congratulacao_e_louvor_3.2021_projeto_renascer_pm_salmourao_wesley.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1522/mocao_de_congratulacao_e_louvor_4.2021_servidores_municipais_aposentados.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1523/mocao_de_congratulacao_e_louvor_5.2021_servidores_da_saude_eduardo.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1545/mocao_de_congratulacao_e_louvor_6.2021_airton_pecan_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1586/mocao_de_congratulacao_e_louvor_7.2021_neguinho_macedo_antonio_dos_santos_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1587/mocao_de_congratulacao_e_louvor_8.2021_jailson_miguel_fernando.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1548/projeto_de_decreto_legislativo_1.21_aprova_contas_da_prefeitura_exercicio_de_2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1575/projeto_de_decreto_2.21_-_titulo_de_cidadao_salmoroense_pe_jose_luiz.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_decreto_3.21_-_titulo_de_cidadao_salmoroense_pe_rogerio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1415/emenda_modificativa_proj_de_lei_5.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1416/emenda_modificativa_2_proj_de_lei_5.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1456/emenda__4__aditiva_ao_proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1457/emenda_5_aditiva_ao_proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1458/emenda_6_modificativa__proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1459/emenda_7_modificativa_ao_proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1460/emenda_8_supressiva_ao_proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1484/emenda_9_modificativa_ao_proj_de_lei__ldo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_emenda_lom_1.2021_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1388/projeto_de_lei_n_6_lista_de_vacinados_covid_wesley.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1461/projeto_de_lei_13_programa_auxilio_desempregado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_lei_numero_14_-_altera_artigo_2o_lei_-_valor_locacao_aterro.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1496/pl_15_direito_de_uso.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1497/pl16.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_numero_17_-_incorpora_imovel_ao_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_18_2021_desafetacao_e_permissao_de_uso_predio_sapeca_subst_pl_15.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_no_19_2021_autorizacao_credito_adicional_suplementar_1180000.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_numero_21_-_da_nova_redacao_a_lei_1.199_que_autoriza_a_designar_funcionario_ao_forum_de_osvaldo_cruz.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_numero_20_-_da_nova_redacao_a_lei_1.208_que_incorpora_area_ao_perimetro_urbano..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_no_22.21_orcamento_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1585/projeto_de_lei_23_normas_abertura_buracos_ruas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_numero_24_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_resolucao_n_1_de_2021_sessao_remota.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1408/projeto_resolucao_n_2_emprestimo_consignacao.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1440/projeto_resolucao_n_3_altera_a_resolucao_2.21_emprestimo_consignacao.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1331/requerimento_no_1.2021_-_requer_notas_fiscais_empresa_joao_victor_maximiano_rocha.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1332/requerimento_no_2.2021_-_requer_notas_fiscais_de_dedetizacao.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1333/requerimento_no_3.2021_-_requer_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1334/requerimento_no_4.2021_-_requer_material_escolar_wesley.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_no_5.2021_-_requer_medicamentos_compra_francine.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_no_6.2021_-_requer_informacao_descarte__medicamentos_fernando.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1359/requerimento_no_7.2021_-_requer_informacao_sobre_receitas_eduardo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1360/requerimento_no_8.2021_-_requer_informacao_convid_wesley.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1361/requerimento_no_9.2021_-_requer_informacao_cras_wesley.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1362/requerimento_no_10.2021_-_requer_relacao_de_vaciandos_francine.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_no_11.2021_-_requer_copia_de_licitacao_cobertura_almoxarifado_carlos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_no_12.2021_-_requer_copia_de_prestacao_de_contas_recapeamentos_carlos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1365/requerimento_no_13.2021_-_requer_copia_de_prestacao_de_contas_creche_escola_carlos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1374/requerimento_no_14.2021_-_requer_copia_de_licitacao_caminhao_e_onibus_carlos.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1385/requerimento_no_15.2021_-_requer_notas_fornecedor_wesley.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1386/requerimento_no_16.2021_-_desp_combustiveis_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1389/requerimento_no_17_responsavel_pelo_cras.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1390/requerimento_no_18_recibos_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1393/requerimento_no_19.2021_-_requer_informacao_licitacao_wesley.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1394/requerimento_no_20.2021_-_requer_informacao_dispensa_wesley.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1395/requerimento_no_21.2021_-_requer_informacao_dispensa_wesley.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1396/requerimento_no_22.2021_-_requer_informacao_autonomos_wesley.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_no_25.2021_-_requer_informacao_isencao_doentes_graves_leandro.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1405/requerimento_no_26.2021_-_requer_informacao_autonomos_silvana.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1406/requerimento_no_27.2021_-_requer_relacao_de_contratados_leandro_silvana_carlos_edson.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1407/requerimento_no_28.2021_-_requer_relacao_processo_itbi_leandro_silvana_carlos.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1417/requerimento_no_29.2021_-_requer_dados_enfermeiros_wesley.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1419/requerimento_no_31.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1427/requerimento_no_32.20_urgencia_espespecial_subvencao.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1428/requerimento_no_33.2021_-_requer_informacao_empresa_transporte_pacientes_leandro_silvana_carlos.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1433/requerimento_no_34.2021_-_requer_informacao_licitacoes_wesley.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_no_35_urgencia_especial_projeto_resol_3.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_no_36_requer_gasto_combustiveis_wesley.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1447/requerimento_no_37_requer_informacao_sobre_diaria_francine.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1448/requerimento_no_38_requer_informacao_isencao_itbi_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1475/requerimento_no_39_requer_informacao_licitacao_leandro_silvana_e_carlos.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1476/requerimento_no_40_requer_informacao_projeto_espaco_amigo_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1477/requerimento_no_41_requer_informacao_iss_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_no_42_requer_informacao_licenca_premio_wesley.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1479/requerimento_no_43_requer_informacao_licenca_premio_pecunia_wesley.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento_no_44_requer_informacao_sobre_esf_saude_wesley.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_no_45_requer_informacao_financeira_saude_e_educacao_francine.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1489/requerimento_no_46_requer_informacao_francine.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1490/requerimento_no_47_requer_folhas_de_pagamento_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_no_48.21_urgencia_espespecial_projeto_13_.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1492/requerimento_no_49.21_urgencia_espespecial_projeto_14_.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1505/requerimento_no_50_requer_gasto_combustiveis_wesley.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_no_51_requer_empenho_de_fornecedor_wesley.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1511/requerimento_no_52.21_urgencia_espespecial_projeto_18.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1512/requerimento_no_53.21_requer_informacao_aposentados_wesley.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_no_54.21_requer_informacao_secretaria_educacao_wesley.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1515/requerimento_no_55.21_requer_gastos_adiantamentos_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1516/requerimento_no_56.21relacao_gasto_motorista_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1517/requerimento_no_57.21_copia_notas_fiscais_de_motoristas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1518/requerimento_no_58.21_informacoes_cesta_especial_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1519/requerimento_no_59.21_informacoes_saude_eduardo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1540/requerimento_no_60.21_urgencia_espespecial_projeto_20.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento_no_61.21_urgencia_espespecial_projeto_21.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1543/requerimento_no_62.21_conselho_de_usuarios_wesley.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1544/requerimento_no_63.21_requer_informacao_secretaria_educacao_wesley.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_no_64.21_requer_informacao_serv_edinaci_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_no_65.21_requer_informacao_grafica_atual_wesley.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1563/requerimento_no_66.21_requer_informacao_emendas_parlamentares_wesley.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1564/requerimento_no_67.21_requer_copia_de_licitacao_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento_no_68.21_requer_informacao_servidor_ten._flavio.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1591/requerimento_no_69.21_urgencia_espespecial_projeto_24.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1495/veto_parcial_autografo_1321_proj_de_lei_8.21_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2021/1337/relatoriocparquivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H258"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="60.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="190.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="189.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>