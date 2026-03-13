--- v0 (2026-01-26)
+++ v1 (2026-03-13)
@@ -54,1834 +54,1834 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carlim Capeta</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1610/indicacao_1.22_pavimentacao_av._castelo_branco_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1610/indicacao_1.22_pavimentacao_av._castelo_branco_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a pavimentação de parte da Av. Presidente Castelo Branco.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1611/indicacao_2.22__gurita_salmourao_c_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1611/indicacao_2.22__gurita_salmourao_c_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que seja construído um abrigo coberto (gurita) no Conjunto Habitacional Salmourão C.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1612/indicacao_3.22__transporte_criancas_do_salmourao_c_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1612/indicacao_3.22__transporte_criancas_do_salmourao_c_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que seja feito o transporte das crianças do Conjunto Habitacional Salmourão C para a Creche Escola e para a Escola Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1613/indicacao_4.22_recapeamento_rua_marcilio_fregolente_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1613/indicacao_4.22_recapeamento_rua_marcilio_fregolente_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA que seja feito o recapeamento da rua Marcílio Fregolente.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1614/indicacao_5.22_maquina_perfuradora_de_pocos_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1614/indicacao_5.22_maquina_perfuradora_de_pocos_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA a aquisição de uma máquia de perfurar poços artesianos para auxílio aos agricultores.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Francine Enfermeira</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1615/indicacao_6.22_geladeira_vacinas_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1615/indicacao_6.22_geladeira_vacinas_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a aquisição de uma geladeira específica para a sala de vacinação, cujos recursos já estão disponíveis para a administração desde o ano de 2021.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1616/indicacao_7.22_ar_condicionado_ou_ventilador_casa_agricultura_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1616/indicacao_7.22_ar_condicionado_ou_ventilador_casa_agricultura_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de um ar-condicionado ou um ventilador de teto na única sala habitada da Casa da Agricultura.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1621/indicacao_9.22_averbacao_terreno_cdhu_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1621/indicacao_9.22_averbacao_terreno_cdhu_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a Prefeita do Município de Salmourão providência junto a CDHU para que, com urgência, sejam averbados no Cartório de Registro de Imóveis de Osvaldo Cruz os imóveis dos Conjuntos Habitacionais Firmino Colato (Salmourão A) e Primavera (Salmourão B)</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1622/indicacao_10.22_relogio_ponto_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1622/indicacao_10.22_relogio_ponto_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a Prefeita do Município de Salmourão a instalação de relógio de ponto eletrônico e a implantação do registro eletrônico da jornada de trabalho dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1623/indicacao_11.22_farmacia_ubs_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1623/indicacao_11.22_farmacia_ubs_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA  a Prefeita do Município de Salmourão a implantação de uma farmácia na UBS Arnaldo Rabassi</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1624/indicacao_12.22_limpeza_de_terrenos_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1624/indicacao_12.22_limpeza_de_terrenos_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a Prefeita do Município de Salmourão providências em relação a limpeza dos terrenos baldios.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1630/indicacao_13.22_aumento_ticket_e_salario_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1630/indicacao_13.22_aumento_ticket_e_salario_francine.pdf</t>
   </si>
   <si>
     <t>INDICA o reajuste dos salários e do vale-alimentação dos servidores públicos da Prefeitura Municipal de Salmourão.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1620/indicacao_14.22_aumentar_valor_diaria_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1620/indicacao_14.22_aumentar_valor_diaria_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA a Prefeita do Município de Salmourão o aumento para R$ 75,00 do valor da diária que é paga pela Prefeitura para os diaristas.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1631/indicacao_15.22_aumentar_diariacarlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1631/indicacao_15.22_aumentar_diariacarlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA aumentar para R$ 60 ou R$ 70,00 o valor da diária que é paga pela Prefeitura para os diaristas.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1632/indicacao_16.22_climatizador_onibus_1_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1632/indicacao_16.22_climatizador_onibus_1_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de climatizador nos ônibus de transporte escolar</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1633/indicacao_17.22_lampadas_nas_ruas_joao_manoel_clara_e_jose_fernando_costa_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1633/indicacao_17.22_lampadas_nas_ruas_joao_manoel_clara_e_jose_fernando_costa_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a substituição de lâmpadas que estão apagadas nas ruas João Manoel Clara e José Fernandes Costa.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Tenente Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1636/indicacao_18.22__medico_periodo_noturno_ten._eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1636/indicacao_18.22__medico_periodo_noturno_ten._eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA a disponibilização de um médico aos fins de semanas e feriados na Unidade Básica de Saúde, pelo menos período diurno.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1637/indicacao_19.22__plano_de_cargos_e_carreiras_ten._eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1637/indicacao_19.22__plano_de_cargos_e_carreiras_ten._eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA o envio a este Poder Legislativo, nos moldes legais, um Projeto de Lei que trate da criação de um Plano de Cargos e Carreiras para o funcionalismo público municipal.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1638/indicacao_20.22__transporte_creche_escola_ten._eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1638/indicacao_20.22__transporte_creche_escola_ten._eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA que seja disponibilizado um ônibus as 05h30min no Conjunto Habitacional Salmourão “C”/Isabel Martins Villas (Remanso das Águas) para levar as crianças até a Creche Escola.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1639/indicacao_21.22_bom_dia_trabalhador_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1639/indicacao_21.22_bom_dia_trabalhador_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a implantação do Programa Bom Dia Trabalhador no município de Salmourão,  visando dar café da manhã aos trabalhadores, especialmente os rurais, além de abrigo contra o frio e a chuva.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1640/indicacao_22.22_abertura_creche_aos_sabados_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1640/indicacao_22.22_abertura_creche_aos_sabados_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a abertura da Creche Escola aos sábados.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1643/indicacao_23.22_descontos_vale_alimentacao_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1643/indicacao_23.22_descontos_vale_alimentacao_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a alteração na legislação para que não seja descontado do vale-alimentação dos servidores públicos municipais as ausências por atestados médicos.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1644/indicacao_24.22_mudar_data_base_joao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1644/indicacao_24.22_mudar_data_base_joao.pdf</t>
   </si>
   <si>
     <t>INDICA o envio de projeto para a alteração da data base dos servidores públicos para o mês de janeiro.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1645/indicacao_25.22_revisao_anual_do_ticket_joao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1645/indicacao_25.22_revisao_anual_do_ticket_joao.pdf</t>
   </si>
   <si>
     <t>INDICA o envio de projeto a este Legislativo autorizando que o Executivo revise anualmente, pela inflação, o valor do ticket alimentação dos servidores públicos da Prefeitura por decreto.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1646/indicacao_26.22_cartao_vale_alimentacao_joao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1646/indicacao_26.22_cartao_vale_alimentacao_joao.pdf</t>
   </si>
   <si>
     <t>INDICA a contratação urgente de empresa para o fornecimento de cartões de vale-alimentação para os servidores públicos municipais.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1647/indicacao_27.22_rampa_acessibilidade_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1647/indicacao_27.22_rampa_acessibilidade_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA a implantação de rampas de acessibilidade de frente as farmácias de nossa cidade, sendo Drogalira e Drogaria Unifarma</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1648/indicacao_28.22_redutor_de_velocidade_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1648/indicacao_28.22_redutor_de_velocidade_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA a implantação de redutor de velocidade na Rua Cláudio Betiol, próximo a casa do senhor “Cido Balbino”</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1649/indicacao_29.22_pediatra_creche_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1649/indicacao_29.22_pediatra_creche_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA que a administração coloque em prática a Lei nº 1.112/2018, que trata do atendimento de médico às crianças matriculadas na creche municipal.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1650/indicacao_30.22_notebook_centro_de_saude_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1650/indicacao_30.22_notebook_centro_de_saude_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a aquisição de um notebook e um projetor multimídia para o Centro de Saúde</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Fernando Roçato, Carlim Capeta, Da Cruz, Professor Leandro, Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1651/indicacao_31.22_reparos_no_campo_de_bocha_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1651/indicacao_31.22_reparos_no_campo_de_bocha_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a realização de reparos no campo de bocha</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1652/indicacao_32.22_abertura_da_piscina_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1652/indicacao_32.22_abertura_da_piscina_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA providência visando a abertura para utilização da população do Centro de Lazer dos Trabalhadores (Piscinas Públicas).</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1653/indicacao_33.22_contratacao_de_estagiarios_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1653/indicacao_33.22_contratacao_de_estagiarios_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA que sejam tomadas as providências necessárias para que a Prefeitura Municipal implante na administração a cessão de estágio remunerado para estudantes que estejam cursando cursos técnicos e em nível superior.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1654/indicacao_34.22_sala_descentralizada_etec_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1654/indicacao_34.22_sala_descentralizada_etec_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA que seja marcada uma reunião com o Diretor da ETEC da cidade de Tupã-SP visando trazer para Salmourão uma sala de formação técnica descentralizada.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_35.22_castacao_caes_e_gatos_ten_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_35.22_castacao_caes_e_gatos_ten_eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA providências para implantação de programa para a castração de cães e gatos que ficam soltos pelas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1658/indicacao_36.22_atendimento_psquiatrico_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1658/indicacao_36.22_atendimento_psquiatrico_francine.pdf</t>
   </si>
   <si>
     <t>INDICA o retorno dos atendimentos (consultas) com médico psiquiatra na Unidade Básica de Saúde de Salmourão.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1659/indicacao_37.22_desconto_abono_ticket_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1659/indicacao_37.22_desconto_abono_ticket_francine.pdf</t>
   </si>
   <si>
     <t>INDICA que não seja descontado no ticket alimentação as faltas abonadas nos termos do art. 114 do Estatuto dos Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1660/indicacao_38.22_uniformes_escolares_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1660/indicacao_38.22_uniformes_escolares_francine.pdf</t>
   </si>
   <si>
     <t>INDICO a distribuição urgente de uniformes escolares aos alunos da rede municipal de educação, inclusive uniformes para o período de inverno.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1661/indicacao_39.22_volta_da_associacao_dos_produtores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1661/indicacao_39.22_volta_da_associacao_dos_produtores_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a volta das atividades da Associação dos Produtores Rurais de Salmourão.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1662/indicacao_40.22_melhoria_velorio_municipal_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1662/indicacao_40.22_melhoria_velorio_municipal_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que seja concretado a área de velório municipal que ainda está em terra nua.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1663/indicacao_41.22_triturador_de_galhos_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1663/indicacao_41.22_triturador_de_galhos_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a aquisição de um Triturador de Galhos para o setor de obras e serviços da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1664/indicacao_42.22_instalacao_de_redutores_de_velocidade_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1664/indicacao_42.22_instalacao_de_redutores_de_velocidade_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação dos redutores de velocidade que já foram solicitados através de indicações anteriores.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1666/indicacao_43.22_manutencao_asfalto_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1666/indicacao_43.22_manutencao_asfalto_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a manutenção do asfalto do trevo de entrada, próximo ao Cristo, bem como, seja realizada a limpeza dos arredores da pista e o recolhimento do lixo retirado durante a limpeza.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1667/indicacao_44.22_recolhimento_de_lixo_e_entulho_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1667/indicacao_44.22_recolhimento_de_lixo_e_entulho_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA que seja determinado, ao setor responsável, que agilize o recolhimento de entulhos.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1670/indicacao_45.22_instalar_poste_de_iluminacao_no_final_da_rua_rosa_raimunda_elorza_e_av._castelo_branco.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1670/indicacao_45.22_instalar_poste_de_iluminacao_no_final_da_rua_rosa_raimunda_elorza_e_av._castelo_branco.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de poste de iluminação pública no final da rua Dona Rosa Raimunda Elorza, bem como no final da Av. Pres. Castelo Branco, ambos próximo a estrada rural que dá acesso ao Bairro do Cupri.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1671/indicacao_46.22_uniformes_e_epi_para_servidores.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1671/indicacao_46.22_uniformes_e_epi_para_servidores.pdf</t>
   </si>
   <si>
     <t>INDICA a aquisição de uniformes e equipamentos de segurança – EPI (sapatão, calça, camisas, luvas e etc.) para os servidores dos setores de obras e serviços e para os motoristas.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1672/indicacao_47.22_lampadas_estadio_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1672/indicacao_47.22_lampadas_estadio_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a substituição de lâmpadas queimadas dos refletores do Estadio Municipal Benedito Franco de Godoy.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1673/indicacao_48.22_instalacao_de_cameras_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1673/indicacao_48.22_instalacao_de_cameras_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de câmeras de monitoramento em todos os acessos de entradas e saídas da cidade de Salmourão. Sugiro a utilização de câmeras com capacidade para a leitura de placas de veículos.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1674/indicacao_49.22_identificar_os_banheiros_do_estadio_municipal_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1674/indicacao_49.22_identificar_os_banheiros_do_estadio_municipal_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a identificação dos banheiros masculino e feminino no Estádio Municipal Benedito Franco de Godoy.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1675/indicacao_50.22_aumentar_valor_da_diaria__carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1675/indicacao_50.22_aumentar_valor_da_diaria__carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA o aumento para R$ 70,00 o valor da diária que é paga pela Prefeitura para os diaristas.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1676/indicacao_51.22_concretar_o_patio_do_almoxarifado__carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1676/indicacao_51.22_concretar_o_patio_do_almoxarifado__carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que seja concretado o pátio do Almoxarifado Municipal.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1677/indicacao_52.22_faixa_estacionamento_hans_wirth_joao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1677/indicacao_52.22_faixa_estacionamento_hans_wirth_joao.pdf</t>
   </si>
   <si>
     <t>INDICA  a instalação de faixas e placas para estacionamento privativo para ônibus de transporte escolar defronte a PEI “Hans Wirth”, no trecho localizado entre o portão de entrada de alunos e o Estádio Municipal Benedito Franco de Godoy, bem como, seja instalada faixa de pedestres defronte a referida escola e que seja realizada a poda dos galhos mais baixos das árvores onde serão estacionados os ônibus de transporte escolar.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1679/indicacao_53.22_dermatologista_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1679/indicacao_53.22_dermatologista_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a contratação de um médico dermatologista para atendimento nas Unidades de Saúde de Salmourão.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1681/indicacao_54.22_poste_de_iluminacao_publica_joao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1681/indicacao_54.22_poste_de_iluminacao_publica_joao.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de poste de iluminação pública no final da rua Andrelaine Pravato, próximo a esquina com a rua Moacir dos Reis, para extensão da rede elétrica e ligação elétrica em residências.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1682/indicacao_55.22_cobertura_unidade_de_saude_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1682/indicacao_55.22_cobertura_unidade_de_saude_silvana.pdf</t>
   </si>
   <si>
     <t>INDICA  a instalação de cobertura na rampa que liga os 2 prédios principais existentes na Unidade Básica de Saúde do centro da cidade.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1683/indicacao_56.22_bom_dia_trabalhador_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1683/indicacao_56.22_bom_dia_trabalhador_carlinhos.pdf</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1684/indicacao_57.22_tarde_da_viola__carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1684/indicacao_57.22_tarde_da_viola__carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA  que seja realizado no município a Tarde da Viola.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1686/indicacao_58.22_para_de_onibus_saida_do_municipio_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1686/indicacao_58.22_para_de_onibus_saida_do_municipio_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que seja instalado um ponto de ônibus na saída do município, próximo a residência do Sr. Florisvaldo Modeli.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1688/indicacao_59.22_lixeira_grande_stela_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1688/indicacao_59.22_lixeira_grande_stela_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de uma lixeira grande na Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1689/indicacao_60.22_redutor_de_veoloicade_rua_jose_cesario_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1689/indicacao_60.22_redutor_de_veoloicade_rua_jose_cesario_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de um redutor de velocidade na rua Ver. José Cesário da Silva próximo a esquina com a rua José Fernandes Costa.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1690/indicacao_61.22_alimentacao_pacientes_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1690/indicacao_61.22_alimentacao_pacientes_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA o fornecimento de alimentação aos pacientes que ficam em observação na Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1691/indicacao_62.22_atendimento_medico_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1691/indicacao_62.22_atendimento_medico_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a contratação ou designação de médico para atendimento no horário das 17 as 19 horas.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1692/indicacao_63.22_mao_unica_na_rua_petunia_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1692/indicacao_63.22_mao_unica_na_rua_petunia_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que a rua Petúnia, do Conjunto Habitacional Primavera, seja definida como mão única e que o estacionamento de veículos seja autorizado em apenas um lado da rua.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1693/indicacao_64.22_medico_psiquiatra_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1693/indicacao_64.22_medico_psiquiatra_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a contratação de médico psiquiatra para atendimento na Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1694/indicacao_65.22_substituicao_das_lampadas_guaritas_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1694/indicacao_65.22_substituicao_das_lampadas_guaritas_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a substituição de lâmpadas queimadas existentes em duas guaritas instaladas no Jardim Toquemburgo e na guarita existente na saída do município, próximo ao velório municipal.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1695/indicacao_66.22_cobertura_entrada_creche_escola_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1695/indicacao_66.22_cobertura_entrada_creche_escola_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de cobertura na entrada da Creche Escola Maria Helena Specian Fiani.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1696/indicacao_67.22_camas_na_creche_escola_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1696/indicacao_67.22_camas_na_creche_escola_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de camas para as crianças atendidas pela Creche Escola Maria Helena Specian Fiani.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1697/indicacao_68.22_farmacia_ubs_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1697/indicacao_68.22_farmacia_ubs_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a implantação de uma farmácia na UBS Arnaldo Rabassi.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_69.22_bicicletario_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_69.22_bicicletario_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA  a instalação de bicicletários em pontos da Avenida Santos Dumont e em demais pontos com maior fluxo de bicicletas.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_70.22_refis_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_70.22_refis_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA o envio de projeto de lei para implantar um REFIS no presente ano, como feito em anos anteriores.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1702/indicacao_71.22___carteira_autista_-__leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1702/indicacao_71.22___carteira_autista_-__leandro.pdf</t>
   </si>
   <si>
     <t>INDICA a criação de uma carteira de identificação da pessoa com transtorno do espectro autista (CIPTEA) no município de Salmourão.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1703/indicacao_72.22__tatame_para_biblioteca_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1703/indicacao_72.22__tatame_para_biblioteca_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação na Biblioteca da Escola Municipal Stela Boer Maioli de prateleiras para livros, tapetes tipo tatame e pufes para que as crianças tenham local adequado e aconchegante para a leitura e para as demais atividades que realizam na Biblioteca.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1704/indicacao_73.22_conchonete_creche__fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1704/indicacao_73.22_conchonete_creche__fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de colchonetes ou tapetes tipo tatame na Creche Escola Maria Helena Specian Fiani.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1705/indicacao_74.22_canaleta_ruas__fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1705/indicacao_74.22_canaleta_ruas__fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de canaleta de escoamento de água na esquina da rua Hélio Quinaia com a rua Herculano da Costa Silva.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1708/indicacao_75.22_dia_da_familia_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1708/indicacao_75.22_dia_da_familia_silvana.pdf</t>
   </si>
   <si>
     <t>INDICA  a realização de um DIA DA FAMÍLIA como um dia de entretenimento e prevenção, onde as pessoas poderão medir pressão, tirar dúvidas sobre cadastro único, aposentadoria, acesso serviços públicos, bem como, que houvesse atividades de entretenimento como shows, brinquedos e brincadeiras.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1709/indicacao_76.22_raio_x_dentista_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1709/indicacao_76.22_raio_x_dentista_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a aquisição de um aparelho de raio-X para o consultório dentário da Unidade Básica de Saúde ou o conserto do já existente.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1710/indicacao_77.22_veiculo_para_a_casa_da_agricultura_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1710/indicacao_77.22_veiculo_para_a_casa_da_agricultura_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a cessão de um automóvel para utilização pela Casa da Agricultura.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1715/indicacao_78.22_doacao_paes_asilo_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1715/indicacao_78.22_doacao_paes_asilo_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA que a Prefeitura doe, diariamente, pães para a Casa da Esperança “Emil Wirth”.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1716/indicacao_79.22_ligar_cameras_de_vigilancia_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1716/indicacao_79.22_ligar_cameras_de_vigilancia_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA que sejam reativadas as câmeras de vigilância já instaladas no município.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1717/indicacao_80.22_plano_de_saude_servidores_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1717/indicacao_80.22_plano_de_saude_servidores_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA a contratação de Plano de Saúde para os servidores públicos municipais.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1722/indicacao_81.22_cobertura_passarela_creche_escola_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1722/indicacao_81.22_cobertura_passarela_creche_escola_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA  a construção de uma cobertura, tipo passarela, na entrada da Creche Escola Maria Helena Specian Fiani.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1723/indicacao_82.22_construcao_de_muro_entre_campo_e_escola_hans_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1723/indicacao_82.22_construcao_de_muro_entre_campo_e_escola_hans_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA a reconstrução do muro que separa o Estádio Municipal Benedito Franco de Godoy e a Escola Estadual Hans Wirth.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1721/indicacao_83.22_atendimento_odontologico_escolas_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1721/indicacao_83.22_atendimento_odontologico_escolas_francine.pdf</t>
   </si>
   <si>
     <t>INDICA  que seja dado atendimento odontológico às crianças na EMEFI Stela Boer Maioli e na Creche Municipal Maria Helena Specian Fiani.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_84.22_instalacao_de_parque_infantil_no_firmino_colato_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_84.22_instalacao_de_parque_infantil_no_firmino_colato_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de parque infantil no Bairro Firmino Colato.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1725/indicacao_85.22_instalacao_de_parque_e_praca_no_bairro_guarani_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1725/indicacao_85.22_instalacao_de_parque_e_praca_no_bairro_guarani_fernando.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO  a instalação de parque infantil e academia ao ar livre no Bairro Guarani.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1726/indicacao_86.22_instalacao_de_quebra_molas_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1726/indicacao_86.22_instalacao_de_quebra_molas_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de dois redutores de velocidade na rua Raposo Tavares.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1727/indicacao_87.22_construcao_de_cobertura_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1727/indicacao_87.22_construcao_de_cobertura_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a construção de uma cobertura no Centro de Saúde, na frente da sala dos agentes de saúde e da veterinária. Também instalar cobertura na parte da frente do Centro de Saúde onde ficam as vans.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1728/indicacao_88.22_dar_almoco_aos_pacientes_que_vao_para_marilia_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1728/indicacao_88.22_dar_almoco_aos_pacientes_que_vao_para_marilia_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA que seja fornecido alimentação (almoço) aos pacientes que se deslocam a cidade de Marília para tratamento médico.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1729/indicacao_89.22_solicitacao_de_doacoa_de_brinquedos_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1729/indicacao_89.22_solicitacao_de_doacoa_de_brinquedos_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA que a Prefeitura envie ofício à Receita Federal visando a doação de brinquedos para serem doados as crianças de nosso município.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1730/indicacao_90.22_aumentar_valor_da_diaria__carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1730/indicacao_90.22_aumentar_valor_da_diaria__carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA aumento para R$ 70,00 o valor da diária que é paga pela Prefeitura para os diaristas.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1731/indicacao_91.22_iluminacao_do_bosque_municipal__carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1731/indicacao_91.22_iluminacao_do_bosque_municipal__carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA melhoria na iluminação do Bosque Municipal e conserto em galeria existente no final da rua que passa em frente ao mesmo</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1732/indicacao_92.22_bom_dia_trabalhador_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1732/indicacao_92.22_bom_dia_trabalhador_carlinhos.pdf</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1736/indicacao_93.22_melhoria_em_galeria_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1736/indicacao_93.22_melhoria_em_galeria_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA melhoria nas galerias de águas pluviais existentes no final da Av. Santos Dumont, saída para a estrada rural que dá acesso à Fazendo Tamara e na entrada de nossa cidade.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1739/indicacao_94.22_iluminacao_do_bosque_municipal_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1739/indicacao_94.22_iluminacao_do_bosque_municipal_silvana.pdf</t>
   </si>
   <si>
     <t>INDICA  a revitalização do Bosque Municipal José Joaquim Mendes, com a construção de banheiros, instalação de luminárias e designação de funcionário para manutenção e limpeza do local.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1741/indicacao_95.22_substituicao_vitros_stela_boer_maioli_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1741/indicacao_95.22_substituicao_vitros_stela_boer_maioli_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a substituição de todos os vitros das janelas salas de aula da E.M.E.F.I. Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1746/indicacao_96.22_rua_11_mao_unica_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1746/indicacao_96.22_rua_11_mao_unica_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que a rua onze, que dá acesso ao Bairro Pedro Duarte Neto, seja transformada em uma rua de mão única de direção. Sugere também a instalação de um redutor de velocidade na rua em questão.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1748/indicacao_97.22_dar_almoco_aos_pacientes_que_vao_para_cidades_distantes_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1748/indicacao_97.22_dar_almoco_aos_pacientes_que_vao_para_cidades_distantes_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA o fornecimento de alimentação (almoço) aos pacientes que se deslocam para cidades distantes para tratamento médico.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1749/indicacao_98.22_bom_dia_trabalhador_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1749/indicacao_98.22_bom_dia_trabalhador_joao_leme.pdf</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1750/indicacao_99.22_aumentar_valor_diaria_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1750/indicacao_99.22_aumentar_valor_diaria_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA o aumento para R$ 75,00 o valor da diária que é paga pela Prefeitura para os diaristas.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA a designação de um enfermeiro para dar assistência durante os velórios.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1752/indicacao_101.22_cascalho_estrada_fazenda_tamara_ten_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1752/indicacao_101.22_cascalho_estrada_fazenda_tamara_ten_eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA a colocação de pedra britada e ou cascalho e ou moledo na estrada municipal que liga o município de Salmourão à Fazenda Tamara, no trecho compreendido entre a saída do município e a Lagoa de Tratamento de Esgoto da Sabesp.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1753/indicacao_102.22_parque_infantil_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1753/indicacao_102.22_parque_infantil_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de parque infantil no Conjunto Habitacional Pedro Duarte Neto.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1754/indicacao_103.22_revitalizacao_do_bosque_municipal_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1754/indicacao_103.22_revitalizacao_do_bosque_municipal_silvana.pdf</t>
   </si>
   <si>
     <t>INDICA a revitalização do Bosque Municipal José Joaquim Mendes, com a construção de banheiros, instalação de luminárias e designação de funcionário para manutenção e limpeza do local.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_104.22_uniformes_e_epi_limpeza_publica_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_104.22_uniformes_e_epi_limpeza_publica_silvana.pdf</t>
   </si>
   <si>
     <t>INDICA a distribuição de uniformes e EPIs para os trabalhadores da limpeza pública do município de Salmourão</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1759/indicacao_105.22_bonus_servidores_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1759/indicacao_105.22_bonus_servidores_silvana.pdf</t>
   </si>
   <si>
     <t>INDICA a concessão de bônus de Natal, no valor de trezentos reais, a todos os servidores públicos municipais.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1760/indicacao_106.22_parque_infantil_e_academia_guarani_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1760/indicacao_106.22_parque_infantil_e_academia_guarani_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA  a instalação de parque infantil e academia ao ar livre no Bairro Guarani.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_107.22_melhorias_no_bosque_municipal_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_107.22_melhorias_no_bosque_municipal_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a revitalização do Bosque Municipal José Joaquim Mendes.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1762/indicacao_108.22_rotatoria_no_vicinal_antonio_goncalves_de_castro_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1762/indicacao_108.22_rotatoria_no_vicinal_antonio_goncalves_de_castro_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA  a construção de uma rotatória na Vicinal Antônio Gonçalves de Castro, no trecho que dá acesso à estrada rural que liga Salmourão ao município de Lucélia.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1763/indicacao_109.22_pavimentacao_acesso_conj._hab._pedro_duarte_neto_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1763/indicacao_109.22_pavimentacao_acesso_conj._hab._pedro_duarte_neto_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a pavimentação de trecho da estrada para o Bairro Santa Lídia e que dá acesso ao Conjunto Habitacional Pedro Duarte Neto.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1764/indicacao_110.22_cesta_de_natal_para_o_servidores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1764/indicacao_110.22_cesta_de_natal_para_o_servidores_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que, no Natal, a Prefeitura presenteie os servidores municipais com uma cesta de Natal ou, ao menos, com um panetone e um refrigerante.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1765/indicacao_111.22_melhoria_iluminacao_raposo_tavares_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1765/indicacao_111.22_melhoria_iluminacao_raposo_tavares_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a melhoria da iluminação da rua Raposo Tavares.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1766/indicacao_112.22_melhoria_da_area_onde_esta_instalado_o_parque_infantil_conj._hab._pedro_duarte_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1766/indicacao_112.22_melhoria_da_area_onde_esta_instalado_o_parque_infantil_conj._hab._pedro_duarte_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a melhoria do local onde foi instalado o parque infantil do Conjunto Habitacional Pedro Duarte Neto, com o plantio de grama, instalação de bancos e outras ações que deixem o locam mais bonito e utilizável.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_113.22_sinalizacao_vicinal_antonio_de_castro_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_113.22_sinalizacao_vicinal_antonio_de_castro_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA a pintura das placas de trânsito e das faixas de sinalização centrais da Vicinal Antônio Gonçalves de Castro.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_114.22_bonus_vale_alimentacao_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_114.22_bonus_vale_alimentacao_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA a concessão de bônus de Natal no valor do vale-alimentação dos servidores municipais.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1771/indicacao_115.22_pode_de_arvores_na_vicinal_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1771/indicacao_115.22_pode_de_arvores_na_vicinal_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a poda de galhos de árvores existentes nas margens da Vicinal Antônio Gonçalves de Castro, próximo ao sítio da família Gabau.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1772/indicacao_116.22_iluminacao_praca_da_biblia_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1772/indicacao_116.22_iluminacao_praca_da_biblia_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a substituição de lâmpadas queimadas na praça e coreto existentes defronte ao Supermercado Neves</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1773/indicacao_117.22_recapear_rotatoria_do_cristo_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1773/indicacao_117.22_recapear_rotatoria_do_cristo_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA o recapeamento da pavimentação da rotatória da entrada da cidade, que dá acesso a Vicinal Antônio Dias</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1774/indicacao_118.22_aguas_empossadas_remanso_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1774/indicacao_118.22_aguas_empossadas_remanso_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA consertos em esquinas dos Bairros Remanso das Águas e Pedro Duarte Neto para evitar que fique empossada a água proveniente de chuvas.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1775/indicacao_119.22_medico_ginecologista_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1775/indicacao_119.22_medico_ginecologista_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a contratação de novo médico ginecologista para atendimento nas unidades de saúde do município.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1655/mocao_de_congratulacao_e_louvor_1.2022_servidores_municipais_aposentados.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1655/mocao_de_congratulacao_e_louvor_1.2022_servidores_municipais_aposentados.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO E LOUVOR aos Servidores Públicos Municipais Aposentados PEDRO FERNANDES COSTA, APARECIDO LIMA SOBRINHO, MARIA AMADA DE JESUS FAGUNDES, MARIA APARECIDA FERREIRA DO NASCIMENTO, ZELITA PEREIRA DA SILVA pelos relevantes serviços prestados ao município de Salmourão</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1678/mocao_de_congratulacao_e_louvor_2.2022_servidores_municipais_aposentados.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1678/mocao_de_congratulacao_e_louvor_2.2022_servidores_municipais_aposentados.pdf</t>
   </si>
   <si>
     <t>Homenageia os servidores aposentados Jair Teixeira dos Santos, Gervar Roçato e José Carlos Manoel</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1743/mocao_3.2022_mocao_de_protesto_piso_da_enfermagem.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1743/mocao_3.2022_mocao_de_protesto_piso_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>Moção de Protesto contra a suspensão do piso nacional dos profissionais de enfermagem pelo STF</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1756/mocao_de_congratulacao_e_louvor_4.2022_asilo_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1756/mocao_de_congratulacao_e_louvor_4.2022_asilo_joao_leme.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor aos cidadãos que idealizaram a construção da Casa da Esperança Emil Wirth</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1738/projeto_de_decreto_legislativo_1.22_-_titulo_de_cidadao_salmoroense_nilson.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1738/projeto_de_decreto_legislativo_1.22_-_titulo_de_cidadao_salmoroense_nilson.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Salmorense ao Sr. Nilson Antônio Aguar</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_no_9_-_divulgacao_medicamentos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_no_9_-_divulgacao_medicamentos.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a divulgação de listagem dos medicamentos disponíveis nas farmácias das Unidades de Saúde do município de Salmourão.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_no_10.22_lei_de_diretrizes_orcamentarias_2023.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_no_10.22_lei_de_diretrizes_orcamentarias_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Diretrizes Orçamentárias do município de Salmourão para o exercício de 2023</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1685/projeto_de_lei_12.2022_credito_adicional_especial_excesso_arrecadacao_100000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1685/projeto_de_lei_12.2022_credito_adicional_especial_excesso_arrecadacao_100000.pdf</t>
   </si>
   <si>
     <t>Autorização para abertura de crédito adicional especial através de superávit financeiro no valor de 100.000,00</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_numero_13_-_credito_especial.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_numero_13_-_credito_especial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial através do excesso de arrecadação - 152.429,91</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_numero_14_-_credito_especial_-_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_numero_14_-_credito_especial_-_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial através do excesso de arrecadação - 40.000,00</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_no_15_-_denominacao_salmourao_c_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_no_15_-_denominacao_salmourao_c_wesley.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Conjunto Habitacional Salmourão C</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>Trata do pagamento de débitos fiscais provenientes de tributos e multas de qualquer natureza inscritos na dívida ativa e dá outras providências</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>Institui programa de estágio no município de Salmourão, em seus órgãos e poderes e dá outras providências</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_18.22_subvencao_santa_casa_asilo_e_apae.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_18.22_subvencao_santa_casa_asilo_e_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Salmourão a realizar repasses a entidades do Terceiro Setor e dá outras providências</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1718/projeto_de_lei_numero_19_-_credito_especial_-_excesso_de_arrecadacao_-_emendas_saude.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1718/projeto_de_lei_numero_19_-_credito_especial_-_excesso_de_arrecadacao_-_emendas_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial através de excesso de arrecadação, no valor de 830.000,00</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_lei_numero_20_-_credito_suplementar_-_excesso_de_arrecadacao_-_emendas_saude.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_lei_numero_20_-_credito_suplementar_-_excesso_de_arrecadacao_-_emendas_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito suplementar através de excesso de arrecadação, no valor de 700.000,00</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_numero_21_-_credito_especial_-_excesso_de_arrecadacao_-_social.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_numero_21_-_credito_especial_-_excesso_de_arrecadacao_-_social.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial através de excesso de arrecadação, no valor de 122.156,30</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_no_24.22_custeio_cejusc1.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_no_24.22_custeio_cejusc1.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a autorização para o Poder Executivo Municipal de Salmourão/SP celebrar convênio com o Tribunal de Justiça do Estado de São Paulo, para fins de instalação, custeio e manutenção do Centro Judiciário de Solução de Conflitos e Cidadania - CEJUSC, em cooperação com os demais municípios que compõem a Comarca de Osvaldo Cruz/SP, e dá outras providências</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1758/projeto_de_lei_numero_25_-_credito_especial_-_estadio_municipal_de_futebol.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1758/projeto_de_lei_numero_25_-_credito_especial_-_estadio_municipal_de_futebol.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1770/projeto_de_lei_no__-_denominacao_ruas_salmourao_c_pedro_duarte_neto_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1770/projeto_de_lei_no__-_denominacao_ruas_salmourao_c_pedro_duarte_neto_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de ruas do Conjunto Habitacional Pedro Duarte Neto (Salmourão C)</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_numero_27_-_parcela_adicional_ticket_alimentacao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_numero_27_-_parcela_adicional_ticket_alimentacao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.097, de 2017, possibilitando o pagamento de parcela extra do ticket alimentação no mês de dezembro de cada ano.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1742/projeto_de_resolucao_1__regulamenta_compras_diretas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1742/projeto_de_resolucao_1__regulamenta_compras_diretas.pdf</t>
   </si>
   <si>
     <t>Regulamenta os procedimentos para realização de dispensas de licitação fundamentadas nos incisos I e II do artigo 75 da Lei Federal nº 14.133, de 1º de abril de 2021, no âmbito da Câmara Municipal de Salmourão</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1617/requerimento_no_1.22_informacoes_contratacoes_temporarias_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1617/requerimento_no_1.22_informacoes_contratacoes_temporarias_francine.pdf</t>
   </si>
   <si>
     <t>Requer diversas informações sobre a contratação temporária de profissionais de saúde para a Unidade Básica de Saúde de Salmourão.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1618/requerimento_no_2.22_informacoes_sobre_educacao_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1618/requerimento_no_2.22_informacoes_sobre_educacao_fernando.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre acompanhamento de alunos como necessidades especiais e monitores de transporte escolar</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1628/requerimento_no_3.22_copia_de_empenhos_ten_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1628/requerimento_no_3.22_copia_de_empenhos_ten_eduardo.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
 1 - Cópia dos empenhos números 7755-000/2021, 7461-000/2021, 7392-000/2021, 6635-000/2021, 6587-000/2021, 6420-000/2021, 6334-000/2021, 5993-000/2021, 5670-000/2021, 5381-000/2021, 4889-000/2021, 4865-000/2021, 4312-000/2021, 4246-000/2021, 3706-000/2021, juntamente com a cópia das notas de despesas anexadas. _x000D_
 2 – Cópias dos empenhos números 1176-000/2022, 1095-000/2022, 860-000/2022, 779-000/2022, 240-000/2022, juntamente com a cópia das notas de despesas anexadas.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1629/requerimento_no_4.22_relacao_de_obitos_e_sepultamentos_ten_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1629/requerimento_no_4.22_relacao_de_obitos_e_sepultamentos_ten_eduardo.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1 – Relação com o nome e data de óbito de todas as pessoas que foram sepultadas no cemitério municipal de Salmourão durante o período de 1º de janeiro de 2021 até 11 de março de 2022. _x000D_
 2 – Caso exista, relação com o nome e data de óbito de todos os falecidos residentes no município de Salmourão durante o período acima.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1665/requerimento_no_5.22_informacao_sobre_taxas_ten_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1665/requerimento_no_5.22_informacao_sobre_taxas_ten_eduardo.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
 1. Cópia nominada das taxas pagas e isentadas referente a sepultamentos,  carneiras e exumação de cadáver, no período de 01/01/2021 até a presente data;_x000D_
 2. Caso tenha havido isenção, enviar motivação e documentos que a justificam;_x000D_
 3. Informação de qual conta são depositados essas taxas.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>Tenente Eduardo, João Leme, Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1687/requerimento_no_6.22_urgencia_espespecial_projeto_12.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1687/requerimento_no_6.22_urgencia_espespecial_projeto_12.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 12/2022</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>Professor Leandro, Da Cruz, Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1706/requerimento_no_7.22_urgencia_espespecial_projeto_13_.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1706/requerimento_no_7.22_urgencia_espespecial_projeto_13_.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 13, de 2022, que dispõe sobre autorização para abertura de crédito adicional especial por excesso de arrecadação.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Silvana do Pedrão, Da Cruz, Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1707/requerimento_no_8.22_urgencia_espespecial_projeto_14_.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1707/requerimento_no_8.22_urgencia_espespecial_projeto_14_.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 14, de 2022, que dispõe sobre autorização para abertura de crédito adicional especial por excesso de arrecadação.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1734/requerimento_no_9.22_informacoes_licitacao_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1734/requerimento_no_9.22_informacoes_licitacao_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre o Convite nº 9/2022</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_no_10.22_informacoes_licitacao_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_no_10.22_informacoes_licitacao_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre o Convite nº 16/2022</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1737/requerimento_no_11.22_informacoes_recursos_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1737/requerimento_no_11.22_informacoes_recursos_wesley.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre recebimento de emendas parlamentares</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1744/requerimento_no_12.22_informacoes_sobre_construcao_casa_francineley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1744/requerimento_no_12.22_informacoes_sobre_construcao_casa_francineley.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a reconstrução da residência da família de Marcos Paulo Souza dos Santos</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1768/requerimento_no_13.22_urgencia_espespecial_projeto_25.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1768/requerimento_no_13.22_urgencia_espespecial_projeto_25.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 25, d e 2022</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>Professor Leandro, Carlim Capeta, Da Cruz</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 27, de 2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2197,67 +2197,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1610/indicacao_1.22_pavimentacao_av._castelo_branco_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1611/indicacao_2.22__gurita_salmourao_c_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1612/indicacao_3.22__transporte_criancas_do_salmourao_c_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1613/indicacao_4.22_recapeamento_rua_marcilio_fregolente_carlos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1614/indicacao_5.22_maquina_perfuradora_de_pocos_carlos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1615/indicacao_6.22_geladeira_vacinas_francine.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1616/indicacao_7.22_ar_condicionado_ou_ventilador_casa_agricultura_francine.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1621/indicacao_9.22_averbacao_terreno_cdhu_fernando.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1622/indicacao_10.22_relogio_ponto_fernando.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1623/indicacao_11.22_farmacia_ubs_wesley.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1624/indicacao_12.22_limpeza_de_terrenos_wesley.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1630/indicacao_13.22_aumento_ticket_e_salario_francine.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1620/indicacao_14.22_aumentar_valor_diaria_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1631/indicacao_15.22_aumentar_diariacarlinhos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1632/indicacao_16.22_climatizador_onibus_1_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1633/indicacao_17.22_lampadas_nas_ruas_joao_manoel_clara_e_jose_fernando_costa_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1636/indicacao_18.22__medico_periodo_noturno_ten._eduardo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1637/indicacao_19.22__plano_de_cargos_e_carreiras_ten._eduardo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1638/indicacao_20.22__transporte_creche_escola_ten._eduardo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1639/indicacao_21.22_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1640/indicacao_22.22_abertura_creche_aos_sabados_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1643/indicacao_23.22_descontos_vale_alimentacao_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1644/indicacao_24.22_mudar_data_base_joao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1645/indicacao_25.22_revisao_anual_do_ticket_joao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1646/indicacao_26.22_cartao_vale_alimentacao_joao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1647/indicacao_27.22_rampa_acessibilidade_leandro.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1648/indicacao_28.22_redutor_de_velocidade_leandro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1649/indicacao_29.22_pediatra_creche_leandro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1650/indicacao_30.22_notebook_centro_de_saude_fernando.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1651/indicacao_31.22_reparos_no_campo_de_bocha_fernando.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1652/indicacao_32.22_abertura_da_piscina_fernando.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1653/indicacao_33.22_contratacao_de_estagiarios_wesley.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1654/indicacao_34.22_sala_descentralizada_etec_wesley.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_35.22_castacao_caes_e_gatos_ten_eduardo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1658/indicacao_36.22_atendimento_psquiatrico_francine.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1659/indicacao_37.22_desconto_abono_ticket_francine.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1660/indicacao_38.22_uniformes_escolares_francine.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1661/indicacao_39.22_volta_da_associacao_dos_produtores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1662/indicacao_40.22_melhoria_velorio_municipal_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1663/indicacao_41.22_triturador_de_galhos_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1664/indicacao_42.22_instalacao_de_redutores_de_velocidade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1666/indicacao_43.22_manutencao_asfalto_wesley.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1667/indicacao_44.22_recolhimento_de_lixo_e_entulho_wesley.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1670/indicacao_45.22_instalar_poste_de_iluminacao_no_final_da_rua_rosa_raimunda_elorza_e_av._castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1671/indicacao_46.22_uniformes_e_epi_para_servidores.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1672/indicacao_47.22_lampadas_estadio_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1673/indicacao_48.22_instalacao_de_cameras_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1674/indicacao_49.22_identificar_os_banheiros_do_estadio_municipal_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1675/indicacao_50.22_aumentar_valor_da_diaria__carlinhos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1676/indicacao_51.22_concretar_o_patio_do_almoxarifado__carlinhos.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1677/indicacao_52.22_faixa_estacionamento_hans_wirth_joao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1679/indicacao_53.22_dermatologista_wesley.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1681/indicacao_54.22_poste_de_iluminacao_publica_joao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1682/indicacao_55.22_cobertura_unidade_de_saude_silvana.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1683/indicacao_56.22_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1684/indicacao_57.22_tarde_da_viola__carlinhos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1686/indicacao_58.22_para_de_onibus_saida_do_municipio_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1688/indicacao_59.22_lixeira_grande_stela_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1689/indicacao_60.22_redutor_de_veoloicade_rua_jose_cesario_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1690/indicacao_61.22_alimentacao_pacientes_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1691/indicacao_62.22_atendimento_medico_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1692/indicacao_63.22_mao_unica_na_rua_petunia_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1693/indicacao_64.22_medico_psiquiatra_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1694/indicacao_65.22_substituicao_das_lampadas_guaritas_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1695/indicacao_66.22_cobertura_entrada_creche_escola_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1696/indicacao_67.22_camas_na_creche_escola_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1697/indicacao_68.22_farmacia_ubs_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_69.22_bicicletario_wesley.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_70.22_refis_wesley.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1702/indicacao_71.22___carteira_autista_-__leandro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1703/indicacao_72.22__tatame_para_biblioteca_fernando.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1704/indicacao_73.22_conchonete_creche__fernando.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1705/indicacao_74.22_canaleta_ruas__fernando.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1708/indicacao_75.22_dia_da_familia_silvana.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1709/indicacao_76.22_raio_x_dentista_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1710/indicacao_77.22_veiculo_para_a_casa_da_agricultura_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1715/indicacao_78.22_doacao_paes_asilo_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1716/indicacao_79.22_ligar_cameras_de_vigilancia_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1717/indicacao_80.22_plano_de_saude_servidores_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1722/indicacao_81.22_cobertura_passarela_creche_escola_leandro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1723/indicacao_82.22_construcao_de_muro_entre_campo_e_escola_hans_leandro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1721/indicacao_83.22_atendimento_odontologico_escolas_francine.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_84.22_instalacao_de_parque_infantil_no_firmino_colato_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1725/indicacao_85.22_instalacao_de_parque_e_praca_no_bairro_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1726/indicacao_86.22_instalacao_de_quebra_molas_fernando.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1727/indicacao_87.22_construcao_de_cobertura_fernando.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1728/indicacao_88.22_dar_almoco_aos_pacientes_que_vao_para_marilia_fernando.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1729/indicacao_89.22_solicitacao_de_doacoa_de_brinquedos_fernando.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1730/indicacao_90.22_aumentar_valor_da_diaria__carlinhos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1731/indicacao_91.22_iluminacao_do_bosque_municipal__carlinhos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1732/indicacao_92.22_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1736/indicacao_93.22_melhoria_em_galeria_wesley.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1739/indicacao_94.22_iluminacao_do_bosque_municipal_silvana.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1741/indicacao_95.22_substituicao_vitros_stela_boer_maioli_wesley.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1746/indicacao_96.22_rua_11_mao_unica_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1748/indicacao_97.22_dar_almoco_aos_pacientes_que_vao_para_cidades_distantes_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1749/indicacao_98.22_bom_dia_trabalhador_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1750/indicacao_99.22_aumentar_valor_diaria_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1752/indicacao_101.22_cascalho_estrada_fazenda_tamara_ten_eduardo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1753/indicacao_102.22_parque_infantil_wesley.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1754/indicacao_103.22_revitalizacao_do_bosque_municipal_silvana.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_104.22_uniformes_e_epi_limpeza_publica_silvana.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1759/indicacao_105.22_bonus_servidores_silvana.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1760/indicacao_106.22_parque_infantil_e_academia_guarani_wesley.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_107.22_melhorias_no_bosque_municipal_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1762/indicacao_108.22_rotatoria_no_vicinal_antonio_goncalves_de_castro_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1763/indicacao_109.22_pavimentacao_acesso_conj._hab._pedro_duarte_neto_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1764/indicacao_110.22_cesta_de_natal_para_o_servidores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1765/indicacao_111.22_melhoria_iluminacao_raposo_tavares_francine.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1766/indicacao_112.22_melhoria_da_area_onde_esta_instalado_o_parque_infantil_conj._hab._pedro_duarte_francine.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_113.22_sinalizacao_vicinal_antonio_de_castro_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_114.22_bonus_vale_alimentacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1771/indicacao_115.22_pode_de_arvores_na_vicinal_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1772/indicacao_116.22_iluminacao_praca_da_biblia_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1773/indicacao_117.22_recapear_rotatoria_do_cristo_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1774/indicacao_118.22_aguas_empossadas_remanso_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1775/indicacao_119.22_medico_ginecologista_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1655/mocao_de_congratulacao_e_louvor_1.2022_servidores_municipais_aposentados.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1678/mocao_de_congratulacao_e_louvor_2.2022_servidores_municipais_aposentados.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1743/mocao_3.2022_mocao_de_protesto_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1756/mocao_de_congratulacao_e_louvor_4.2022_asilo_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1738/projeto_de_decreto_legislativo_1.22_-_titulo_de_cidadao_salmoroense_nilson.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_no_9_-_divulgacao_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_no_10.22_lei_de_diretrizes_orcamentarias_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1685/projeto_de_lei_12.2022_credito_adicional_especial_excesso_arrecadacao_100000.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_numero_13_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_numero_14_-_credito_especial_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_no_15_-_denominacao_salmourao_c_wesley.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_18.22_subvencao_santa_casa_asilo_e_apae.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1718/projeto_de_lei_numero_19_-_credito_especial_-_excesso_de_arrecadacao_-_emendas_saude.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_lei_numero_20_-_credito_suplementar_-_excesso_de_arrecadacao_-_emendas_saude.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_numero_21_-_credito_especial_-_excesso_de_arrecadacao_-_social.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_no_24.22_custeio_cejusc1.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1758/projeto_de_lei_numero_25_-_credito_especial_-_estadio_municipal_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1770/projeto_de_lei_no__-_denominacao_ruas_salmourao_c_pedro_duarte_neto_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_numero_27_-_parcela_adicional_ticket_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1742/projeto_de_resolucao_1__regulamenta_compras_diretas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1617/requerimento_no_1.22_informacoes_contratacoes_temporarias_francine.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1618/requerimento_no_2.22_informacoes_sobre_educacao_fernando.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1628/requerimento_no_3.22_copia_de_empenhos_ten_eduardo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1629/requerimento_no_4.22_relacao_de_obitos_e_sepultamentos_ten_eduardo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1665/requerimento_no_5.22_informacao_sobre_taxas_ten_eduardo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1687/requerimento_no_6.22_urgencia_espespecial_projeto_12.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1706/requerimento_no_7.22_urgencia_espespecial_projeto_13_.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1707/requerimento_no_8.22_urgencia_espespecial_projeto_14_.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1734/requerimento_no_9.22_informacoes_licitacao_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_no_10.22_informacoes_licitacao_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1737/requerimento_no_11.22_informacoes_recursos_wesley.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1744/requerimento_no_12.22_informacoes_sobre_construcao_casa_francineley.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1768/requerimento_no_13.22_urgencia_espespecial_projeto_25.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1610/indicacao_1.22_pavimentacao_av._castelo_branco_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1611/indicacao_2.22__gurita_salmourao_c_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1612/indicacao_3.22__transporte_criancas_do_salmourao_c_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1613/indicacao_4.22_recapeamento_rua_marcilio_fregolente_carlos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1614/indicacao_5.22_maquina_perfuradora_de_pocos_carlos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1615/indicacao_6.22_geladeira_vacinas_francine.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1616/indicacao_7.22_ar_condicionado_ou_ventilador_casa_agricultura_francine.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1621/indicacao_9.22_averbacao_terreno_cdhu_fernando.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1622/indicacao_10.22_relogio_ponto_fernando.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1623/indicacao_11.22_farmacia_ubs_wesley.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1624/indicacao_12.22_limpeza_de_terrenos_wesley.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1630/indicacao_13.22_aumento_ticket_e_salario_francine.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1620/indicacao_14.22_aumentar_valor_diaria_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1631/indicacao_15.22_aumentar_diariacarlinhos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1632/indicacao_16.22_climatizador_onibus_1_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1633/indicacao_17.22_lampadas_nas_ruas_joao_manoel_clara_e_jose_fernando_costa_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1636/indicacao_18.22__medico_periodo_noturno_ten._eduardo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1637/indicacao_19.22__plano_de_cargos_e_carreiras_ten._eduardo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1638/indicacao_20.22__transporte_creche_escola_ten._eduardo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1639/indicacao_21.22_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1640/indicacao_22.22_abertura_creche_aos_sabados_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1643/indicacao_23.22_descontos_vale_alimentacao_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1644/indicacao_24.22_mudar_data_base_joao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1645/indicacao_25.22_revisao_anual_do_ticket_joao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1646/indicacao_26.22_cartao_vale_alimentacao_joao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1647/indicacao_27.22_rampa_acessibilidade_leandro.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1648/indicacao_28.22_redutor_de_velocidade_leandro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1649/indicacao_29.22_pediatra_creche_leandro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1650/indicacao_30.22_notebook_centro_de_saude_fernando.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1651/indicacao_31.22_reparos_no_campo_de_bocha_fernando.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1652/indicacao_32.22_abertura_da_piscina_fernando.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1653/indicacao_33.22_contratacao_de_estagiarios_wesley.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1654/indicacao_34.22_sala_descentralizada_etec_wesley.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_35.22_castacao_caes_e_gatos_ten_eduardo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1658/indicacao_36.22_atendimento_psquiatrico_francine.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1659/indicacao_37.22_desconto_abono_ticket_francine.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1660/indicacao_38.22_uniformes_escolares_francine.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1661/indicacao_39.22_volta_da_associacao_dos_produtores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1662/indicacao_40.22_melhoria_velorio_municipal_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1663/indicacao_41.22_triturador_de_galhos_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1664/indicacao_42.22_instalacao_de_redutores_de_velocidade_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1666/indicacao_43.22_manutencao_asfalto_wesley.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1667/indicacao_44.22_recolhimento_de_lixo_e_entulho_wesley.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1670/indicacao_45.22_instalar_poste_de_iluminacao_no_final_da_rua_rosa_raimunda_elorza_e_av._castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1671/indicacao_46.22_uniformes_e_epi_para_servidores.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1672/indicacao_47.22_lampadas_estadio_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1673/indicacao_48.22_instalacao_de_cameras_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1674/indicacao_49.22_identificar_os_banheiros_do_estadio_municipal_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1675/indicacao_50.22_aumentar_valor_da_diaria__carlinhos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1676/indicacao_51.22_concretar_o_patio_do_almoxarifado__carlinhos.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1677/indicacao_52.22_faixa_estacionamento_hans_wirth_joao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1679/indicacao_53.22_dermatologista_wesley.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1681/indicacao_54.22_poste_de_iluminacao_publica_joao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1682/indicacao_55.22_cobertura_unidade_de_saude_silvana.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1683/indicacao_56.22_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1684/indicacao_57.22_tarde_da_viola__carlinhos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1686/indicacao_58.22_para_de_onibus_saida_do_municipio_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1688/indicacao_59.22_lixeira_grande_stela_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1689/indicacao_60.22_redutor_de_veoloicade_rua_jose_cesario_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1690/indicacao_61.22_alimentacao_pacientes_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1691/indicacao_62.22_atendimento_medico_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1692/indicacao_63.22_mao_unica_na_rua_petunia_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1693/indicacao_64.22_medico_psiquiatra_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1694/indicacao_65.22_substituicao_das_lampadas_guaritas_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1695/indicacao_66.22_cobertura_entrada_creche_escola_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1696/indicacao_67.22_camas_na_creche_escola_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1697/indicacao_68.22_farmacia_ubs_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_69.22_bicicletario_wesley.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_70.22_refis_wesley.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1702/indicacao_71.22___carteira_autista_-__leandro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1703/indicacao_72.22__tatame_para_biblioteca_fernando.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1704/indicacao_73.22_conchonete_creche__fernando.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1705/indicacao_74.22_canaleta_ruas__fernando.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1708/indicacao_75.22_dia_da_familia_silvana.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1709/indicacao_76.22_raio_x_dentista_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1710/indicacao_77.22_veiculo_para_a_casa_da_agricultura_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1715/indicacao_78.22_doacao_paes_asilo_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1716/indicacao_79.22_ligar_cameras_de_vigilancia_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1717/indicacao_80.22_plano_de_saude_servidores_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1722/indicacao_81.22_cobertura_passarela_creche_escola_leandro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1723/indicacao_82.22_construcao_de_muro_entre_campo_e_escola_hans_leandro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1721/indicacao_83.22_atendimento_odontologico_escolas_francine.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_84.22_instalacao_de_parque_infantil_no_firmino_colato_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1725/indicacao_85.22_instalacao_de_parque_e_praca_no_bairro_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1726/indicacao_86.22_instalacao_de_quebra_molas_fernando.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1727/indicacao_87.22_construcao_de_cobertura_fernando.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1728/indicacao_88.22_dar_almoco_aos_pacientes_que_vao_para_marilia_fernando.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1729/indicacao_89.22_solicitacao_de_doacoa_de_brinquedos_fernando.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1730/indicacao_90.22_aumentar_valor_da_diaria__carlinhos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1731/indicacao_91.22_iluminacao_do_bosque_municipal__carlinhos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1732/indicacao_92.22_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1736/indicacao_93.22_melhoria_em_galeria_wesley.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1739/indicacao_94.22_iluminacao_do_bosque_municipal_silvana.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1741/indicacao_95.22_substituicao_vitros_stela_boer_maioli_wesley.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1746/indicacao_96.22_rua_11_mao_unica_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1748/indicacao_97.22_dar_almoco_aos_pacientes_que_vao_para_cidades_distantes_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1749/indicacao_98.22_bom_dia_trabalhador_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1750/indicacao_99.22_aumentar_valor_diaria_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1752/indicacao_101.22_cascalho_estrada_fazenda_tamara_ten_eduardo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1753/indicacao_102.22_parque_infantil_wesley.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1754/indicacao_103.22_revitalizacao_do_bosque_municipal_silvana.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_104.22_uniformes_e_epi_limpeza_publica_silvana.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1759/indicacao_105.22_bonus_servidores_silvana.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1760/indicacao_106.22_parque_infantil_e_academia_guarani_wesley.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_107.22_melhorias_no_bosque_municipal_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1762/indicacao_108.22_rotatoria_no_vicinal_antonio_goncalves_de_castro_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1763/indicacao_109.22_pavimentacao_acesso_conj._hab._pedro_duarte_neto_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1764/indicacao_110.22_cesta_de_natal_para_o_servidores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1765/indicacao_111.22_melhoria_iluminacao_raposo_tavares_francine.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1766/indicacao_112.22_melhoria_da_area_onde_esta_instalado_o_parque_infantil_conj._hab._pedro_duarte_francine.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_113.22_sinalizacao_vicinal_antonio_de_castro_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_114.22_bonus_vale_alimentacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1771/indicacao_115.22_pode_de_arvores_na_vicinal_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1772/indicacao_116.22_iluminacao_praca_da_biblia_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1773/indicacao_117.22_recapear_rotatoria_do_cristo_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1774/indicacao_118.22_aguas_empossadas_remanso_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1775/indicacao_119.22_medico_ginecologista_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1655/mocao_de_congratulacao_e_louvor_1.2022_servidores_municipais_aposentados.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1678/mocao_de_congratulacao_e_louvor_2.2022_servidores_municipais_aposentados.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1743/mocao_3.2022_mocao_de_protesto_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1756/mocao_de_congratulacao_e_louvor_4.2022_asilo_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1738/projeto_de_decreto_legislativo_1.22_-_titulo_de_cidadao_salmoroense_nilson.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_no_9_-_divulgacao_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_no_10.22_lei_de_diretrizes_orcamentarias_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1685/projeto_de_lei_12.2022_credito_adicional_especial_excesso_arrecadacao_100000.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_numero_13_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_numero_14_-_credito_especial_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_no_15_-_denominacao_salmourao_c_wesley.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_18.22_subvencao_santa_casa_asilo_e_apae.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1718/projeto_de_lei_numero_19_-_credito_especial_-_excesso_de_arrecadacao_-_emendas_saude.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_lei_numero_20_-_credito_suplementar_-_excesso_de_arrecadacao_-_emendas_saude.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_numero_21_-_credito_especial_-_excesso_de_arrecadacao_-_social.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_no_24.22_custeio_cejusc1.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1758/projeto_de_lei_numero_25_-_credito_especial_-_estadio_municipal_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1770/projeto_de_lei_no__-_denominacao_ruas_salmourao_c_pedro_duarte_neto_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_numero_27_-_parcela_adicional_ticket_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1742/projeto_de_resolucao_1__regulamenta_compras_diretas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1617/requerimento_no_1.22_informacoes_contratacoes_temporarias_francine.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1618/requerimento_no_2.22_informacoes_sobre_educacao_fernando.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1628/requerimento_no_3.22_copia_de_empenhos_ten_eduardo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1629/requerimento_no_4.22_relacao_de_obitos_e_sepultamentos_ten_eduardo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1665/requerimento_no_5.22_informacao_sobre_taxas_ten_eduardo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1687/requerimento_no_6.22_urgencia_espespecial_projeto_12.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1706/requerimento_no_7.22_urgencia_espespecial_projeto_13_.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1707/requerimento_no_8.22_urgencia_espespecial_projeto_14_.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1734/requerimento_no_9.22_informacoes_licitacao_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_no_10.22_informacoes_licitacao_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1737/requerimento_no_11.22_informacoes_recursos_wesley.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1744/requerimento_no_12.22_informacoes_sobre_construcao_casa_francineley.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2022/1768/requerimento_no_13.22_urgencia_espespecial_projeto_25.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="70.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="177.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="176.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>