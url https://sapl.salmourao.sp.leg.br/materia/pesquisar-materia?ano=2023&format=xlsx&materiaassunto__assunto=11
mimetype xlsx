--- v0 (2025-10-18)
+++ v1 (2026-03-16)
@@ -54,144 +54,144 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a organização, reestruturação e atribuições dos Empregos Públicos em Comissão e Empregos Púbicos Efetivos do Quadro de Pessoal da Prefeitura Municipal de Salmourão, Estado de São Paulo</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1910/projeto_de_lei_complementar_no_2_-_alteracao_atribuicoes_contador.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1910/projeto_de_lei_complementar_no_2_-_alteracao_atribuicoes_contador.pdf</t>
   </si>
   <si>
     <t>Altera o rol de atribuições do cargo de Contador com atribuições de Tesoureiro</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_lei_complementar_no_03-2023_-_da_nova_redacao_a_lei_complementar.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_lei_complementar_no_03-2023_-_da_nova_redacao_a_lei_complementar.pdf</t>
   </si>
   <si>
     <t>Da nova redação a Lei Complementar nº 23/2023, que dispõe sobre a organização, reestruturação e atribuições dos Cargos Públicos em Comissão e Cargos Públicos Efetivos do Quadro de pessoal da Prefeitura Municipal de Salmourão</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1783/projeto_de_lei_no_4_-_reajuste_vale_alimentacao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1783/projeto_de_lei_no_4_-_reajuste_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Reajusta o valor do vale-alimentação dos servidores da Câmara Municipal de Salmourão</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Reajusta o vencimento dos profissionais do magistério da educação básica do município de Salmourão/SP, conforme Portaria nº 17, de 16 de janeiro de 2023 e da outras providências</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1794/projeto_de_lei_no_6_fixa_tabela_salarial_da_camara.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1794/projeto_de_lei_no_6_fixa_tabela_salarial_da_camara.pdf</t>
   </si>
   <si>
     <t>Fixa a tabela de vencimento dos servidores da Câmara Municipal de Salmourão.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1866/projeto_de_lei_13_-_auxilio_saude.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1866/projeto_de_lei_13_-_auxilio_saude.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito da Câmara Municipal de Salmourão, o programa de assistência à saúde suplementar para servidores, na forma de auxílio-saúde.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1933/projeto_de_lei_no_29__vale_alimentacao_extra_dezembro_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1933/projeto_de_lei_no_29__vale_alimentacao_extra_dezembro_fernando.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.133, de 2018, que dispõe sobre a concessão de vale-alimentação aos Servidores Públicos da Câmara Municipal de Salmourão para instituir aumento na parcela do vale-alimentação no mês de dezembro.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -498,67 +498,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1910/projeto_de_lei_complementar_no_2_-_alteracao_atribuicoes_contador.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_lei_complementar_no_03-2023_-_da_nova_redacao_a_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1783/projeto_de_lei_no_4_-_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1794/projeto_de_lei_no_6_fixa_tabela_salarial_da_camara.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1866/projeto_de_lei_13_-_auxilio_saude.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1933/projeto_de_lei_no_29__vale_alimentacao_extra_dezembro_fernando.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1910/projeto_de_lei_complementar_no_2_-_alteracao_atribuicoes_contador.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_lei_complementar_no_03-2023_-_da_nova_redacao_a_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1783/projeto_de_lei_no_4_-_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1794/projeto_de_lei_no_6_fixa_tabela_salarial_da_camara.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1866/projeto_de_lei_13_-_auxilio_saude.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1933/projeto_de_lei_no_29__vale_alimentacao_extra_dezembro_fernando.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="153.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="152.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="206.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>