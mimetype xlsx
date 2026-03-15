--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -54,1626 +54,1626 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CONTA</t>
   </si>
   <si>
     <t>Contas Municipais</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1932/parecer.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1932/parecer.pdf</t>
   </si>
   <si>
     <t>Contas da Prefeitura Municipal de Salmourão, exercício de 2021, responsável Prefeita Sônia Cristina Jacon Gabau, com Parecer Favorável do Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carlim Capeta</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_1.22_vale_alimentacao_desconto_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_1.22_vale_alimentacao_desconto_carlinhos.pdf</t>
   </si>
   <si>
     <t>SUGERE que não sejam descontados do ticket alimentação os períodos de feŕias. Indica também que as faltas justificadas por atestado médico só sejam descontadas do ticket a partir da 4ª falta mensal.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_2.23_ligacao_foca_ginasio_de_esportes_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_2.23_ligacao_foca_ginasio_de_esportes_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere que os banheiros do Ginásio Municipal de Esportes sejam ligados na rede de esgoto e que sejam desativadas as fossas sépticas existentes no local.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_3.23_conselho_do_idoso_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_3.23_conselho_do_idoso_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere que seja criado no município o Conselho Municipal da Pessoa Idosa.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_4.23_levantamento_de_terrenos_baldios_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_4.23_levantamento_de_terrenos_baldios_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere que a Prefeitura realize, no prazo máximo de trinta dias, um levantamento dos terrenos vazios da cidade e que tome providências para evitar a proliferação do mosquito da dengue nestes terrenos.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Francine Enfermeira</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_5.23_veneno_para_dengue_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_5.23_veneno_para_dengue_francine.pdf</t>
   </si>
   <si>
     <t>Sugere que a Prefeitura tome medidas para a pulverização de inseticida contra o mosquito da dengue em toda a cidade e no Bairro Guarani, conforme vem sendo realizado em município da região.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_6.23_cobertura_e_iluminacao_na_creche_escola_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_6.23_cobertura_e_iluminacao_na_creche_escola_francine.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de cobertura com iluminação no caminho que vai do portão até a porta de entrada da Creche Escola Maria Helena Specian Fiani.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_7.23_bom_dia_trabalhador_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_7.23_bom_dia_trabalhador_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a implantação do Programa Bom Dia Trabalhador no município de Salmourão,  visando dar café da manhã aos trabalhadores, especialmente os rurais, além de abrigo contra o frio e a chuva.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1796/indicacao_8.23_canaleta_de_agua_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1796/indicacao_8.23_canaleta_de_agua_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a instalação de canaleta de escoamento de água na esquina entre as ruas Lírio e Petúnia, no Conjunto Habitacional Primavera</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1797/indicacao_9.23_instalacao_de_grade_bocas_de_lobo__fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1797/indicacao_9.23_instalacao_de_grade_bocas_de_lobo__fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a instalação de grades nas bocas de logo existentes no município</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_10.23_plantar_grama_ou_fechar_parque__fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_10.23_plantar_grama_ou_fechar_parque__fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão o plantio de grama ou o fechamento do parque infantil do Conjunto Habitacional Pedro Duarte Neto</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_11.23_instalacao_de_academia_ao_ar_livre_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_11.23_instalacao_de_academia_ao_ar_livre_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de academia ao ar livre e parque infantil no Bairro Guarni.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_12.23_instalacao_de_massa_asfaltica_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_12.23_instalacao_de_massa_asfaltica_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a colocação de massa asfáltica nas cabeceiras da Ponte Branca.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_13.23_ampliacao_do_cemiterio_municipal_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_13.23_ampliacao_do_cemiterio_municipal_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a ampliação do Cemitério Municipal, através de terreno existente no fundo do atual cemitério e que já pertence a Prefeitura</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_14.23_parque_infantil_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_14.23_parque_infantil_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de parque infantil no Conjunto Habitacional Firmino Colato, no terreno vazio existente ao lado do Cemitério Municipal.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_15.23_ar_condicionado_ubs_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_15.23_ar_condicionado_ubs_wesley.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de ar condicionado na sala de recepção da UBS Arnaldo Rabassi.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_16.23_instalacao_de_ar_condicionado_quartos_centro_de_saude_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_16.23_instalacao_de_ar_condicionado_quartos_centro_de_saude_francine.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de ar condicionado nos quartos do Centro de Saúde, onde os pacientes recebem medicação.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1805/indicacao_17.23_atendimento_psquiatrico_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1805/indicacao_17.23_atendimento_psquiatrico_francine.pdf</t>
   </si>
   <si>
     <t>Sugere que o atendimento médico psiquiátrico na Unidade Básica de Saúde de Salmourão, uma vez que, atualmente, os pacientes precisam se deslocar para outras cidades para este tipo de atendimento</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1806/indicacao_18.23_cameras_de_seguranca_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1806/indicacao_18.23_cameras_de_seguranca_francine.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de câmeras de segurança na Creche Escola Maria Helena Specian Fiani</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_19.23_binquedos_residencial_villas_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_19.23_binquedos_residencial_villas_francine.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de brinquedos infantis residencial Villas</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_20.23_sinalizacao_da_escola_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_20.23_sinalizacao_da_escola_francine.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação sinalização no local de entrada de alunos da Escola Municipal Stela Boer Maioli, delimitando um espaço para o estacionamento de carros e outro espaço para o estacionamento dos ônibus escolares</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_21.23_alunos_do_sesi_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_21.23_alunos_do_sesi_francine.pdf</t>
   </si>
   <si>
     <t>Sugere que a Prefeitura dê aos alunos matriculados no SESI os mesmos benefícios de transporte que são dados aos alunos matriculados na ETEC, ou seja, que os alunos do SESI sejam levados até a porta da escola</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_22.23_instalacao_de_cadeirinhas_em_onibus_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_22.23_instalacao_de_cadeirinhas_em_onibus_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de cadeirinhas para o transporte de crianças e bebês nos ônibus de transporte escolar.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_23.23_aquisicao_de_maquina_de_lavar_e_aspirador_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_23.23_aquisicao_de_maquina_de_lavar_e_aspirador_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a aquisição de uma lavadora de alta pressão e de um aspirador de pó para a Unidade Básica de Saúde de Salmourão</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_24.23_cortinas_para_o_projeto_espaco_amigo_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_24.23_cortinas_para_o_projeto_espaco_amigo_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a aquisição de cortinas para o Projeto Espaço Amigo, bem como, seja realizada uma pintura interna e externa no prédio onde o mesmo está instalado</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1815/indicacao_25.23_aumento_no_valor_da_diaria_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1815/indicacao_25.23_aumento_no_valor_da_diaria_carlinhos.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão aumentar para oitenta reais (R$ 80,00) o valor da diária que é paga aos diaristas que prestam serviço para a Prefeitura.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_26.23_retirar_a_casa_do_papai_noel_da_praca_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_26.23_retirar_a_casa_do_papai_noel_da_praca_joao_leme.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a retirada da “Casa do Papai Noel” da Praça da Bandeira.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_27.23_atualizacao_do_plano_de_carreira_do_magisterio_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_27.23_atualizacao_do_plano_de_carreira_do_magisterio_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a atualização do Plano de Carreira do Magistério Municipal</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_28.23_aquisicao_de_tvs__leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_28.23_aquisicao_de_tvs__leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a aquisição de duas ou três Smart TVs para a Escola Municipal de Ensino Fundamental e Infantil Stela Boer Maioli</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_29.23_passarela_creche_escola_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_29.23_passarela_creche_escola_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a construção de uma cobertura para a passarela que dá acesso à Creche Escola Professora Maria Helena Specian Fiani Comecinho de Vida</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_30.23_alimentacao_pacientesleandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_30.23_alimentacao_pacientesleandro.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a adoção de medidas para oferecer alimentação para os pacientes e acompanhantes que se deslocam para fazer tratamento médico nos hospitais de Jaú, estado de São Paulo</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1821/indicacao_31.23_grades_bueiros_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1821/indicacao_31.23_grades_bueiros_leandro.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a instalação de grades de segurança nos bueiros da cidade.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_32.23_rativacao_da_piscina_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_32.23_rativacao_da_piscina_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a abertura para o uso da população da piscina pública do Clube dos Trabalhadores</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_33.23_iluminacao_e_melhoria_das_estradas_guarani_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_33.23_iluminacao_e_melhoria_das_estradas_guarani_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão a melhoria da iluminação do Bairro Guarani e a colocação de pedrisco nas estradas rurais daquele bairro</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_34.23_consertos_unidade_de_saude_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_34.23_consertos_unidade_de_saude_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a  Prefeita do Município de Salmourão consertos a serem realizados no prédio da Unidade Básica de Saúde, sendo: conserto da maçaneta da porta do fichário e de dois banheiros que estão vazamentos.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1828/indicacao_35.23_poda_de_arvores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1828/indicacao_35.23_poda_de_arvores_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA providências junto as autoridades competentes, para poda de galhos de árvores existentes na Vicinal Antônio Gonçalves de Castro, próximo a propriedade da família Gabau, que estão atrapalhando a visão de motoristas.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_36.23_redutor_de_velocidade_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_36.23_redutor_de_velocidade_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de redutores de velocidade na Rua Prof. Roberto Hottinger, próximo a Pista de Skate e da esquina com a Rua José Cesário da Silva</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1830/indicacao_37.23_bueiros_entupidos_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1830/indicacao_37.23_bueiros_entupidos_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA providências para desobstruir dois bueiros existentes na Rua Antônio Belmonte Filho, próximo ao número 150.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_38.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_38.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA providências para melhorar a segurança nas instituições de ensino municipais e do Projeto Espaço Amigo, sendo: Aumento na altura dos muros, instalação de cerca elétrica, catraca eletrônica e segurança armada.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1832/indicacao_39.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1832/indicacao_39.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA medidas de proteção que possam garantir um ambiente seguro e acolhedor para nossos estudantes, como: a instalação de câmeras de monitoramento em todas as escolas, a contratação de seguranças para as unidades escolares e a criação de um sistema de controle de acesso aos prédios, de forma que somente pessoas autorizadas possam entrar nas dependências. Além disso, acredito que seja fundamental investir em campanhas de conscientização para alunos, pais e professores sobre a importância da segurança nas escolas e sobre como identificar e denunciar situações de violência.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1833/indicacao_40.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1833/indicacao_40.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA medidas de proteção que possam garantir a segurança de professores e alunos das instituições de ensino do município de Salmourão, inclusive do Projeto Espaço amigo, entre elas: instalação de detector de metal, instalação de câmeras de vigilância nas entradas e saídas das instituições e contratação de segurança ou vigilantes para atuarem nas portas das escolas e do Projeto Espaço Amigo.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Tenente Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA a instalação de redutor de velocidade na Rua Prof. Roberto Hottinger, próximo a Pista de Skate.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1835/indicacao_42.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1835/indicacao_42.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA medidas de proteção que possam garantir a segurança de alunos, professores e servidores das instituições de ensino do município de Salmourão e do Projeto Espaço amigo, através da contratação de segurança ou vigilantes para atuarem nas portas e no interior das escolas e do Projeto Espaço Amigo.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1836/indicacao_43.23_indica_refis_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1836/indicacao_43.23_indica_refis_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA o envio de projeto de lei para implantar um REFIS no presente ano, como feito em anos anteriores.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1837/indicacao_44.23_conserto_de_lampadas_praca_toquemburgo_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1837/indicacao_44.23_conserto_de_lampadas_praca_toquemburgo_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA o conserto de lâmpadas existentes na Praça do Jardim Toquemburgo.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_45.23_retirada_de_brinquedos_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_45.23_retirada_de_brinquedos_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a retirada de brinquedos antigos de ferro e madeira, que estão quebrados e sem condições de utilização.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1839/indicacao_46.23_campanhia_escola_stela_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1839/indicacao_46.23_campanhia_escola_stela_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a troca do sinal sonoro da Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1840/indicacao_47.23_redutor_de_velocidade_joao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1840/indicacao_47.23_redutor_de_velocidade_joao.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de redutor de velocidade na saída para a Vicinal Antônio Gonçalves de Castro, depois do Conjunto Habitacional Primavera.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1841/indicacao_48.23_solicitar_a_receita_federal_doacao_de_computadores_joao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1841/indicacao_48.23_solicitar_a_receita_federal_doacao_de_computadores_joao.pdf</t>
   </si>
   <si>
     <t>INDICA que o Executivo formalize pedido junto a Receita Federal do Brasil para a doação de trinta computadores.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1842/indicacao_49.23_solicitar_que_a_vicinal_antonio_goncalve_passe_para_o_estado_joao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1842/indicacao_49.23_solicitar_que_a_vicinal_antonio_goncalve_passe_para_o_estado_joao.pdf</t>
   </si>
   <si>
     <t>INDICA providências para que a Vicinal Antônio Gonçalves de Castro passe ao domínio do Estado de São Paulo.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1843/indicacao_50.23_reforma_da_sala_de_zoonoses_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1843/indicacao_50.23_reforma_da_sala_de_zoonoses_silvana.pdf</t>
   </si>
   <si>
     <t>INDICA a reforma da sala de zoonoses e a troca dos moves lá existentes</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1844/indicacao_51.23_mutirao_de_castracao_animal_silvana.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1844/indicacao_51.23_mutirao_de_castracao_animal_silvana.pdf</t>
   </si>
   <si>
     <t>INDICA a realização de um estudo, urgente, sobre a possibilidade da realização de um mutirão para castração de cães e gatos</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1845/indicacao_52.23_piso_magisterio_janeiro_e_fev_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1845/indicacao_52.23_piso_magisterio_janeiro_e_fev_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA o pagamento retroativo aos meses de janeiro e fevereiro do piso nacional do magistério de 2023.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1849/indicacao_53.23_pracas_carlos_albertoni_e_outras_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1849/indicacao_53.23_pracas_carlos_albertoni_e_outras_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a substituição de lâmpadas e pintura na Praça Carlos Roberto Albertoni, na Praça do Conjunto Habitacional Firmino Colato e na Praça do Jardim Toquemburgo.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1850/indicacao_54.23_viveiro_de_mudas_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1850/indicacao_54.23_viveiro_de_mudas_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a implantação de um viveiro de mudas para ajudar os produtores rurais</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1851/indicacao_55.23_ponto_de_onibus_transporte_de_trabalhadores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1851/indicacao_55.23_ponto_de_onibus_transporte_de_trabalhadores_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que o ônibus que realiza o transporte de trabalhadores para Osvaldo Cruz, busque os trabalhadores do Conjunto Habitacional Pedro Duarte Neto diretamente em ponto a ser definido naquele bairro.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1852/indicacao_56.23_bom_dia_trabalhador_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1852/indicacao_56.23_bom_dia_trabalhador_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a implantação do Programa Bom Dia Trabalhador no município de Salmourão,  visando dar café da manhã aos trabalhadores, especialmente os rurais, além de abrigo contra o frio e a chuva.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1853/indicacao_57.23_casa_agricultura_servidora_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1853/indicacao_57.23_casa_agricultura_servidora_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA a designação de servidor para auxiliar os produtores, na Casa da Agricultura, no registro de vacinas, na emissão de Notas Fiscais e na emissão da Guia de Transporte Animal (G.T.A.).</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1854/indicacao_58.23_consertos_vicinal_antonio_g_casto_da_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1854/indicacao_58.23_consertos_vicinal_antonio_g_casto_da_cruz.pdf</t>
   </si>
   <si>
     <t>INDICA o conserto urgente da pavimentação asfáltica da Vicinal Antônio Gonçalves de Castro, na altura da subida do Bairro Barreiro.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1855/indicacao_59.23_conserto_cabeceira_ponte_branca_da_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1855/indicacao_59.23_conserto_cabeceira_ponte_branca_da_cruz.pdf</t>
   </si>
   <si>
     <t>INDICA  o conserto urgente de desnível existente na cabeceira da Ponte sobre o Córrego Barreiro, denominada “Ponte Branca”.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1859/indicacao_60.23_aumento_no_valor_da_diaria_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1859/indicacao_60.23_aumento_no_valor_da_diaria_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA aumentar para setenta reais (R$ 70,00) o valor da diária que é paga aos diaristas que prestam serviço para a Prefeitura.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1860/indicacao_61.23_arquvio_historico_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1860/indicacao_61.23_arquvio_historico_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA  a criação do Arquivo Histórico Público Municipal, conforme prevê a Lei Municipal nº 954, de 2010, criada a partir de Projeto de Lei que apresentei na Câmara Municipal no ano de 2010.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_62.23_melhorias_em_vicinal_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_62.23_melhorias_em_vicinal_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA melhorias na Vicinal Antônio Gonçalves de Castro, sendo: instalação de “olhos de gato”, placas de sinalização e repintura das faixas de sinalização horizontal</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_63.23_transporte_de_criancas_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_63.23_transporte_de_criancas_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA que, em dias chuvosos, seja viabilizada uma forma para que o ônibus de transporte de alunos possa levar os alunos até a porta da Creche Escola Maria Helena Specian Fiani.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_64.23_recapeamento_rua_marcilio_fregolente_e_herculano_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_64.23_recapeamento_rua_marcilio_fregolente_e_herculano_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA o recapeamento das ruas Marcílio Fregolente e Herculano da Costa Silva.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1865/indicacao_65.23_fonoaudiloga_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1865/indicacao_65.23_fonoaudiloga_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA a contratação de um profissional de Fonoaudiologia para atendimento da área de saúde do município.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1868/indicacao_66.23_poda_arvores_carlinhos.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1868/indicacao_66.23_poda_arvores_carlinhos.odt</t>
   </si>
   <si>
     <t>INDICA  providências junto as autoridades competentes, para poda de galhos de árvores existentes na Vicinal Antônio Gonçalves de Castro, próximo a propriedade da família Gabau,  que estão atrapalhando a visão de motoristas.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1869/indicacao_67.23_pista_de_caminhada_carlinhos.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1869/indicacao_67.23_pista_de_caminhada_carlinhos.odt</t>
   </si>
   <si>
     <t>INDICA providências para a construção de uma pista de caminhada no município.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1870/indicacao_68.23_lampadas_paraca_do_jd_toquemburgo_e_campo_carlinhos.odt</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1870/indicacao_68.23_lampadas_paraca_do_jd_toquemburgo_e_campo_carlinhos.odt</t>
   </si>
   <si>
     <t>INDICA providências para o conserto de lâmpadas que estão apagadas na Praça do Jardim Toquemburgo e no campo de futebol existente atrás do prédio da Câmara Municipal.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1871/indicacao_69.23_kit_alimentacao_nas_ferias_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1871/indicacao_69.23_kit_alimentacao_nas_ferias_francine.pdf</t>
   </si>
   <si>
     <t>INDICA providências para que, durante o período de férias escolares, seja concedido às crianças matriculadas nas instituições de ensino municipal, um kit alimentação.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1880/indicacao_70.23_bom_dia_trabalhador_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1880/indicacao_70.23_bom_dia_trabalhador_carlinhos.pdf</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1881/indicacao_71.23_poda_arvores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1881/indicacao_71.23_poda_arvores_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA providências junto as autoridades competentes, para poda de galhos de árvores existentes na Vicinal Antônio Gonçalves de Castro, próximo a propriedade da família Gabau,  que estão atrapalhando a visão de motoristas.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>INDICA a instalação de redutores de velocidade (quebra-molas) nos seguintes locais: Av. Presidente Castelo Branco, na altura do Bairro Izabel Martins Villas, na ligação com o Conjunto Habitacional Pedro Duarte Neto e na Rua José Cesário da Silva, próximo a esquina com a Rua José Santana.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1883/indicacao_73.23_recapeamento_ruas_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1883/indicacao_73.23_recapeamento_ruas_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA o recapeamento das ruas do Bairro Izabel Martins Villas (Remanso das Águas).</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1884/indicacao_74.23_estrivo_van_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1884/indicacao_74.23_estrivo_van_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de estribos na Van que transporta pacientes para atendimento médico em cidades da região.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1885/indicacao_75.23_placa_pedro_duarte_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1885/indicacao_75.23_placa_pedro_duarte_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a confecção e instalação de placa com a denominação do Conjunto Habitacional Pedro Duarte Neto.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1886/indicacao_76.23_auxlio_saude_prefeitura_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1886/indicacao_76.23_auxlio_saude_prefeitura_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a realização de estudo para implantação de auxílio-saúde para os servidores da Prefeitura Municipal de Salmourão, nos moldes do que poderá ser concedido aos servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1887/indicacao_77.23_estacionamento_bicileta_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1887/indicacao_77.23_estacionamento_bicileta_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de equipamento para estacionamento de bicicletas, sendo: 2 equipamentos na Av. Santos Dumont e 1 equipamento defronte a cada supermercado da cidade.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1888/indicacao_78.23_area_verde_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1888/indicacao_78.23_area_verde_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de postes de iluminação na área verde existente no Bairro Izabel Martins Villas (Remanso das Águas).</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1892/indicacao_79.23_tv_para_sala_fisioterapia_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1892/indicacao_79.23_tv_para_sala_fisioterapia_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de aparelho de televisão na sala de fisioterapia.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1893/indicacao_80.23_motorista_e_veiculo_exclusivio_para_a_fisioterapia_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1893/indicacao_80.23_motorista_e_veiculo_exclusivio_para_a_fisioterapia_francine.pdf</t>
   </si>
   <si>
     <t>INDICA que durante os horários em que estiverem havendo sessões de fisioterapia, seja designado um veículo e um motorista para transportar os pacientes da fisioterapia.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1894/indicacao_81.23_cameras_de_vigilancia_crechefrancine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1894/indicacao_81.23_cameras_de_vigilancia_crechefrancine.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de sistema de monitoramento por câmeras na Creche Escola.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1898/indicacao_82.23_aquisicao_de_brinquedos_creche_escola_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1898/indicacao_82.23_aquisicao_de_brinquedos_creche_escola_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a aquisição de brinquedos para a Creche Escola Maria Helena Specian Fiani, como: Ecoplay e tapetes sensoriais, entre outros a administração julgar necessário, bem como, peço a aquisição de trocador para bebês.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1899/indicacao_83.23_estudo_isencao_aposentados_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1899/indicacao_83.23_estudo_isencao_aposentados_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA  a realização de estudo de impacto financeiro e viabilidade para a confecção de projeto de lei que conceda isenção de IPTU para os aposentados de baixa renda que residam em Salmourão e que tenham apenas um imóvel.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1900/indicacao_84.23_praca_do_firmino_colato_e_jardim_toquemburgo_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1900/indicacao_84.23_praca_do_firmino_colato_e_jardim_toquemburgo_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA melhorias nas praças existentes no Bairro Jardim Toquemburgo e no Conjunto Habitacional Primavera, sendo: melhoria na iluminação e instalação de monitoramento por câmeras. Peço ainda a instalação de brinquedos infantis na praça do Conjunto Habitacional Primavera.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1901/indicacao_85.23_monitoramento_nas_saidas_do_municipio_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1901/indicacao_85.23_monitoramento_nas_saidas_do_municipio_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de câmeras de monitoramento em todas as entradas e saídas da cidade de Salmourão.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1905/indicacao_86.23_limpeza_bueiros_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1905/indicacao_86.23_limpeza_bueiros_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a limpeza de todos os bueiros da cidade.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1906/indicacao_87.23_reabertura_da_piscina_publica_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1906/indicacao_87.23_reabertura_da_piscina_publica_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a reabertura do Clube dos Trabalhadores (Piscinas Públicas) para o uso da população.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_88.23_cabeceira_ponte_branca_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_88.23_cabeceira_ponte_branca_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a realização de conserto do desnível existente no pavimento da Vicinal Antônio Gonçalves de Casto, especificamente entre o pavimento e as cabeceiras da ponte sobre o Córrego Barreiro, a conhecida Ponte Branca.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1908/indicacao_89.23_canaleta_ruas_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1908/indicacao_89.23_canaleta_ruas_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a  construção de uma canaleta de escoamento de água na esquina da rua Raposo Tavares com a  rua Antônio Xavier da Silva.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1914/indicacao_90.23_canaleta_ruas_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1914/indicacao_90.23_canaleta_ruas_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA a construção de canaleta na esquina das ruas Vereador José Cesário da Silva e Dona Rosa Raimunda Elorza</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_91.23_quebra_mola_pres_castelo_branco_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_91.23_quebra_mola_pres_castelo_branco_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de redutor de velocidade (quebra mola) na Av. Pres. Castelo Branco, na altura do nº 860.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1919/indicacao_92.23_substituicao_das_tabelas_da_escola_stela_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1919/indicacao_92.23_substituicao_das_tabelas_da_escola_stela_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a substituição das tabelas de basquete e pintura das arquibancadas da quadra da Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1922/indicacao_93.23_auxilio_para_doencas_cronicas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1922/indicacao_93.23_auxilio_para_doencas_cronicas.pdf</t>
   </si>
   <si>
     <t>INDICA que a Prefeitura envie a Câmara Municipal um Projeto de Lei para a criação de auxílio financeiro, indenizatório, para os servidores afastados por motivo de doença grave.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1923/indicacao_94.23_canaleta_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1923/indicacao_94.23_canaleta_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que seja feita uma canaleta de escoamento de água na esquina da rua Raposo Tavares com a rua Antônio Barbosa Xavier.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1924/indicacao_95.23_academia_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1924/indicacao_95.23_academia_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que sejam instalados equipamentos de academia ao ar livre na praça existente defronte ao Supermercado Neves.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1925/indicacao_96.23_poda_de_arvores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1925/indicacao_96.23_poda_de_arvores_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que a Prefeitura determine que os profissionais que realizam poda de árvores em Salmourão sejam responsáveis por recolher e levar os galhos e folhas para o descarte em local apropriado, determinado pela Prefeitura.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_97.23_buerios_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_97.23_buerios_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA a limpeza de todos os bueiros existentes na Rua Herculano da Costa Silva, bem como a instalação de grandes nos mesmos.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1931/indicacao_98.23_poda_de_arvores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1931/indicacao_98.23_poda_de_arvores_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a poda dos ganhos baixos das árvores que estão plantadas defronte ao Velório Municipal.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1934/indicacao_99.23_coleta_de_lixo_guanabara_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1934/indicacao_99.23_coleta_de_lixo_guanabara_francine.pdf</t>
   </si>
   <si>
     <t>INDICA que, as segundas-feiras, seja incluído no itinerário da coleta de lixo de nossa cidade o Bairro Esmeraldo Manoel Benjamim (Jardim Guanabara).</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1935/indicacao_100.23_manutencao_veiculos_da_saude_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1935/indicacao_100.23_manutencao_veiculos_da_saude_francine.pdf</t>
   </si>
   <si>
     <t>INDICA que seja realizada manutenção mecânica em todos os veículos lotados na Diretoria Municipal de Saúde de Salmourão.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1937/indicacao_101.23_limpeza_e_manutencao_bosque_municipal_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1937/indicacao_101.23_limpeza_e_manutencao_bosque_municipal_francine.pdf</t>
   </si>
   <si>
     <t>INDICA que seja realizada a limpeza e manutenção do Bosque Municipal.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_102.23_local_para_separacao_de_reciclaveis_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_102.23_local_para_separacao_de_reciclaveis_francine.pdf</t>
   </si>
   <si>
     <t>INDICA que a Prefeitura providencie um local coberto para a separação do lixo reciclável.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1942/indicacao_103.23_reativacao_do_curso_de_corte_e_costura_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1942/indicacao_103.23_reativacao_do_curso_de_corte_e_costura_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a reativação do curso de corte e costura no município de Salmourão.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1856/mocao_de_repudio.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1856/mocao_de_repudio.pdf</t>
   </si>
   <si>
     <t>Moção do Repúdio ao Projeto de Lei 752/2021 encaminhado à Alesp pelo TJSP, referente ao aumento de custas judiciais</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor aos Senhores Aparecido Ferreira Barbosa, Valdemiro Ramos Costa, Leonardo Mendes e Jaison Miguel Ferreira Cardoso, pela idealização e criação do grupo FAMÍLIA SOLIDÁRIOS.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1926/mocao_de_congratulacao_e_louvor_4.2023_ronam_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1926/mocao_de_congratulacao_e_louvor_4.2023_ronam_leandro.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO E LOUVOR ao advogado RONAN FIGUEIRA DAUN, pela sua nomeação pelo Presidente do Conselho Federal da Ordem dos Advogados do Brasil para a COMISSÃO ESPECIAL DE DEFESA DOS MUNICÍPIOS</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1811/emenda_supressiva_proj_de_lei_comp_1.23.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1811/emenda_supressiva_proj_de_lei_comp_1.23.pdf</t>
   </si>
   <si>
     <t>Suprime o cargo de Controle Interno constante do art. 5º do Projeto de Lei Complementar nº 1, de 2023</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1812/emenda_supressiva_2_proj_de_lei_comp_1.23.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1812/emenda_supressiva_2_proj_de_lei_comp_1.23.pdf</t>
   </si>
   <si>
     <t>Suprime cargos constantes do art. 5º do Projeto de Lei Complementar nº 01, de 2023</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1936/projeto_de_lei_complementar_no_4_-_reformula_atribuicoes_procurador_juridico.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1936/projeto_de_lei_complementar_no_4_-_reformula_atribuicoes_procurador_juridico.pdf</t>
   </si>
   <si>
     <t>Reformula as atribuições do cargo de Procurador Jurídico da Câmara Municipal de Salmourão.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1911/projeto_de_lei_numero_23_-_lei_orcamentaria_-_exercicio_2024_1.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1911/projeto_de_lei_numero_23_-_lei_orcamentaria_-_exercicio_2024_1.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do município de Salmourão para o exercício de 2024 - Orçamento Municipal</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1913/projeto_de_lei_numero_24_-_inclui_inciso_na_lei_municipal_no_1.221_com_redacao_alterada_pela_lei_1.237-2023..pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1913/projeto_de_lei_numero_24_-_inclui_inciso_na_lei_municipal_no_1.221_com_redacao_alterada_pela_lei_1.237-2023..pdf</t>
   </si>
   <si>
     <t>Inclui o inciso VI ao art. 1º e inciso IV ao § 2º do art. 2º da Lei Municipal nº 1.221/2023, alterada pela Lei Municipal nº 1.237/2023, que dispõe sobre a desafetação e concessão e direito real de uso de bem público.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1912/projeto_de_lei_numero_25_-_credito_adicional_especial_-_cultura.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1912/projeto_de_lei_numero_25_-_credito_adicional_especial_-_cultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial para o exercício de 2023, no valor de 68.0000,00 - Lei Paulo Gustavo</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1916/projeto_de_lei_numero_26_-_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1916/projeto_de_lei_numero_26_-_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Suplementar para o exercício de 2023, no valor de 1.600.000,00</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1920/projeto_de_lei_numero_27_-_credito_adicional_especial.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1920/projeto_de_lei_numero_27_-_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial para o exercício de 2023, no valor de R$ 12.000,00</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>Autoriza a abertura de de Crédito Adicional Suplementar no orçamento da Câmara Municipal, no valor de R$ 10.000,00</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1939/projeto_de_lei_no_30__fixa_subsidio_prefeito_e_vice.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1939/projeto_de_lei_no_30__fixa_subsidio_prefeito_e_vice.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio do Prefeito, Vice-Prefeito e Secretários Municipais para a Legislatura 2025-2028, nos termos do artigo 29, inciso 5º da Constituição Federal</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>Da Cruz, Carlim Capeta</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1940/projeto_de_lei_no_31__-_denominacao_ruas_jardim_novo_horizonte_da_cruz_e_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1940/projeto_de_lei_no_31__-_denominacao_ruas_jardim_novo_horizonte_da_cruz_e_carlinhos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de ruas do Jardim Novo Horizonte</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1938/projeto_de_resolucao_fixa_subsidio_vereadores.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1938/projeto_de_resolucao_fixa_subsidio_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos Vereadores para a Legislatura 2025-2028, no termos do art. 29, inciso VI da Constituição Federal</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Fernando Roçato, Carlim Capeta, Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1781/requerimento_no_1.23_urgencia_espespecial_projeto_2.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1781/requerimento_no_1.23_urgencia_espespecial_projeto_2.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 2, de 2023</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>Da Cruz, Carlim Capeta, Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1782/requerimento_no_2.23_urgencia_espespecial_projeto_3.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1782/requerimento_no_2.23_urgencia_espespecial_projeto_3.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 3, de 2023</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1825/requerimento_no_3.22_informacoes_sobre_terrenos_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1825/requerimento_no_3.22_informacoes_sobre_terrenos_carlinhos.pdf</t>
   </si>
   <si>
     <t>REQUER informação sobre o andamento da regularização dos terrenos existentes em áreas próximas a Casa a Esperança Emil Wirth, através do Programa Cidade Legal, informando a fase e se existe um prazo para que os proprietários possam receber suas escrituras.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1826/requerimento_no_4.22_conselho_do_idoso_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1826/requerimento_no_4.22_conselho_do_idoso_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre os nomes das pessoas que compõem atualmente o Conselho Municipal do Idoso.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1846/requerimento_no_5.22_copia_pregao_6.23_flavio.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1846/requerimento_no_5.22_copia_pregao_6.23_flavio.pdf</t>
   </si>
   <si>
     <t>Requer cópia do Pregão Eletrônico nº 6/2023</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1858/requerimento_no_6.22_dados_veiculos_municipais_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1858/requerimento_no_6.22_dados_veiculos_municipais_joao_leme.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a frota municipal</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>Da Cruz, Carlim Capeta, Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1867/requerimento_no_7.23_urgencia_espespecial_projeto_12.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1867/requerimento_no_7.23_urgencia_espespecial_projeto_12.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 12, de 2023</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1891/requerimento_no_8.23_joao_leme_-_convite_08-2023.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1891/requerimento_no_8.23_joao_leme_-_convite_08-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre licitação</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>Fernando Roçato, Carlim Capeta, Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1895/requerimento_no_9.23_urgencia_espespecial_projeto_18.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1895/requerimento_no_9.23_urgencia_espespecial_projeto_18.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 18, de 2023</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>Da Cruz, Professor Leandro, Silvana do Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1896/requerimento_no_10.23_urgencia_espespecial_projeto_19.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1896/requerimento_no_10.23_urgencia_espespecial_projeto_19.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 19</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1909/requerimento_no_11.23_fernando_piso_enfermeiros.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1909/requerimento_no_11.23_fernando_piso_enfermeiros.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre recursos recebidos para a complementação do Piso Nacional da Enfermagem</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1917/requerimento_no_12.23_urgencia_espescial_projeto_26.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1917/requerimento_no_12.23_urgencia_espescial_projeto_26.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 26, de 2023</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1921/requerimento_no_13.23_urgencia_espescial_projeto_27.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1921/requerimento_no_13.23_urgencia_espescial_projeto_27.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 27, de 2023</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1928/requerimento_no_14.23_urgencia_espescial_projeto_28.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1928/requerimento_no_14.23_urgencia_espescial_projeto_28.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 28, de 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1980,67 +1980,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1932/parecer.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_1.22_vale_alimentacao_desconto_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_2.23_ligacao_foca_ginasio_de_esportes_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_3.23_conselho_do_idoso_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_4.23_levantamento_de_terrenos_baldios_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_5.23_veneno_para_dengue_francine.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_6.23_cobertura_e_iluminacao_na_creche_escola_francine.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_7.23_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1796/indicacao_8.23_canaleta_de_agua_fernando.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1797/indicacao_9.23_instalacao_de_grade_bocas_de_lobo__fernando.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_10.23_plantar_grama_ou_fechar_parque__fernando.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_11.23_instalacao_de_academia_ao_ar_livre_fernando.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_12.23_instalacao_de_massa_asfaltica_fernando.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_13.23_ampliacao_do_cemiterio_municipal_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_14.23_parque_infantil_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_15.23_ar_condicionado_ubs_wesley.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_16.23_instalacao_de_ar_condicionado_quartos_centro_de_saude_francine.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1805/indicacao_17.23_atendimento_psquiatrico_francine.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1806/indicacao_18.23_cameras_de_seguranca_francine.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_19.23_binquedos_residencial_villas_francine.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_20.23_sinalizacao_da_escola_francine.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_21.23_alunos_do_sesi_francine.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_22.23_instalacao_de_cadeirinhas_em_onibus_fernando.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_23.23_aquisicao_de_maquina_de_lavar_e_aspirador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_24.23_cortinas_para_o_projeto_espaco_amigo_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1815/indicacao_25.23_aumento_no_valor_da_diaria_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_26.23_retirar_a_casa_do_papai_noel_da_praca_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_27.23_atualizacao_do_plano_de_carreira_do_magisterio_leandro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_28.23_aquisicao_de_tvs__leandro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_29.23_passarela_creche_escola_leandro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_30.23_alimentacao_pacientesleandro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1821/indicacao_31.23_grades_bueiros_leandro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_32.23_rativacao_da_piscina_fernando.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_33.23_iluminacao_e_melhoria_das_estradas_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_34.23_consertos_unidade_de_saude_fernando.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1828/indicacao_35.23_poda_de_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_36.23_redutor_de_velocidade_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1830/indicacao_37.23_bueiros_entupidos_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_38.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1832/indicacao_39.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_leandro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1833/indicacao_40.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_fernando.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1835/indicacao_42.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1836/indicacao_43.23_indica_refis_wesley.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1837/indicacao_44.23_conserto_de_lampadas_praca_toquemburgo_wesley.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_45.23_retirada_de_brinquedos_wesley.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1839/indicacao_46.23_campanhia_escola_stela_wesley.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1840/indicacao_47.23_redutor_de_velocidade_joao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1841/indicacao_48.23_solicitar_a_receita_federal_doacao_de_computadores_joao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1842/indicacao_49.23_solicitar_que_a_vicinal_antonio_goncalve_passe_para_o_estado_joao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1843/indicacao_50.23_reforma_da_sala_de_zoonoses_silvana.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1844/indicacao_51.23_mutirao_de_castracao_animal_silvana.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1845/indicacao_52.23_piso_magisterio_janeiro_e_fev_leandro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1849/indicacao_53.23_pracas_carlos_albertoni_e_outras_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1850/indicacao_54.23_viveiro_de_mudas_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1851/indicacao_55.23_ponto_de_onibus_transporte_de_trabalhadores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1852/indicacao_56.23_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1853/indicacao_57.23_casa_agricultura_servidora_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1854/indicacao_58.23_consertos_vicinal_antonio_g_casto_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1855/indicacao_59.23_conserto_cabeceira_ponte_branca_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1859/indicacao_60.23_aumento_no_valor_da_diaria_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1860/indicacao_61.23_arquvio_historico_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_62.23_melhorias_em_vicinal_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_63.23_transporte_de_criancas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_64.23_recapeamento_rua_marcilio_fregolente_e_herculano_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1865/indicacao_65.23_fonoaudiloga_leandro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1868/indicacao_66.23_poda_arvores_carlinhos.odt" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1869/indicacao_67.23_pista_de_caminhada_carlinhos.odt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1870/indicacao_68.23_lampadas_paraca_do_jd_toquemburgo_e_campo_carlinhos.odt" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1871/indicacao_69.23_kit_alimentacao_nas_ferias_francine.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1880/indicacao_70.23_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1881/indicacao_71.23_poda_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1883/indicacao_73.23_recapeamento_ruas_carlos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1884/indicacao_74.23_estrivo_van_carlos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1885/indicacao_75.23_placa_pedro_duarte_wesley.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1886/indicacao_76.23_auxlio_saude_prefeitura_wesley.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1887/indicacao_77.23_estacionamento_bicileta_fernando.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1888/indicacao_78.23_area_verde_carlos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1892/indicacao_79.23_tv_para_sala_fisioterapia_francine.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1893/indicacao_80.23_motorista_e_veiculo_exclusivio_para_a_fisioterapia_francine.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1894/indicacao_81.23_cameras_de_vigilancia_crechefrancine.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1898/indicacao_82.23_aquisicao_de_brinquedos_creche_escola_wesley.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1899/indicacao_83.23_estudo_isencao_aposentados_carlos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1900/indicacao_84.23_praca_do_firmino_colato_e_jardim_toquemburgo_carlos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1901/indicacao_85.23_monitoramento_nas_saidas_do_municipio_carlos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1905/indicacao_86.23_limpeza_bueiros_fernando.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1906/indicacao_87.23_reabertura_da_piscina_publica_fernando.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_88.23_cabeceira_ponte_branca_fernando.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1908/indicacao_89.23_canaleta_ruas_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1914/indicacao_90.23_canaleta_ruas_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_91.23_quebra_mola_pres_castelo_branco_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1919/indicacao_92.23_substituicao_das_tabelas_da_escola_stela_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1922/indicacao_93.23_auxilio_para_doencas_cronicas.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1923/indicacao_94.23_canaleta_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1924/indicacao_95.23_academia_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1925/indicacao_96.23_poda_de_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_97.23_buerios_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1931/indicacao_98.23_poda_de_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1934/indicacao_99.23_coleta_de_lixo_guanabara_francine.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1935/indicacao_100.23_manutencao_veiculos_da_saude_francine.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1937/indicacao_101.23_limpeza_e_manutencao_bosque_municipal_francine.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_102.23_local_para_separacao_de_reciclaveis_francine.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1942/indicacao_103.23_reativacao_do_curso_de_corte_e_costura_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1856/mocao_de_repudio.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1926/mocao_de_congratulacao_e_louvor_4.2023_ronam_leandro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1811/emenda_supressiva_proj_de_lei_comp_1.23.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1812/emenda_supressiva_2_proj_de_lei_comp_1.23.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1936/projeto_de_lei_complementar_no_4_-_reformula_atribuicoes_procurador_juridico.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1911/projeto_de_lei_numero_23_-_lei_orcamentaria_-_exercicio_2024_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1913/projeto_de_lei_numero_24_-_inclui_inciso_na_lei_municipal_no_1.221_com_redacao_alterada_pela_lei_1.237-2023..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1912/projeto_de_lei_numero_25_-_credito_adicional_especial_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1916/projeto_de_lei_numero_26_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1920/projeto_de_lei_numero_27_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1939/projeto_de_lei_no_30__fixa_subsidio_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1940/projeto_de_lei_no_31__-_denominacao_ruas_jardim_novo_horizonte_da_cruz_e_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1938/projeto_de_resolucao_fixa_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1781/requerimento_no_1.23_urgencia_espespecial_projeto_2.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1782/requerimento_no_2.23_urgencia_espespecial_projeto_3.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1825/requerimento_no_3.22_informacoes_sobre_terrenos_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1826/requerimento_no_4.22_conselho_do_idoso_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1846/requerimento_no_5.22_copia_pregao_6.23_flavio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1858/requerimento_no_6.22_dados_veiculos_municipais_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1867/requerimento_no_7.23_urgencia_espespecial_projeto_12.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1891/requerimento_no_8.23_joao_leme_-_convite_08-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1895/requerimento_no_9.23_urgencia_espespecial_projeto_18.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1896/requerimento_no_10.23_urgencia_espespecial_projeto_19.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1909/requerimento_no_11.23_fernando_piso_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1917/requerimento_no_12.23_urgencia_espescial_projeto_26.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1921/requerimento_no_13.23_urgencia_espescial_projeto_27.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1928/requerimento_no_14.23_urgencia_espescial_projeto_28.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1932/parecer.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_1.22_vale_alimentacao_desconto_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_2.23_ligacao_foca_ginasio_de_esportes_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_3.23_conselho_do_idoso_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_4.23_levantamento_de_terrenos_baldios_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_5.23_veneno_para_dengue_francine.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_6.23_cobertura_e_iluminacao_na_creche_escola_francine.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_7.23_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1796/indicacao_8.23_canaleta_de_agua_fernando.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1797/indicacao_9.23_instalacao_de_grade_bocas_de_lobo__fernando.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_10.23_plantar_grama_ou_fechar_parque__fernando.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_11.23_instalacao_de_academia_ao_ar_livre_fernando.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_12.23_instalacao_de_massa_asfaltica_fernando.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_13.23_ampliacao_do_cemiterio_municipal_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_14.23_parque_infantil_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_15.23_ar_condicionado_ubs_wesley.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_16.23_instalacao_de_ar_condicionado_quartos_centro_de_saude_francine.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1805/indicacao_17.23_atendimento_psquiatrico_francine.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1806/indicacao_18.23_cameras_de_seguranca_francine.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_19.23_binquedos_residencial_villas_francine.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_20.23_sinalizacao_da_escola_francine.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_21.23_alunos_do_sesi_francine.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_22.23_instalacao_de_cadeirinhas_em_onibus_fernando.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_23.23_aquisicao_de_maquina_de_lavar_e_aspirador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_24.23_cortinas_para_o_projeto_espaco_amigo_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1815/indicacao_25.23_aumento_no_valor_da_diaria_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_26.23_retirar_a_casa_do_papai_noel_da_praca_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_27.23_atualizacao_do_plano_de_carreira_do_magisterio_leandro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_28.23_aquisicao_de_tvs__leandro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_29.23_passarela_creche_escola_leandro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_30.23_alimentacao_pacientesleandro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1821/indicacao_31.23_grades_bueiros_leandro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_32.23_rativacao_da_piscina_fernando.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_33.23_iluminacao_e_melhoria_das_estradas_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_34.23_consertos_unidade_de_saude_fernando.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1828/indicacao_35.23_poda_de_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_36.23_redutor_de_velocidade_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1830/indicacao_37.23_bueiros_entupidos_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_38.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1832/indicacao_39.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_leandro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1833/indicacao_40.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_fernando.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1835/indicacao_42.23_melhorar_a_seguranca_nas_instituicoes_de_ensino_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1836/indicacao_43.23_indica_refis_wesley.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1837/indicacao_44.23_conserto_de_lampadas_praca_toquemburgo_wesley.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_45.23_retirada_de_brinquedos_wesley.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1839/indicacao_46.23_campanhia_escola_stela_wesley.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1840/indicacao_47.23_redutor_de_velocidade_joao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1841/indicacao_48.23_solicitar_a_receita_federal_doacao_de_computadores_joao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1842/indicacao_49.23_solicitar_que_a_vicinal_antonio_goncalve_passe_para_o_estado_joao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1843/indicacao_50.23_reforma_da_sala_de_zoonoses_silvana.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1844/indicacao_51.23_mutirao_de_castracao_animal_silvana.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1845/indicacao_52.23_piso_magisterio_janeiro_e_fev_leandro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1849/indicacao_53.23_pracas_carlos_albertoni_e_outras_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1850/indicacao_54.23_viveiro_de_mudas_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1851/indicacao_55.23_ponto_de_onibus_transporte_de_trabalhadores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1852/indicacao_56.23_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1853/indicacao_57.23_casa_agricultura_servidora_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1854/indicacao_58.23_consertos_vicinal_antonio_g_casto_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1855/indicacao_59.23_conserto_cabeceira_ponte_branca_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1859/indicacao_60.23_aumento_no_valor_da_diaria_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1860/indicacao_61.23_arquvio_historico_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_62.23_melhorias_em_vicinal_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_63.23_transporte_de_criancas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_64.23_recapeamento_rua_marcilio_fregolente_e_herculano_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1865/indicacao_65.23_fonoaudiloga_leandro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1868/indicacao_66.23_poda_arvores_carlinhos.odt" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1869/indicacao_67.23_pista_de_caminhada_carlinhos.odt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1870/indicacao_68.23_lampadas_paraca_do_jd_toquemburgo_e_campo_carlinhos.odt" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1871/indicacao_69.23_kit_alimentacao_nas_ferias_francine.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1880/indicacao_70.23_bom_dia_trabalhador_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1881/indicacao_71.23_poda_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1883/indicacao_73.23_recapeamento_ruas_carlos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1884/indicacao_74.23_estrivo_van_carlos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1885/indicacao_75.23_placa_pedro_duarte_wesley.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1886/indicacao_76.23_auxlio_saude_prefeitura_wesley.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1887/indicacao_77.23_estacionamento_bicileta_fernando.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1888/indicacao_78.23_area_verde_carlos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1892/indicacao_79.23_tv_para_sala_fisioterapia_francine.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1893/indicacao_80.23_motorista_e_veiculo_exclusivio_para_a_fisioterapia_francine.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1894/indicacao_81.23_cameras_de_vigilancia_crechefrancine.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1898/indicacao_82.23_aquisicao_de_brinquedos_creche_escola_wesley.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1899/indicacao_83.23_estudo_isencao_aposentados_carlos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1900/indicacao_84.23_praca_do_firmino_colato_e_jardim_toquemburgo_carlos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1901/indicacao_85.23_monitoramento_nas_saidas_do_municipio_carlos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1905/indicacao_86.23_limpeza_bueiros_fernando.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1906/indicacao_87.23_reabertura_da_piscina_publica_fernando.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_88.23_cabeceira_ponte_branca_fernando.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1908/indicacao_89.23_canaleta_ruas_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1914/indicacao_90.23_canaleta_ruas_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_91.23_quebra_mola_pres_castelo_branco_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1919/indicacao_92.23_substituicao_das_tabelas_da_escola_stela_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1922/indicacao_93.23_auxilio_para_doencas_cronicas.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1923/indicacao_94.23_canaleta_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1924/indicacao_95.23_academia_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1925/indicacao_96.23_poda_de_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_97.23_buerios_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1931/indicacao_98.23_poda_de_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1934/indicacao_99.23_coleta_de_lixo_guanabara_francine.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1935/indicacao_100.23_manutencao_veiculos_da_saude_francine.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1937/indicacao_101.23_limpeza_e_manutencao_bosque_municipal_francine.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_102.23_local_para_separacao_de_reciclaveis_francine.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1942/indicacao_103.23_reativacao_do_curso_de_corte_e_costura_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1856/mocao_de_repudio.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1926/mocao_de_congratulacao_e_louvor_4.2023_ronam_leandro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1811/emenda_supressiva_proj_de_lei_comp_1.23.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1812/emenda_supressiva_2_proj_de_lei_comp_1.23.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1936/projeto_de_lei_complementar_no_4_-_reformula_atribuicoes_procurador_juridico.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1911/projeto_de_lei_numero_23_-_lei_orcamentaria_-_exercicio_2024_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1913/projeto_de_lei_numero_24_-_inclui_inciso_na_lei_municipal_no_1.221_com_redacao_alterada_pela_lei_1.237-2023..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1912/projeto_de_lei_numero_25_-_credito_adicional_especial_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1916/projeto_de_lei_numero_26_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1920/projeto_de_lei_numero_27_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1939/projeto_de_lei_no_30__fixa_subsidio_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1940/projeto_de_lei_no_31__-_denominacao_ruas_jardim_novo_horizonte_da_cruz_e_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1938/projeto_de_resolucao_fixa_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1781/requerimento_no_1.23_urgencia_espespecial_projeto_2.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1782/requerimento_no_2.23_urgencia_espespecial_projeto_3.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1825/requerimento_no_3.22_informacoes_sobre_terrenos_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1826/requerimento_no_4.22_conselho_do_idoso_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1846/requerimento_no_5.22_copia_pregao_6.23_flavio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1858/requerimento_no_6.22_dados_veiculos_municipais_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1867/requerimento_no_7.23_urgencia_espespecial_projeto_12.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1891/requerimento_no_8.23_joao_leme_-_convite_08-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1895/requerimento_no_9.23_urgencia_espespecial_projeto_18.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1896/requerimento_no_10.23_urgencia_espespecial_projeto_19.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1909/requerimento_no_11.23_fernando_piso_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1917/requerimento_no_12.23_urgencia_espescial_projeto_26.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1921/requerimento_no_13.23_urgencia_espescial_projeto_27.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2023/1928/requerimento_no_14.23_urgencia_espescial_projeto_28.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="46.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="180.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="179.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>