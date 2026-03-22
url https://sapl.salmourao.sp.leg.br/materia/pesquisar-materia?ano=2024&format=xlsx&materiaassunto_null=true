--- v0 (2026-01-28)
+++ v1 (2026-03-22)
@@ -51,939 +51,939 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CONTA</t>
   </si>
   <si>
     <t>Contas Municipais</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1999/parecer_contas_2022.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1999/parecer_contas_2022.pdf</t>
   </si>
   <si>
     <t>Contas da Prefeitura Municipal de Salmourão - Exercício de 2022 - Parecer Favorável - com recomendações - Responsável: Prefeita Sônia Cristina Jacon Gabau</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Tenente Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1952/indicacao_1.24_informar_correio_nome_de_rua_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1952/indicacao_1.24_informar_correio_nome_de_rua_eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA que sejam colocadas placas na rua João Orvate com a indicação do nome desta rua, antigamente conhecida como Travessa F e que seja informado aos Correios que a rua passou a ser denominada rua João Orvate.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Carlim Capeta</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_2.24_casa_de_apoio_em_marilia_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_2.24_casa_de_apoio_em_marilia_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que seja implantada uma casa de apoio para os pacientes de Salmourão que realizam tratamento de saúde na cidade de Marília – SP.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_3.24_butado_tapar_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_3.24_butado_tapar_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que seja tapado um buraco existente na rua Milton César de Almeida.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_4.24_pintar_canaleta_av._castelo_branco_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_4.24_pintar_canaleta_av._castelo_branco_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que sejam pintadas as canaletas construídas na Av. Presidente Castelo Branco, bem como, sejam instaladas placas indicando a existência destas canaletas.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1956/indicacao_5.24_pode_de_arvores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1956/indicacao_5.24_pode_de_arvores_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA que a Prefeitura determine que os profissionais que realizam poda de árvores em Salmourão sejam responsáveis por recolher e levar os galhos e folhas para o descarte em local apropriado, determinado pela Prefeitura.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1957/indicacao_6.24_canaleta_na_raposo_tavares_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1957/indicacao_6.24_canaleta_na_raposo_tavares_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a construção de canaleta de escoamento de água na rua Raposo Tavares, no Conjunto Habitacional Firmino Colato.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_7.24_reforma_praca_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_7.24_reforma_praca_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA a reforma da Praça existente defronte ao Supermercado Neves e a instalação de academia ao ar livre naquela praça.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_8.24_rpoda_arvores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_8.24_rpoda_arvores_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICA providências junto as autoridades competentes, para poda de galhos de árvores existentes na Vicinal Antônio Gonçalves de Castro, próximo a propriedade da família Gabau,  que estão atrapalhando a visão de motoristas.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Francine Enfermeira</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_9.24_indicacao_da_rua_bartolomeu_bueno_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_9.24_indicacao_da_rua_bartolomeu_bueno_francine.pdf</t>
   </si>
   <si>
     <t>INDICA  o recapeamento da rua Bartolomeu Bueno.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_10.24_uniforme_criancas_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_10.24_uniforme_criancas_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a confecção e distribuição de uniformes escolares para as crianças matriculadas na educação municipal (creche e escola).</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_11.24_parque_e_ponto_de_onibus_res_villas_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_11.24_parque_e_ponto_de_onibus_res_villas_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de parque infantil e ponto de ônibus escolar no residencial Villas.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_12.24_cameras_de_seguranca_crece_e_escola_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_12.24_cameras_de_seguranca_crece_e_escola_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de câmeras de segurança na escola e na creche escola.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>João Leme</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1971/indicacao_-_joao_leme_-_cigarro_eletronico.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1971/indicacao_-_joao_leme_-_cigarro_eletronico.pdf</t>
   </si>
   <si>
     <t>INDICA a realização de campanha de conscientização sobre os malefícios causados pelo uso de cigarro eletrônico, assim como a efetiva fiscalização para proibir o uso de cigarro em escolas situadas no município de Salmourão, conforme determina o art. 2° da Lei Estadual 13.541/2009.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_14.24_terrenos_baldios_da_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_14.24_terrenos_baldios_da_cruz.pdf</t>
   </si>
   <si>
     <t>INDICA o mapeamento de todos os terrenos vazios e sujos de Salmourão, com posterior limpeza destes terrenos e a devida cobrança deste serviço junto ao proprietário do imóvel.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_15.24_luzes_rua_jose_fernandes_costa_flavio.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_15.24_luzes_rua_jose_fernandes_costa_flavio.pdf</t>
   </si>
   <si>
     <t>INDICA em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo o conserto de diversas lâmpadas queimadas existentes nos dois quarteirões da Rua José Fernandes Costa, situados entre a Rua Max Wirth e a Av. Pres. Castelo Branco e defronte ao Salão do C.C.I., existente na mesma rua.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_16.24_quebra_molas_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_16.24_quebra_molas_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICA em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo a instalação de redutores de velocidade na Rua Ver. José Cezario da Silva, próximo as esquinas com as ruas José Fernandes Costa e José Santana.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_17.24_ticket_licenca_maternidade_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_17.24_ticket_licenca_maternidade_francine.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo alteração na legislação que rege o ticket alimentação para que as servidoras da Prefeitura Municipal, em licença maternidade, tenham o direito de receber o ticket alimentação.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1982/indicacao_18.24_reforma_projeto_sapeca_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1982/indicacao_18.24_reforma_projeto_sapeca_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo a realização de reforma do prédio público onde está instalado o Projeto Espaço Amigo.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_19.24_poda_arvores_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_19.24_poda_arvores_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo providências junto as autoridades competentes, para poda de galhos de árvores existentes na Vicinal Antônio Gonçalves de Castro, próximo a propriedade da família Gabau,  que estão atrapalhando a visão de motoristas.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1984/indicacao_20.24_consertos_firmino_colato_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1984/indicacao_20.24_consertos_firmino_colato_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Interina do Município de Salmourão, sugerindo que seja refeita a canaleta de escoamento de água existente nas esquinas das ruas Raposo Tavares e Elisandre Barbosa e Raposo Tavares com Pe. Galileu.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1985/indicacao_21.24_canaleta_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1985/indicacao_21.24_canaleta_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo a construção de canaleta de escoamento de água na esquina das ruas Altevir Maziero (rua 3) e Bruno Dezuani (rua 7), no Conjunto Habitacional Pedro Duarte Neto, para evitar que a água fique empossada no local.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_22.24_limpeza_cemiterio_municipal_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_22.24_limpeza_cemiterio_municipal_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo a realização de limpeza do Cemitério Municipal, especialmente do terreno em que foi feito a ampliação do cemitério.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_23.24_computadores_escola_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_23.24_computadores_escola_wesley.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo a aquisição de dois computadores para a Sala dos Professores da EMEFI Stela Boer Maioli.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao_24.24_cadeiras_para_a_ubs_arnaldo_rabassi_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao_24.24_cadeiras_para_a_ubs_arnaldo_rabassi_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo a aquisição de novas cadeiras para a utilização dos profissionais e dos pacientes da UBS Arnaldo Rabassi.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1991/indicacao_25.24_instalacao_de_cameras_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1991/indicacao_25.24_instalacao_de_cameras_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo a instalação urgente de câmeras de vigilância nas áreas internas e externas da Creche Escola Maria Helena Specian Fiani, da EMEFI Stela Boer Maioli e do Projeto Espaço Amigo.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1992/indicacao_26.24_veneno_para_dengue_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1992/indicacao_26.24_veneno_para_dengue_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo a pulverização, no município, de inseticida contra o mosquito da dengue.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1993/indicacao_27.24_roubos_cemiterio_joao_leme.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1993/indicacao_27.24_roubos_cemiterio_joao_leme.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado a Prefeita Municipal de Salmourão, sugerindo a instalação de câmeras de vigilância no Cemitério Municipal ou a implementação de outra ação que dificulte o furto de objetos que são colocados por familiares nos túmulos de seus entes queridos.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1994/indicacao_28.24_desvio_ponte_branca_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1994/indicacao_28.24_desvio_ponte_branca_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo que seja feito um novo desvio, ao lado da ponte sobre o Córrego Barreiro (Ponte Branca), visando melhorar o escoamento da safra, especialmente da cana-de-açúcar, tendo em vista que a ponte ainda está em obras e que o desvio atual traz dificuldade ao trânsito de caminhões.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_29.24_aumento_numero_de_onibus_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_29.24_aumento_numero_de_onibus_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo providência para o aumento no número de ônibus que levam os trabalhadores de Salmourão que trabalham na cidade de Osvaldo Cruz.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1997/indicacao_30.22_uniformes_escolares_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1997/indicacao_30.22_uniformes_escolares_francine.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo a confecção e distribuição de uniformes escolares aos alunos da rede municipal de educação, inclusive uniformes para o período de inverno.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2000/indicacao_31.24_buracos_vicinal_edson.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2000/indicacao_31.24_buracos_vicinal_edson.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo a realização de operação tapa buracos na Vicinal que liga Salmourão ao Rio Aguapeí (Vicinal Antônio Gonçalves de Castro).</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2001/indicacao_32.24_tv_stela_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2001/indicacao_32.24_tv_stela_wesley.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo a aquisição de dois (2) aparelhos de televisão para serem utilizados na salas de aula da EMEFI Stela Boer Maioli.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2002/indicacao_33.24_redutor_de_velocidade_ubs_neli_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2002/indicacao_33.24_redutor_de_velocidade_ubs_neli_fernando.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo a instalação de um redutor de velocidade próximo a UBS Neli Thomaz Colato.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2003/indicacao_34.24_pontos_de_luz_av._castelo_branco_ipameri_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2003/indicacao_34.24_pontos_de_luz_av._castelo_branco_ipameri_fernando.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo a instalação de dois pontos de iluminação pública na Av. Presidente Castelo Branco, na saída para a Fazenda Ipameri.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2008/indicacao_35.24_pocos_semi-artesianos_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2008/indicacao_35.24_pocos_semi-artesianos_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo a perfuração de poços semi-artesianos nos bairros rurais para serem utilizados pelos pequenos proprietários rurais do município.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2009/indicacao_36.24_redutor_de_velocidade_rua_7_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2009/indicacao_36.24_redutor_de_velocidade_rua_7_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo a instalação de redutor de velocidade na rua 7, do Conjunto Habitacional Pedro Duarte Neto.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2010/indicacao_37.24_rua_mao_unica_e_pare_carlinhos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2010/indicacao_37.24_rua_mao_unica_e_pare_carlinhos.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo que o transito de veículo da rua Valdemar Jorge da Silva seja feito em mão única e que seja analisada a sinalização existente na referida rua, uma vez que uma placa de pare está instalada em local inadequado.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_38.24_retirar_pedras_da_rua_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_38.24_retirar_pedras_da_rua_francine.pdf</t>
   </si>
   <si>
     <t>INDICO em termos regimentais, que seja oficiado à Prefeita Municipal de Salmourão, sugerindo a retirada de dois montes de pedras portuguesas que estão junto a Praça da Bandeira.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2013/indicacao_39.24_onibus_presidente_prudente_estudantes_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2013/indicacao_39.24_onibus_presidente_prudente_estudantes_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a Senhora Prefeita a disponibilização de um veículo para levar os estudantes de Salmourão matriculados em cursos de nível superior em Universidades, Faculdades e Institutos da cidade de Presidente Prudente.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2014/indicacao_40.24_portao_na_piscina_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2014/indicacao_40.24_portao_na_piscina_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere a Senhora Prefeita a abertura de um portão no fundo do Centro de Lazer dos Trabalhadores (Piscinas Públicas) que possibilite o enchimento do caminhão-pipa do município.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2015/indicacao_41.24_camera_jardim_toquemburgo_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2015/indicacao_41.24_camera_jardim_toquemburgo_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de uma câmera de vigilância na praça pública existente no Jardim Toquemburgo.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2019/indicacao_42.24_tratorista_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2019/indicacao_42.24_tratorista_fernando.pdf</t>
   </si>
   <si>
     <t>Indica a Senhora Prefeita a contratação de tratorista para auxílio aos pequenos agricultores do município.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2020/indicacao_43.24_conserto_piso_da_praca_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2020/indicacao_43.24_conserto_piso_da_praca_francine.pdf</t>
   </si>
   <si>
     <t>Indica a Senhora Prefeita o conserto do piso da Praça da Bandeira, nas passagens existentes entre os canteiros; locais onde foi retirado o concreto para a instalação de pedra portuguesa, instalação essa que ainda não foi concluída.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2021/indicacao_44.24_transporte_dos_trabalhadores_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2021/indicacao_44.24_transporte_dos_trabalhadores_francine.pdf</t>
   </si>
   <si>
     <t>Indica a Senhora Prefeita o fornecimento de transporte para a volta dos trabalhadores que terão suas jornadas de trabalho expandidas durante a abertura noturna do comércio de Osvaldo Cruz, no período que antecede o Natal.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1995/mocao_de_congratulacao_e_louvor_1.2024_profissionais_de_saude.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1995/mocao_de_congratulacao_e_louvor_1.2024_profissionais_de_saude.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor aos profissionais de saúde e demais funcionários do Departamento Municipal de Saúde, pelo trabalho incansável e dedicado que realizaram durante a pandemia da COVID-19.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2017/mocao_de_congratulacao_e_louvor_2.2024_helio_quinaia_aposentado.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2017/mocao_de_congratulacao_e_louvor_2.2024_helio_quinaia_aposentado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao servidor publico municipal aposentado Hélio Quinaia</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1960/projeto_de_decreto_legislativo_1.24_-_titulo_de_cidadao_salmoroense_antonio_villas.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1960/projeto_de_decreto_legislativo_1.24_-_titulo_de_cidadao_salmoroense_antonio_villas.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Salmouroense ao Sr. Antônio Villas Martins</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Salmouroense ao Sr. José Dyonísio Hunger</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>COFC - Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1976/projeto_de_decreto_legislativo_3.24_aprova_contas_da_prefeitura_exercicio_de_2021.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1976/projeto_de_decreto_legislativo_3.24_aprova_contas_da_prefeitura_exercicio_de_2021.pdf</t>
   </si>
   <si>
     <t>Aprova as contas anuais da Prefeitura Municipal de Salmourão-SP, exercício de 2021 - TC-006968.989.20-2</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1990/projeto_de_decreto_legislativo_4.24__titulo_de_cidada_benemerita.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1990/projeto_de_decreto_legislativo_4.24__titulo_de_cidada_benemerita.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Benemérita à Sra. Rosânia Inez Bertassi Tola</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2011/projeto_de_decreto_legislativo_5.24_aprova_contas_da_prefeitura_exercicio_de_2022.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2011/projeto_de_decreto_legislativo_5.24_aprova_contas_da_prefeitura_exercicio_de_2022.pdf</t>
   </si>
   <si>
     <t>Aprova as contas da Prefeitura Municipal de Salmourão, exercício de 2022 - Processo TC-004015.989.22-1</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1943/1_projeto_de_lei_numero_01-2024_-_repasse_a_entidades_do_terceiro_setor.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1943/1_projeto_de_lei_numero_01-2024_-_repasse_a_entidades_do_terceiro_setor.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Salmourão a realizar repasses a entidades do Terceiro Setor e dá outras providências</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1944/2_projeto_de_lei_numero_02_-_credito_adicional_especial_-_banda_marcial.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1944/2_projeto_de_lei_numero_02_-_credito_adicional_especial_-_banda_marcial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial para o exercício de 2024 - 61.000,00 - Instrumentos Musicais</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1945/3_projeto_de_lei_numero_03_-_credito_adicional_especial_-_atendimento_lei_paulo_gustavo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1945/3_projeto_de_lei_numero_03_-_credito_adicional_especial_-_atendimento_lei_paulo_gustavo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial para o exercício de 2024 - 70.000,00 - Lei Paulo Gustavo</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1946/4_projeto_de_lei_numero_04_-_credito_adicional_especial_-_atendimento_piso_da_enfermagem.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1946/4_projeto_de_lei_numero_04_-_credito_adicional_especial_-_atendimento_piso_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial para o exercício de 2024 - 10.000,00 - Piso profissionais de enfermagem</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1947/5_projeto_de_lei_numero_05_-_credito_adicional_suplementar_-_ponte_corrego_barreiro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1947/5_projeto_de_lei_numero_05_-_credito_adicional_suplementar_-_ponte_corrego_barreiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Suplementar para o exercício de 2024 - 1.395.193,32 - Ponte sobre o Córrego Barreiro - Ponte Branca</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1948/6_projeto_de_lei_numero_06_-_credito_adicional_suplementar_-_infraestrutura.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1948/6_projeto_de_lei_numero_06_-_credito_adicional_suplementar_-_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Suplementar para o exercício de 2024 - 500.000,00 - Pavimentação</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1949/7_projeto_de_lei_numero_07_-_credito_adicional_suplementar_-_infraestrutura.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1949/7_projeto_de_lei_numero_07_-_credito_adicional_suplementar_-_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Suplementar para o exercício de 2024 - 250.000,00 - Recapeamento</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1950/8_projeto_de_lei_numero_08_-_credito_adicional_suplementar_-_ponte_branca_-_tesouro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1950/8_projeto_de_lei_numero_08_-_credito_adicional_suplementar_-_ponte_branca_-_tesouro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Suplementar para o exercício de 2024 - 76.062,81 - Construção de ponte sobre o Córrego Barreiro (Ponte Branca) - contrapartida</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1951/projeto_de_lei_9_moradia_social.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1951/projeto_de_lei_9_moradia_social.pdf</t>
   </si>
   <si>
     <t>Delimita diretrizes para o incentivo a promoção de habitação social, instrumento de política municipal de habitação de interesse social e dá outras providências</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1966/projeto_de_lei_no_10_fixa_tabela_salarial_da_camara.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1966/projeto_de_lei_no_10_fixa_tabela_salarial_da_camara.pdf</t>
   </si>
   <si>
     <t>Reajusta os salários (tabela de vencimentos) dos servidores da Câmara Municipal de Salmourão - SP</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1967/projeto_de_lei_no_11_-_reajuste_vale_alimentacao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1967/projeto_de_lei_no_11_-_reajuste_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Reajusta o valor do vale-alimentação dos servidores da Câmara Municipal de Salmourão-SP</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1968/projeto_de_lei_numero_12_-_credito_adicional_especial_-_ponte_bairro_guarani.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1968/projeto_de_lei_numero_12_-_credito_adicional_especial_-_ponte_bairro_guarani.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial para o exercício, no valor de R$ 563.021,60</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1970/projeto_de_lei_numero_13-2024_-_repasse_a_entidades_do_terceiro_setor_-_pronto_socorro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1970/projeto_de_lei_numero_13-2024_-_repasse_a_entidades_do_terceiro_setor_-_pronto_socorro.pdf</t>
   </si>
   <si>
     <t>Que autoriza o município de Salmourão e realizar repasses a entidades do Terceiro Setor e dá outras providências</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1975/projeto_de_lei_numero_14_-_reajusta_o_vencimenot_dos_servidores_publicos_municipais_-_2024.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1975/projeto_de_lei_numero_14_-_reajusta_o_vencimenot_dos_servidores_publicos_municipais_-_2024.pdf</t>
   </si>
   <si>
     <t>Concede aos servidores públicos municipais a R.G.A. - Revisão Geral Anual, de acordo com o art. 37, X, da Constituição Federal.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1974/projeto_de_lei_numero_15_-_reajusta_o_valor_ticket_alimentacao_-__35000.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1974/projeto_de_lei_numero_15_-_reajusta_o_valor_ticket_alimentacao_-__35000.pdf</t>
   </si>
   <si>
     <t>Reajusta o valor do ticket alimentação instituído pela Lei Municipal nº 1.097/2017</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1973/projeto_de_lei_numero_16_-_inclusao_area_interesse_social_-_programa_minha_casa_minha_vida.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1973/projeto_de_lei_numero_16_-_inclusao_area_interesse_social_-_programa_minha_casa_minha_vida.pdf</t>
   </si>
   <si>
     <t>Insere imóvel urbano em Zona Especial de Interesse Social nos termos da Lei Municipal nº 1.277/2024</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>Concede aos servidores públicos municipais a R.G.A. - Revisão Geral Anual de acordo com o art. 37, X da Constituição Federal e da outras providências</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1989/projeto_de_lei_numero_18__-_lei_de_diretrizes_orcamentarias_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1989/projeto_de_lei_numero_18__-_lei_de_diretrizes_orcamentarias_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício financeiro de 2025</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2004/projeto_de_lei_numero_19_-_procedimeneto_para_instalacao_-_etr.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2004/projeto_de_lei_numero_19_-_procedimeneto_para_instalacao_-_etr.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para a instalação de infraestrutura de suporte para Estação Transmissora de Radiocomunicação - ETR, autorizada pela Agência Nacional de Telecomunicações - ANATEL, nos termos da legislação federal vigente - Lei das Antenas</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2005/projeto_de_lei_numero_20_-_credito_adicional_especial_-_atendimento_saude.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2005/projeto_de_lei_numero_20_-_credito_adicional_especial_-_atendimento_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial para o exercício de 2024</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2006/projeto_de_lei_numero_21_-_credito_adicional_especial_-_aldir_blanc.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2006/projeto_de_lei_numero_21_-_credito_adicional_especial_-_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2007/projeto_de_lei_numero_22_-_cria_o_fundo_municipal_de_saneamento_ambiental.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2007/projeto_de_lei_numero_22_-_cria_o_fundo_municipal_de_saneamento_ambiental.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Saneamento Ambiental e Infraestrutura - FMSAI e dá outras providências</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2016/projeto_de_lei_numero_23_-_lei_orcamentaria_anual_-_exercicio_de_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2016/projeto_de_lei_numero_23_-_lei_orcamentaria_anual_-_exercicio_de_2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Salmourão para o exercício de 2025</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2018/projeto_de_lei_no_24.24_-_vale-alimentacao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2018/projeto_de_lei_no_24.24_-_vale-alimentacao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.133, de 30 de agosto de 2018, que dispõe sobre a concessão de vale-alimentação aos servidores públicos da Câmara Municipal de Salmourão.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1961/projeto_de_resolucao_no_1_-_regime_de_adiantamento.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1961/projeto_de_resolucao_no_1_-_regime_de_adiantamento.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Regime de Adiantamento na Câmara Municipal de Salmourão.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1998/requerimento_no_1.24_francine_cameras.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1998/requerimento_no_1.24_francine_cameras.pdf</t>
   </si>
   <si>
     <t>Requer que o Executivo informe onde está instalada a central de monitoramento das câmeras de vigilância instaladas na Escola Municipal Stela Boer Maioli, na Creche Escola Maria Helena S. Fiani e no Projeto Espaço Amigo e o tempo de arquivamento das imagens.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1290,67 +1290,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1999/parecer_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1952/indicacao_1.24_informar_correio_nome_de_rua_eduardo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_2.24_casa_de_apoio_em_marilia_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_3.24_butado_tapar_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_4.24_pintar_canaleta_av._castelo_branco_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1956/indicacao_5.24_pode_de_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1957/indicacao_6.24_canaleta_na_raposo_tavares_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_7.24_reforma_praca_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_8.24_rpoda_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_9.24_indicacao_da_rua_bartolomeu_bueno_francine.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_10.24_uniforme_criancas_francine.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_11.24_parque_e_ponto_de_onibus_res_villas_francine.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_12.24_cameras_de_seguranca_crece_e_escola_francine.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1971/indicacao_-_joao_leme_-_cigarro_eletronico.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_14.24_terrenos_baldios_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_15.24_luzes_rua_jose_fernandes_costa_flavio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_16.24_quebra_molas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_17.24_ticket_licenca_maternidade_francine.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1982/indicacao_18.24_reforma_projeto_sapeca_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_19.24_poda_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1984/indicacao_20.24_consertos_firmino_colato_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1985/indicacao_21.24_canaleta_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_22.24_limpeza_cemiterio_municipal_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_23.24_computadores_escola_wesley.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao_24.24_cadeiras_para_a_ubs_arnaldo_rabassi_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1991/indicacao_25.24_instalacao_de_cameras_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1992/indicacao_26.24_veneno_para_dengue_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1993/indicacao_27.24_roubos_cemiterio_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1994/indicacao_28.24_desvio_ponte_branca_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_29.24_aumento_numero_de_onibus_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1997/indicacao_30.22_uniformes_escolares_francine.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2000/indicacao_31.24_buracos_vicinal_edson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2001/indicacao_32.24_tv_stela_wesley.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2002/indicacao_33.24_redutor_de_velocidade_ubs_neli_fernando.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2003/indicacao_34.24_pontos_de_luz_av._castelo_branco_ipameri_fernando.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2008/indicacao_35.24_pocos_semi-artesianos_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2009/indicacao_36.24_redutor_de_velocidade_rua_7_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2010/indicacao_37.24_rua_mao_unica_e_pare_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_38.24_retirar_pedras_da_rua_francine.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2013/indicacao_39.24_onibus_presidente_prudente_estudantes_fernando.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2014/indicacao_40.24_portao_na_piscina_fernando.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2015/indicacao_41.24_camera_jardim_toquemburgo_fernando.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2019/indicacao_42.24_tratorista_fernando.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2020/indicacao_43.24_conserto_piso_da_praca_francine.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2021/indicacao_44.24_transporte_dos_trabalhadores_francine.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1995/mocao_de_congratulacao_e_louvor_1.2024_profissionais_de_saude.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2017/mocao_de_congratulacao_e_louvor_2.2024_helio_quinaia_aposentado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1960/projeto_de_decreto_legislativo_1.24_-_titulo_de_cidadao_salmoroense_antonio_villas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1976/projeto_de_decreto_legislativo_3.24_aprova_contas_da_prefeitura_exercicio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1990/projeto_de_decreto_legislativo_4.24__titulo_de_cidada_benemerita.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2011/projeto_de_decreto_legislativo_5.24_aprova_contas_da_prefeitura_exercicio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1943/1_projeto_de_lei_numero_01-2024_-_repasse_a_entidades_do_terceiro_setor.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1944/2_projeto_de_lei_numero_02_-_credito_adicional_especial_-_banda_marcial.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1945/3_projeto_de_lei_numero_03_-_credito_adicional_especial_-_atendimento_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1946/4_projeto_de_lei_numero_04_-_credito_adicional_especial_-_atendimento_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1947/5_projeto_de_lei_numero_05_-_credito_adicional_suplementar_-_ponte_corrego_barreiro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1948/6_projeto_de_lei_numero_06_-_credito_adicional_suplementar_-_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1949/7_projeto_de_lei_numero_07_-_credito_adicional_suplementar_-_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1950/8_projeto_de_lei_numero_08_-_credito_adicional_suplementar_-_ponte_branca_-_tesouro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1951/projeto_de_lei_9_moradia_social.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1966/projeto_de_lei_no_10_fixa_tabela_salarial_da_camara.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1967/projeto_de_lei_no_11_-_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1968/projeto_de_lei_numero_12_-_credito_adicional_especial_-_ponte_bairro_guarani.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1970/projeto_de_lei_numero_13-2024_-_repasse_a_entidades_do_terceiro_setor_-_pronto_socorro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1975/projeto_de_lei_numero_14_-_reajusta_o_vencimenot_dos_servidores_publicos_municipais_-_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1974/projeto_de_lei_numero_15_-_reajusta_o_valor_ticket_alimentacao_-__35000.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1973/projeto_de_lei_numero_16_-_inclusao_area_interesse_social_-_programa_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1989/projeto_de_lei_numero_18__-_lei_de_diretrizes_orcamentarias_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2004/projeto_de_lei_numero_19_-_procedimeneto_para_instalacao_-_etr.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2005/projeto_de_lei_numero_20_-_credito_adicional_especial_-_atendimento_saude.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2006/projeto_de_lei_numero_21_-_credito_adicional_especial_-_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2007/projeto_de_lei_numero_22_-_cria_o_fundo_municipal_de_saneamento_ambiental.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2016/projeto_de_lei_numero_23_-_lei_orcamentaria_anual_-_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2018/projeto_de_lei_no_24.24_-_vale-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1961/projeto_de_resolucao_no_1_-_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1998/requerimento_no_1.24_francine_cameras.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1999/parecer_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1952/indicacao_1.24_informar_correio_nome_de_rua_eduardo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_2.24_casa_de_apoio_em_marilia_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_3.24_butado_tapar_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_4.24_pintar_canaleta_av._castelo_branco_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1956/indicacao_5.24_pode_de_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1957/indicacao_6.24_canaleta_na_raposo_tavares_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_7.24_reforma_praca_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_8.24_rpoda_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_9.24_indicacao_da_rua_bartolomeu_bueno_francine.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_10.24_uniforme_criancas_francine.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_11.24_parque_e_ponto_de_onibus_res_villas_francine.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_12.24_cameras_de_seguranca_crece_e_escola_francine.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1971/indicacao_-_joao_leme_-_cigarro_eletronico.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_14.24_terrenos_baldios_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_15.24_luzes_rua_jose_fernandes_costa_flavio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_16.24_quebra_molas_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_17.24_ticket_licenca_maternidade_francine.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1982/indicacao_18.24_reforma_projeto_sapeca_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_19.24_poda_arvores_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1984/indicacao_20.24_consertos_firmino_colato_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1985/indicacao_21.24_canaleta_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_22.24_limpeza_cemiterio_municipal_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_23.24_computadores_escola_wesley.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao_24.24_cadeiras_para_a_ubs_arnaldo_rabassi_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1991/indicacao_25.24_instalacao_de_cameras_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1992/indicacao_26.24_veneno_para_dengue_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1993/indicacao_27.24_roubos_cemiterio_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1994/indicacao_28.24_desvio_ponte_branca_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_29.24_aumento_numero_de_onibus_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1997/indicacao_30.22_uniformes_escolares_francine.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2000/indicacao_31.24_buracos_vicinal_edson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2001/indicacao_32.24_tv_stela_wesley.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2002/indicacao_33.24_redutor_de_velocidade_ubs_neli_fernando.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2003/indicacao_34.24_pontos_de_luz_av._castelo_branco_ipameri_fernando.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2008/indicacao_35.24_pocos_semi-artesianos_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2009/indicacao_36.24_redutor_de_velocidade_rua_7_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2010/indicacao_37.24_rua_mao_unica_e_pare_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_38.24_retirar_pedras_da_rua_francine.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2013/indicacao_39.24_onibus_presidente_prudente_estudantes_fernando.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2014/indicacao_40.24_portao_na_piscina_fernando.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2015/indicacao_41.24_camera_jardim_toquemburgo_fernando.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2019/indicacao_42.24_tratorista_fernando.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2020/indicacao_43.24_conserto_piso_da_praca_francine.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2021/indicacao_44.24_transporte_dos_trabalhadores_francine.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1995/mocao_de_congratulacao_e_louvor_1.2024_profissionais_de_saude.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2017/mocao_de_congratulacao_e_louvor_2.2024_helio_quinaia_aposentado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1960/projeto_de_decreto_legislativo_1.24_-_titulo_de_cidadao_salmoroense_antonio_villas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1976/projeto_de_decreto_legislativo_3.24_aprova_contas_da_prefeitura_exercicio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1990/projeto_de_decreto_legislativo_4.24__titulo_de_cidada_benemerita.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2011/projeto_de_decreto_legislativo_5.24_aprova_contas_da_prefeitura_exercicio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1943/1_projeto_de_lei_numero_01-2024_-_repasse_a_entidades_do_terceiro_setor.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1944/2_projeto_de_lei_numero_02_-_credito_adicional_especial_-_banda_marcial.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1945/3_projeto_de_lei_numero_03_-_credito_adicional_especial_-_atendimento_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1946/4_projeto_de_lei_numero_04_-_credito_adicional_especial_-_atendimento_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1947/5_projeto_de_lei_numero_05_-_credito_adicional_suplementar_-_ponte_corrego_barreiro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1948/6_projeto_de_lei_numero_06_-_credito_adicional_suplementar_-_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1949/7_projeto_de_lei_numero_07_-_credito_adicional_suplementar_-_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1950/8_projeto_de_lei_numero_08_-_credito_adicional_suplementar_-_ponte_branca_-_tesouro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1951/projeto_de_lei_9_moradia_social.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1966/projeto_de_lei_no_10_fixa_tabela_salarial_da_camara.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1967/projeto_de_lei_no_11_-_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1968/projeto_de_lei_numero_12_-_credito_adicional_especial_-_ponte_bairro_guarani.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1970/projeto_de_lei_numero_13-2024_-_repasse_a_entidades_do_terceiro_setor_-_pronto_socorro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1975/projeto_de_lei_numero_14_-_reajusta_o_vencimenot_dos_servidores_publicos_municipais_-_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1974/projeto_de_lei_numero_15_-_reajusta_o_valor_ticket_alimentacao_-__35000.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1973/projeto_de_lei_numero_16_-_inclusao_area_interesse_social_-_programa_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1989/projeto_de_lei_numero_18__-_lei_de_diretrizes_orcamentarias_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2004/projeto_de_lei_numero_19_-_procedimeneto_para_instalacao_-_etr.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2005/projeto_de_lei_numero_20_-_credito_adicional_especial_-_atendimento_saude.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2006/projeto_de_lei_numero_21_-_credito_adicional_especial_-_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2007/projeto_de_lei_numero_22_-_cria_o_fundo_municipal_de_saneamento_ambiental.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2016/projeto_de_lei_numero_23_-_lei_orcamentaria_anual_-_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/2018/projeto_de_lei_no_24.24_-_vale-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1961/projeto_de_resolucao_no_1_-_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2024/1998/requerimento_no_1.24_francine_cameras.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="165.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="164.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>