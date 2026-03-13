--- v0 (2026-01-26)
+++ v1 (2026-03-13)
@@ -10,1457 +10,1472 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="984" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="991" uniqueCount="474">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2178</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>DEN</t>
+  </si>
+  <si>
+    <t>Denúncia</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2178/denuncia1.25_luanaxluiz_tarjada.pdf</t>
+  </si>
+  <si>
+    <t>Pedido de Instauração de Comissão Processante para apuração de infração político-administrativa (quebra de decoro) de vereador da Câmara Municipal de Salmourão</t>
+  </si>
+  <si>
     <t>2033</t>
   </si>
   <si>
-    <t>2025</t>
-[...4 lines deleted...]
-  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Luiz Carlos</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_01.25_atendimentoagricultura_luiz_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_01.25_atendimentoagricultura_luiz_carlos.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita que todo o atendimento aos agricultores seja transferido para a Casa da Agricultura, como marcação de serviço de tratores e implementos agrícolas.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_02.25_lei_de_diarias_luiz_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_02.25_lei_de_diarias_luiz_carlos.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita o envio a este Legislativo de projeto de lei regulamentando a concessão de diárias para os motoristas da Prefeitura, especialmente os que possuem rotas fixas de viagem.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Pedrinho</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_03.25_estrutura_reciclagem_pedro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_03.25_estrutura_reciclagem_pedro.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a construção e instalação de uma estrutura mínima para o trabalho dos catadores de lixo reciclável em nosso município com, no mínimo, área coberta, banheiro e água potável.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_04.25_redutor_de_velocidade_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_04.25_redutor_de_velocidade_fernando.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a construção de um redutor de velocidade na estrada para a Fazenda Tamara, especificamente antes da entrada da propriedade da família Betiol ou o estudo de uma outra forma de diminuir a velocidade dos carros que passam pelo local.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_05.25_bebedouro_praca_remanso_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_05.25_bebedouro_praca_remanso_fernando.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a instalação de um bebedouro de água na praça do Jardim Toquemburgo.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2041/indicacao_06.25_instalacao_de_lixeiras_pracas_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2041/indicacao_06.25_instalacao_de_lixeiras_pracas_fernando.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a instalação de lixeiras em todas as praças do município que não possuem este equipamento.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_07.25_instalacao_de_iluminacao_ou_manutencao_pracas_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_07.25_instalacao_de_iluminacao_ou_manutencao_pracas_fernando.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita que determine a realização de manutenção na iluminação das praças existentes no município, com a substituição de lâmpadas queimadas e a instalação de mais lâmpadas onde for necessário.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_08.25_servidor_guarani_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_08.25_servidor_guarani_fernando.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a designação de um servidor para, três vezes por semana, realizar a limpeza e manutenção da praça existente no Bairro Guarani.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_09.25_brinquedos_e_academia_guarani_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_09.25_brinquedos_e_academia_guarani_fernando.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a instalação de brinquedos e academia ao ar livre no Bairro Guarani.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_10.25_poco_artesiano_guarani_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_10.25_poco_artesiano_guarani_fernando.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a perfuração de poço semi artesiano rural no Bairro Guarani, para utilização dos produtores e moradores do referido bairro.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_11.25_luz_bosque_municipal_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_11.25_luz_bosque_municipal_fernando.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a realização de melhorias no Bosque Municipal, materializadas na instalação de iluminação e construção de um banheiro feminino e um banheiro masculino.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_12.25_veiculo_tributacao_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_12.25_veiculo_tributacao_fernando.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a cessão de um veículo e a designação de um servidor que desenvolva a função de fiscalização, tudo para o Setor de Tributação da Prefeitura.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Tenente Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2048/indicacao_13.25_canaleta_flavio_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2048/indicacao_13.25_canaleta_flavio_eduardo.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a construção de uma canaleta de escoamento de água na esquina das ruas Rosa Raimundo Elorza e José Cesário da Silva.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Wesley Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_14.25_pista_de_caminhada_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_14.25_pista_de_caminhada_wesley.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a construção de uma pista de caminhada no prolongamento da Av. Castelo Branco, que faz a ligação com o Conjunto Habitacional Pedro Duarte Neto.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_15.25_placa_pedro_duarnte_neto_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_15.25_placa_pedro_duarnte_neto_wesley.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita a instalação de placa de identificação com o nome do Conjunto Habitacional Pedro Durante Neto.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Dragão</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_16.25_aumento_adiantamento_motoristas_edinaci.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_16.25_aumento_adiantamento_motoristas_edinaci.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos artigos 206 e 207 do Regimento Interno, a presente INDICAÇÃO, sugerindo a Senhora Prefeita o aumento para setenta reais do valor do adiantamento que é concedido, diariamente, para os motoristas que levam pacientes para a cidade de Marília e que lá permanecem o dia todo.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_17.25_grades_de_bueiro_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_17.25_grades_de_bueiro_eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita a instalação de grades de proteção em três bueiros existentes na rua Antônio Xavier da Silva, no Jardim Toquemburgo, de fronte à área verde existente, bem como o desentupimento de um deles.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Professor Leandro</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_18.25_reajuste_farmaceuticas_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_18.25_reajuste_farmaceuticas_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita o aumento da faixa salarial dos cargos de farmacêutico e veterinário.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_19.25_estagio_remunerado_leandro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_19.25_estagio_remunerado_leandro.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita a retomada do programa de estágio remunerado na administração municipal.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Wikele da Passarinha</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_20.25_praca_guanabara_abandonada_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_20.25_praca_guanabara_abandonada_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita a realização de consertos, substituição de brinquedos quebrados e manutenção periódica da praça existente no Bairro Esmeraldo Manoel Beijamim, próximo ao campo do Grupo Gávea, na rua José Colato.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_21.25_bueiros_guanabara_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_21.25_bueiros_guanabara_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita a desobstrução de dois bueiros existentes na rua José Belmonte Filho, no Bairro Izabel Martins Villas</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_22.25_area_verde_villas_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_22.25_area_verde_villas_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita a instalação de bancos, luminárias e brinquedos no terreno destinado a área verde existente no Bairro Izabel Martins Villas.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_23.25__manutencao_da_iluminacao_r_max_wirth_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_23.25__manutencao_da_iluminacao_r_max_wirth_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita a manutenção da iluminação pública na rua Max Wirth, no trecho que compreende a esquina com a rua Raposo Tavares até a praça do Jardim Toquemburgo, com a substituição das luminárias, as quais possuem braços pequenas, estão amassadas, soltas e que, por estes motivos, não estão iluminando direito o local.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita que solicite a SABESP que refaça o conserto realizado no pavimento asfáltico da rua Max Wirth, entre as ruas Raposo Tavares e João Manoel Clara, uma vez que o local está com grande desnível, expondo as pessoas ao risco de acidentes.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_25.25__conserto_praca_toquemburgo_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_25.25__conserto_praca_toquemburgo_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita a realização de manutenção na Praça do Bairro Jardim Toquemburgo, como: limpeza do local; a instalação de iluminação; o conserto de brinquedos; a instalação de câmeras de vigilância ou a designação de guarda-noturno para evitar o vandalismo de bens públicos.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Francine Enfermeira</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_26.25__famacia_ubs_arnaldo_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_26.25__famacia_ubs_arnaldo_francine.pdf</t>
   </si>
   <si>
     <t>INDICA  a Senhora Prefeita a instalação de uma farmácia na UBS Arnaldo Rabassi.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2069/indicacao_27.25__quebra_mola_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2069/indicacao_27.25__quebra_mola_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita a instalação de dois redutores de velocidade na av. Presidente Castelo Branco, sendo um entre as ruas José Fernandes Costa e José Santana e outro entre as ruas José Santana e Moacir dos Reis.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2071/indicacao_28.25__agua_empossada_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2071/indicacao_28.25__agua_empossada_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a realização de conserto em guia de sarjeta para eliminação de acumulo de água na rua Raposo Tavares, esquina com a rua Elisandre Barbosa.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_29.25_manutencao_onibus_pedro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_29.25_manutencao_onibus_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA a realização de manutenção nos ônibus municipais que realizam o transporte de trabalhadores para a cidade de Osvaldo Cruz, visando o conforto e a segurança dos cidadãos.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_30.25_aumento_vale_alimentacao_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_30.25_aumento_vale_alimentacao_francine.pdf</t>
   </si>
   <si>
     <t>INDICA o aumento no valor do vale-alimentação dos servidores públicos da Prefeitura Municipal de Salmourão dos atuais R$ 350,00 para R$ 550,00.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_31.25_pintura_faixa_de_pedestres_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_31.25_pintura_faixa_de_pedestres_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a revitalização da pintura das faixas de pedestres nas vias em que estiverem desgastadas ou com baixa visibilidade.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_32.25_cerca_ponte_guarani_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_32.25_cerca_ponte_guarani_fernando.pdf</t>
   </si>
   <si>
     <t>INDICA providências junto ao setor responsável para a recolocação da cerca que foi retirada pelo poder público para a construção de ponte no bairro Guarani.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_33.25_desvio_caminhoes_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_33.25_desvio_caminhoes_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA providências para a abertura de um desvio para que os veículos pesados (caminhões) não passem pelas ruas da cidade.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_34.25_agua_parada_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_34.25_agua_parada_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA providências para realização de conserto na esquina das ruas Raposo Tavares e Olivia Gomes Augusto, visando evitar o acumulo de água no local.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_35.25_desconto_ticket_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_35.25_desconto_ticket_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a alteração da Lei Municipal nº 1.097, de 2017, que concedeu ticket alimentação para os servidores da Prefeitura Municipal, para que não sejam descontadas as faltas abonadas, as folgas de aniversário e as licenças médicas para doenças graves.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2083/indicacao_36.25_desconto_ticket_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2083/indicacao_36.25_desconto_ticket_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a alteração da Lei Municipal nº 1.097, de 2017, que concedeu ticket alimentação para os servidores da Prefeitura Municipal, para que não sejam descontadas as faltas abonadas e as licenças médicas para tratamento de câncer.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2084/indicacao_37.25_contratacao_de_farmaceutico_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2084/indicacao_37.25_contratacao_de_farmaceutico_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a contratação temporária de um farmacêutico para a cobertura de licença maternidade.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_38.25_poda_de_arvores_cemiterio_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_38.25_poda_de_arvores_cemiterio_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a poda das árvores do cemitério municipal.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_39.25_uniformes_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_39.25_uniformes_francine.pdf</t>
   </si>
   <si>
     <t>INDICA o fornecimento de uniformes e carrinhos funcionais para a utilização dos servidores responsáveis pela limpeza das unidades de saúde do município de Salmourão.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_40.25_poste_de_iluminacao_publica_luiz_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_40.25_poste_de_iluminacao_publica_luiz_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA providências para a instalação de um poste de iluminação pública na esquina da rua José Fernandes Costa com a rua José Colato.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_41.25_abertura_ginasio_de_esportes_luiz_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_41.25_abertura_ginasio_de_esportes_luiz_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA providências para a reabertura do Ginásio de Esportes de Salmourão.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2089/indicacao_42.25_cemiterio_vandalismo_pedro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2089/indicacao_42.25_cemiterio_vandalismo_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de câmeras de monitoramento no Cemitério Municipal, bem como, aumento da presença da guarda municipal no local.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2092/indicacao_43.25_desentupir_bueiro_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2092/indicacao_43.25_desentupir_bueiro_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a desobstrução de bueiro existente na esquina da Av. Castelo Branco com Travessa F.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2093/indicacao_44.25_melhorias_campo_piscina_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2093/indicacao_44.25_melhorias_campo_piscina_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA melhorias no campo existente atrás do prédio da Câmara Municipal, sendo: instalação de bancos, instalação de bebedouro, construção de banheiros feminino e masculino, instalação de alambrado alto na divisa do campo com a propriedade rural existente no local.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2095/indicacao_45.25_onibus_criancas_creche_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2095/indicacao_45.25_onibus_criancas_creche_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA que seja disponibilizado um veículo do município para transportar as crianças do Conjunto Habitacional Pedro Duarte Neto e arredores para a Creche Municipal no horário de 5h20 às 5h30.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_46.25_ampliacao_da_cobertura_do_quiosque_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_46.25_ampliacao_da_cobertura_do_quiosque_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a ampliação da cobertura do quiosque existente na Praça da Bandeira, ao lado o ponto de táxi.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_47.25_poste_iluminacao_pedro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_47.25_poste_iluminacao_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de poste de iluminação pública na esquina das Ruas Prof. Roberto Hottinger e Andrelaine Pravato.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_48.25_redutor_de_velocidade_pedro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_48.25_redutor_de_velocidade_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de redutor de velocidade na rua José Cezario da Silva, entre as ruas José Santana e João Manoel Clara.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>INDICA a substituição do sinal sonoro utilizado na Escola Municipal Stela Boer Maioli.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_50.25_sinalizacao_wesley.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_50.25_sinalizacao_wesley.pdf</t>
   </si>
   <si>
     <t>INDICA a pintura de sinalização horizontal de trânsito no Bairro Izabel Martins Villas (faixa de pedestres e pare).</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>INDICA o envio de projeto de lei para implantar um REFIS no presente ano, como feito em anos anteriores.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>INDICA  a instalação de um refrigerador de água industrial para o abastecimento dos reservatórios de água dos ônibus de transporte de trabalhadores rurais de Salmourão.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>INDICA providência para melhorias e consertos na estrada rural do bairro Guarani que dá acesso à propriedade da família Mossato, como a colocação na estrada de cascalho, moledo, pedra ou entulhos de demolição (desde que não contenham materiais que possam danificar os veículos).</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_55.25_placas_de_identificacao_ruas_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_55.25_placas_de_identificacao_ruas_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a adoção de medidas necessárias para a instalação de placas de identificação nas vias públicas (ruas) do município onde ainda não estejam presentes</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_56.25__agua_empossada_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_56.25__agua_empossada_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA  a Senhora Prefeita que determine ao setor de obras e serviços do município a realização de manutenção na rua Marcílio Fregolente, na altura do número 20, para eliminar o acúmulo de água existente no local.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_57.25_transporte_pessoas_plano_de_saude_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_57.25_transporte_pessoas_plano_de_saude_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA  a Senhora Prefeita que determine à Secretaria de Saúde que estude a possibilidade de voltar a fornecer transporte para consultas e exames aos pacientes que possuem plano de saúde, especialmente aqueles de baixa renda.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_58.25_pintura_das_ruas_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_58.25_pintura_das_ruas_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita que determine ao Departamento de Obras e Serviços que estenda para todos os bairros a pintura de foi feita no centro da cidade (pintura de postes, sinalização horizontal de trânsito e de guias).</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_59.25_pintura_sinalizacao_estrada_luiz_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_59.25_pintura_sinalizacao_estrada_luiz_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA a contratação de empresa para a pintura da sinalização horizontal de trânsito na Vicinal Antônio Gonçalves de Castro, que liga Salmourão ao Rio Aguapeí (faixas divisórias da pista e demais símbolos obrigatórios).</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2133/indicacao_60.25_atendimento_odontologico_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2133/indicacao_60.25_atendimento_odontologico_francine.pdf</t>
   </si>
   <si>
     <t>INDICA providência junto as Secretarias de Educação e Saúde para que haja atendimento odontológico para as crianças matriculadas na EMEFI “Stela Boer Maioli” e na Creche Escola “Maria Helena Specian Fiani”.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_61.25_ponbos_do_patio_stela_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_61.25_ponbos_do_patio_stela_francine.pdf</t>
   </si>
   <si>
     <t>INDICA providência urgente junto a Secretaria de Educação para a retirada dos pombos do pátio da EMEFI “Stela Boer Maioli” e instalação de barreira física ou tecnológica que impeça que essas aves retornem ao local.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2137/indicacao_62.25_assistente_social_luiz_carlos.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2137/indicacao_62.25_assistente_social_luiz_carlos.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita que estude a possibilidade de contratação de uma assistente social para atendimento de em várias áreas da administração, especialmente a educação.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2139/indicacao_63.25_iluminacao_brinquedos_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2139/indicacao_63.25_iluminacao_brinquedos_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita que sejam tomadas providências para a instalação de iluminação na Praça do Jardim Toquemburgo para a iluminação específica dos brinquedos instalados na referida praça.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2140/indicacao_64.25_melhorias_vicinal_antonio_goncalves_wikele.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2140/indicacao_64.25_melhorias_vicinal_antonio_goncalves_wikele.pdf</t>
   </si>
   <si>
     <t>INDICA a Senhora Prefeita que sejam tomadas providências para a execução de consertos urgentes na Vicinal Antônio Gonçalves de Castro que liga Salmourão ao Rio Aguapeí, sendo: 1. Conserto das cabeceiras da ponte sobre o córrego Barreiro (conhecida como Ponte Branca), na Vicinal Antônio Gonçalves de Castro; 2. Conserto de buracos existentes na Vicinal Antônio Gonçalves de Castro, especialmente no trecho que vai da entrada do bairro Barreiro até a ponte sobre o córrego de mesmo nome (Ponte Branca)</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2145/indicacao_65.25_-_fernando_-_atividade_delegada.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2145/indicacao_65.25_-_fernando_-_atividade_delegada.pdf</t>
   </si>
   <si>
     <t>INDICA estudo sobre a viabilidade técnica, jurídica e financeira de celebração de convênio entre o Município de Salmourão e a Secretaria de Segurança Pública do Estado de São Paulo, com o objetivo de estender aos Policiais Civis o Programa de Atividade Delegada, atualmente aplicado aos Policiais Militares, nos termos da Lei Municipal n.º 1.215, de 25 de fevereiro de 2022.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2146/indicacao_66.25_conserto_em_bueiros_pedro.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2146/indicacao_66.25_conserto_em_bueiros_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA  que sejam tomadas providências para a limpeza e o conserto de bueiros que estão abertos nas vias públicas, no Residencial Villas, na rua Bartolomeu Bueno e na rua Palmira Pacheco no Bairro Esmeraldo Manoel Benjamim.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_67.25_conserto_raio_x_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_67.25_conserto_raio_x_francine.pdf</t>
   </si>
   <si>
     <t>INDICA que sejam tomadas providências para o conserto do aparelho de raio X odontológico da UBS Arnaldo Rabassi, que se encontra inoperante.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_68.25_redutor_de_velocidade_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_68.25_redutor_de_velocidade_eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA a instalação de um redutor de velocidade na rua Vereador José Cezário da Silva, na altura do nº 536.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_69.25_aumento_vale_alimentacao_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_69.25_aumento_vale_alimentacao_francine.pdf</t>
   </si>
   <si>
     <t>INDICA  o aumento no valor do vale-alimentação dos servidores públicos da Prefeitura Municipal dos atuais R$ 350,00 para R$ 550,00</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2152/indicacao_70.25_aumento_vale_alimentacao_dezembro_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2152/indicacao_70.25_aumento_vale_alimentacao_dezembro_francine.pdf</t>
   </si>
   <si>
     <t>INDICA o aumento no valor da parcela adicional do vale-alimentação dos servidores públicos da Prefeitura Municipal, prevista na Lei nº 1.240, de 2022, dos atuais R$ 150,00 para R$ 300,00.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_71.25_bebedouro_campo_atras_da_camara_francine.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_71.25_bebedouro_campo_atras_da_camara_francine.pdf</t>
   </si>
   <si>
     <t>INDICA a construção ou instalação de um novo bebedouro de água no campo de futebol existente atrás do Clube dos Trabalhadores e do prédio da Câmara Municipal.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_72.25_dedetizar_bueiros_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_72.25_dedetizar_bueiros_eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA a limpeza, desobstrução e dedetização de 3 bueiros existentes no cruzamento das ruas Raposo Tavares e Andrelaine Pravato, especificamente ao lado do Supermercado Neves, ao lado do Velório Municipal e defronte a residência existente na esquina do referido cruzamento, no Conjunto Habitacional Firmino Colato.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_73.25_conserto_ambulancias_eduardo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_73.25_conserto_ambulancias_eduardo.pdf</t>
   </si>
   <si>
     <t>INDICA o conserto geral das ambulâncias da frota municipal, com especial atenção à correção de vazamentos de água que atingem os passageiros, tanto no teto quanto no assoalho, bem como a realização de demais reparos necessários para assegurar que esses veículos estejam em plenas condições de atender adequadamente a população.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2070/mocao_de_congratulacao_e_louvor_1.2025_alexandre_padilha.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2070/mocao_de_congratulacao_e_louvor_1.2025_alexandre_padilha.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Ministro Alexandre Padilha pela sua posse como Ministro da Saúde</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2128/mocao_de_congratulacao_e_louvor_2.2025__equipe_futebol.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2128/mocao_de_congratulacao_e_louvor_2.2025__equipe_futebol.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor a Equipe de Futebol de Salmourão pelo excelente resultado conseguindo na Copa AMNAP</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2129/mocao_de_congratulacao_e_louvor_3.2025__professor_osvaldo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2129/mocao_de_congratulacao_e_louvor_3.2025__professor_osvaldo.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Professor Osvaldo do Amaral</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2123/projeto_de_decreto_legislativo_2.25_-_titulo_de_cidadao_salmoroense_rosa_pereira.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2123/projeto_de_decreto_legislativo_2.25_-_titulo_de_cidadao_salmoroense_rosa_pereira.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Salmouroense a Sra. Rosa de Britto Pereira</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2124/projeto_de_decreto_legislativo_3.25_-_titulo_de_cidadao_salmoroense_angelina.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2124/projeto_de_decreto_legislativo_3.25_-_titulo_de_cidadao_salmoroense_angelina.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Salmouroense a Sra. Angelina Guerino Roçato</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
     <t>Da nova redação ao parágrafo 1º do artigo 110, da Lei Orgânica do Município de Salmourão, Estado de São Paulo</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2072/projeto_de_lei_complementar_no_01-2023_-_altera_cargos_prefeitura_salmourao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2072/projeto_de_lei_complementar_no_01-2023_-_altera_cargos_prefeitura_salmourao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da organização, reestruturação e atribuições dos empregos públicos em comissão e empregos públicos efetivos do quadro de pessoal da Prefeitura Municipal de Salmourão</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da organização, reestruturação e atribuições dos cargos públicos em comissão e cargos públicos efetivos do Quadro de Pessoal da Prefeitura Municipal de Salmourão, Estado de São Paulo</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2029/projeto_de_lei_numero_06_-_recebe_cessao_de_uso_a_titulo_gratuito.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2029/projeto_de_lei_numero_06_-_recebe_cessao_de_uso_a_titulo_gratuito.pdf</t>
   </si>
   <si>
     <t>Autoriza a chefe do Poder Executivo a receber a título de Cessão de Uso, de forma gratuita, imóvel particular para atendimento da Secretaria Municipal de Educação, Diretoria de Esportes e Turismo e Diretoria de Cultura e Meio Ambiente, por meio de Termo de Cessão de Uso Gratuito.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2052/projeto_de_lei_numero_08_-_credito_adicional_lei_aldir_blanc_-_cultura.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2052/projeto_de_lei_numero_08_-_credito_adicional_lei_aldir_blanc_-_cultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial para o exercício de 2025, no valor de R$ 6.024,98 - Lei Adir Blanc</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2063/projeto_de_lei_numero_09_-_reajusta_vencimentos_servidores_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2063/projeto_de_lei_numero_09_-_reajusta_vencimentos_servidores_2025.pdf</t>
   </si>
   <si>
     <t>Reajusta e dá aumento real no vencimento dos Servidores Públicos Municipais de Salmourão/SP e da outras providências</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2065/projeto_de_lei_numero_10_-_credito_construcao_ubs.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2065/projeto_de_lei_numero_10_-_credito_construcao_ubs.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para suplementação por excesso de arrecadação e suplementação por anulação de dotação no valor de R$ 1.383.488,81 (um milhão, trezentos e oitenta e três mil, quatrocentos e oitenta e oito reais e oitenta e um centavos).</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2066/projeto_de_lei_no_11_fixa_tabela_salarial_da_camara.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2066/projeto_de_lei_no_11_fixa_tabela_salarial_da_camara.pdf</t>
   </si>
   <si>
     <t>Fixa a tabela de vencimentos da Câmara Municipal de Salmourão</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2079/projeto_de_lei_no_12_diarias.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2079/projeto_de_lei_no_12_diarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre critérios e procedimentos para a concessão de diárias no âmbito da Câmara Municipal de Salmourão.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2090/projeto_de_lei_numero_13__-_lei_de_diretrizes_orcamentarias_2026_1_1.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2090/projeto_de_lei_numero_13__-_lei_de_diretrizes_orcamentarias_2026_1_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei de Diretrizes Orçamentárias para o exercício de 2026</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2099/projeto_de_lei_numero_14_-__estabelece_valor_de_diarias_dos_servidores_da_prefeitura_de_salmourao.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2099/projeto_de_lei_numero_14_-__estabelece_valor_de_diarias_dos_servidores_da_prefeitura_de_salmourao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias ao prefeito, vice-prefeito, secretários/diretores e aos servidores da Prefeitura Municipal de Salmourão e dá outras providências</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_numero_15_-_credito_adicional_especial_-_ciclovia.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_numero_15_-_credito_adicional_especial_-_ciclovia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial por excesso de arrecadação e superavit financeiro no valor de R$ 1.038.130,91, para construção de ciclovia</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_numero_16_-_credito_adicional_especial_-_02_salas_de_aula.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_numero_16_-_credito_adicional_especial_-_02_salas_de_aula.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização para abertura de crédito adicional especial por Excesso de arrecadação no valor de 295.508,37 ( duzentos e noventa e cinco mil quinhentos e oito reais e trinta e sete centavos)" - Construção de 2 salas de aula</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2108/projeto_de_lei_no_14_parklets_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2108/projeto_de_lei_no_14_parklets_fernando.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de estruturas denominadas "parklets" em logradouros públicos no Município de Salmourão e dá outras providências.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2117/projeto_de_lei_numero_19_-_autoriza_repasse_casa_da_esperanca_emil_wirth.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2117/projeto_de_lei_numero_19_-_autoriza_repasse_casa_da_esperanca_emil_wirth.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse financeiro ao terceiro setor, no valor de até R$ 121.910,03 (cento e vinte e um mil novecentos  e dez reais e  e três centavos), à Casa da Esperança “Emil Wirth” de Salmourão/SP.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_numero_20_-_credito_adicional_especial_-_ponte_rio_aguapei.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_numero_20_-_credito_adicional_especial_-_ponte_rio_aguapei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial por excesso de arrecadação e anulação de dotação no valor de R$ 274.521,42 (duzentos e setenta e quatro mil, quinhentos e vinte e um reais e quarenta e dois centavos)</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_numero_26_-_orcamento_de_2026.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_numero_26_-_orcamento_de_2026.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Salmourão para o exercício de 2026 - Orçamento Municipal</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_numero_28_-_credito_adicional_especial_-_caminhao_compactadro_lixo.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_numero_28_-_credito_adicional_especial_-_caminhao_compactadro_lixo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial por Excesso de Arrecadação e Superavit financeiro no valor de R$ 675.000,00 (seiscentos e setenta e cinco mil reais). - Caminhão Compactador de Lixo</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial por excesso de arrecadação no valor de R$ 130.866,49 (cento e trinta mil oitocentos e sessenta e seis mil e quarenta e nove centavos).</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Altera artigos que tratam do envio, tramitação, discussão e votação dos projetos que fazem parte do processo legislativo orçamentário.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Luiz Carlos, Dragão, Wikele da Passarinha</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2031/requerimento_no_1.25_urgencia_espespecial_projeto_7.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2031/requerimento_no_1.25_urgencia_espespecial_projeto_7.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 07, de 2025</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2036/requerimento_no_2.25_informacoes_ferias_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2036/requerimento_no_2.25_informacoes_ferias_fernando.pdf</t>
   </si>
   <si>
     <t>REQUER informações ao Poder Executivo referente ao gozo e pagamento de férias e licenças-prêmio.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2037/requerimento_no_3.25_informacoes_sobre_piscina_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2037/requerimento_no_3.25_informacoes_sobre_piscina_fernando.pdf</t>
   </si>
   <si>
     <t>REQUER informações ao Poder Executivo referente ao Centro de Lazer dos Trabalhadores (piscinas públicas).</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2038/requerimento_no_4.25_informacoes_tabela_professores_fernando.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2038/requerimento_no_4.25_informacoes_tabela_professores_fernando.pdf</t>
   </si>
   <si>
     <t>REQUER informações ao Poder Executivo referente ao cumprimento do piso nacional do magistério</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>Wesley Barbosa, Dragão, Wikele da Passarinha</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2051/requerimento_no_5.25_urgencia_espespecial_projeto_decreto_1.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2051/requerimento_no_5.25_urgencia_espespecial_projeto_decreto_1.pdf</t>
   </si>
   <si>
     <t>REQUER a tramitação de urgência especial para o Projeto de Decreto Legislativo nº 1, de 2025</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>Luiz Carlos, Dragão, Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_no_6.25_urgencia_espespecial_projeto_10.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_no_6.25_urgencia_espespecial_projeto_10.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 10, de 2025</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>Wesley Barbosa, Dragão, Fernando Roçato</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_no_7.25_urgencia_espespecial_projeto_11.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_no_7.25_urgencia_espespecial_projeto_11.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 11, de 2025</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>Dragão, Luiz Carlos, Wikele da Passarinha</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2102/requerimento_no_8.25_urgencia_espespecial_projeto_15.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2102/requerimento_no_8.25_urgencia_espespecial_projeto_15.pdf</t>
   </si>
   <si>
     <t>Requer Regime de Urgência Especial para o Projeto de Lei nº 15, de 2025</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2103/requerimento_no_9.25_urgencia_espespecial_projeto_16.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2103/requerimento_no_9.25_urgencia_espespecial_projeto_16.pdf</t>
   </si>
   <si>
     <t>Requer Regime de Urgência Especial para o Projeto de Lei nº 16, de 2025</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>Wesley Barbosa, Dragão, Luiz Carlos</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_no_10.25_urgencia_espespecial_projeto_18.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_no_10.25_urgencia_espespecial_projeto_18.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 18, de 2025</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>Wikele da Passarinha, Dragão, Luiz Carlos</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_no_11.25_urgencia_espespecial_projeto_19.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_no_11.25_urgencia_espespecial_projeto_19.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 19, de 2025</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2120/requerimento_no_12.25_urgencia_espespecial_projeto_20.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2120/requerimento_no_12.25_urgencia_espespecial_projeto_20.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 20, de 2025</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>Wesley Barbosa, Fernando Roçato, Luiz Carlos</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2132/requerimento_no_13.25_urgencia_espespecial_projeto_23.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2132/requerimento_no_13.25_urgencia_espespecial_projeto_23.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 23, de 2025</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>Fernando Roçato, Dragão, Luiz Carlos</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2142/requerimento_no_14.25_urgencia_espespecial_projeto_27.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2142/requerimento_no_14.25_urgencia_espespecial_projeto_27.pdf</t>
   </si>
   <si>
     <t>Requer regime de urgência especial para o Projeto de Lei nº 27/2025</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2144/requerimento_no_15.25_urgencia_espespecial_projeto_28.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2144/requerimento_no_15.25_urgencia_espespecial_projeto_28.pdf</t>
   </si>
   <si>
     <t>Requer Urgência Especial para o Projeto de Lei nº 28, de 2025</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2150/requerimento_no_16.25_urgencia_espespecial_projeto_29.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2150/requerimento_no_16.25_urgencia_espespecial_projeto_29.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial para o Projeto de Lei nº 29, de 2025</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>EIMP</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2157/emenda_impositiva_edinaci_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2157/emenda_impositiva_edinaci_2025.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva apresentada ao Projeto de Lei nº 26, de 2025, que trata do orçamento municipal para o exercício de 2026.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2158/emenda_impositiva_fernando_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2158/emenda_impositiva_fernando_2025.pdf</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2159/emenda_impositiva_francine_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2159/emenda_impositiva_francine_2025.pdf</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2160/emenda_impositiva_pedro_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2160/emenda_impositiva_pedro_2025.pdf</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2161/emenda_impositiva_wikele_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2161/emenda_impositiva_wikele_2025.pdf</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2162/emenda_impositiva_leandro_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2162/emenda_impositiva_leandro_2025.pdf</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2163/emenda_impositiva_eduardo_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2163/emenda_impositiva_eduardo_2025.pdf</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2164/emenda_impositiva_luiz_carlos_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2164/emenda_impositiva_luiz_carlos_2025.pdf</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2165/emenda_impositiva_wesley_2025.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2165/emenda_impositiva_wesley_2025.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1764,3266 +1779,3289 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_01.25_atendimentoagricultura_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_02.25_lei_de_diarias_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_03.25_estrutura_reciclagem_pedro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_04.25_redutor_de_velocidade_fernando.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_05.25_bebedouro_praca_remanso_fernando.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2041/indicacao_06.25_instalacao_de_lixeiras_pracas_fernando.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_07.25_instalacao_de_iluminacao_ou_manutencao_pracas_fernando.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_08.25_servidor_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_09.25_brinquedos_e_academia_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_10.25_poco_artesiano_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_11.25_luz_bosque_municipal_fernando.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_12.25_veiculo_tributacao_fernando.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2048/indicacao_13.25_canaleta_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_14.25_pista_de_caminhada_wesley.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_15.25_placa_pedro_duarnte_neto_wesley.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_16.25_aumento_adiantamento_motoristas_edinaci.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_17.25_grades_de_bueiro_eduardo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_18.25_reajuste_farmaceuticas_leandro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_19.25_estagio_remunerado_leandro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_20.25_praca_guanabara_abandonada_wikele.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_21.25_bueiros_guanabara_wikele.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_22.25_area_verde_villas_wikele.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_23.25__manutencao_da_iluminacao_r_max_wirth_wikele.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_25.25__conserto_praca_toquemburgo_wikele.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_26.25__famacia_ubs_arnaldo_francine.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2069/indicacao_27.25__quebra_mola_wikele.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2071/indicacao_28.25__agua_empossada_wikele.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_29.25_manutencao_onibus_pedro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_30.25_aumento_vale_alimentacao_francine.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_31.25_pintura_faixa_de_pedestres_francine.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_32.25_cerca_ponte_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_33.25_desvio_caminhoes_wikele.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_34.25_agua_parada_wikele.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_35.25_desconto_ticket_wikele.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2083/indicacao_36.25_desconto_ticket_francine.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2084/indicacao_37.25_contratacao_de_farmaceutico_francine.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_38.25_poda_de_arvores_cemiterio_francine.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_39.25_uniformes_francine.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_40.25_poste_de_iluminacao_publica_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_41.25_abertura_ginasio_de_esportes_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2089/indicacao_42.25_cemiterio_vandalismo_pedro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2092/indicacao_43.25_desentupir_bueiro_wikele.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2093/indicacao_44.25_melhorias_campo_piscina_wikele.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2095/indicacao_45.25_onibus_criancas_creche_wikele.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_46.25_ampliacao_da_cobertura_do_quiosque_wikele.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_47.25_poste_iluminacao_pedro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_48.25_redutor_de_velocidade_pedro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_50.25_sinalizacao_wesley.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_55.25_placas_de_identificacao_ruas_wikele.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_56.25__agua_empossada_wikele.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_57.25_transporte_pessoas_plano_de_saude_wikele.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_58.25_pintura_das_ruas_wikele.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_59.25_pintura_sinalizacao_estrada_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2133/indicacao_60.25_atendimento_odontologico_francine.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_61.25_ponbos_do_patio_stela_francine.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2137/indicacao_62.25_assistente_social_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2139/indicacao_63.25_iluminacao_brinquedos_wikele.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2140/indicacao_64.25_melhorias_vicinal_antonio_goncalves_wikele.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2145/indicacao_65.25_-_fernando_-_atividade_delegada.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2146/indicacao_66.25_conserto_em_bueiros_pedro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_67.25_conserto_raio_x_francine.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_68.25_redutor_de_velocidade_eduardo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_69.25_aumento_vale_alimentacao_francine.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2152/indicacao_70.25_aumento_vale_alimentacao_dezembro_francine.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_71.25_bebedouro_campo_atras_da_camara_francine.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_72.25_dedetizar_bueiros_eduardo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_73.25_conserto_ambulancias_eduardo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2070/mocao_de_congratulacao_e_louvor_1.2025_alexandre_padilha.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2128/mocao_de_congratulacao_e_louvor_2.2025__equipe_futebol.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2129/mocao_de_congratulacao_e_louvor_3.2025__professor_osvaldo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2123/projeto_de_decreto_legislativo_2.25_-_titulo_de_cidadao_salmoroense_rosa_pereira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2124/projeto_de_decreto_legislativo_3.25_-_titulo_de_cidadao_salmoroense_angelina.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2072/projeto_de_lei_complementar_no_01-2023_-_altera_cargos_prefeitura_salmourao.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2029/projeto_de_lei_numero_06_-_recebe_cessao_de_uso_a_titulo_gratuito.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2052/projeto_de_lei_numero_08_-_credito_adicional_lei_aldir_blanc_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2063/projeto_de_lei_numero_09_-_reajusta_vencimentos_servidores_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2065/projeto_de_lei_numero_10_-_credito_construcao_ubs.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2066/projeto_de_lei_no_11_fixa_tabela_salarial_da_camara.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2079/projeto_de_lei_no_12_diarias.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2090/projeto_de_lei_numero_13__-_lei_de_diretrizes_orcamentarias_2026_1_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2099/projeto_de_lei_numero_14_-__estabelece_valor_de_diarias_dos_servidores_da_prefeitura_de_salmourao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_numero_15_-_credito_adicional_especial_-_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_numero_16_-_credito_adicional_especial_-_02_salas_de_aula.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2108/projeto_de_lei_no_14_parklets_fernando.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2117/projeto_de_lei_numero_19_-_autoriza_repasse_casa_da_esperanca_emil_wirth.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_numero_20_-_credito_adicional_especial_-_ponte_rio_aguapei.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_numero_26_-_orcamento_de_2026.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_numero_28_-_credito_adicional_especial_-_caminhao_compactadro_lixo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2031/requerimento_no_1.25_urgencia_espespecial_projeto_7.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2036/requerimento_no_2.25_informacoes_ferias_fernando.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2037/requerimento_no_3.25_informacoes_sobre_piscina_fernando.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2038/requerimento_no_4.25_informacoes_tabela_professores_fernando.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2051/requerimento_no_5.25_urgencia_espespecial_projeto_decreto_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_no_6.25_urgencia_espespecial_projeto_10.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_no_7.25_urgencia_espespecial_projeto_11.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2102/requerimento_no_8.25_urgencia_espespecial_projeto_15.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2103/requerimento_no_9.25_urgencia_espespecial_projeto_16.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_no_10.25_urgencia_espespecial_projeto_18.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_no_11.25_urgencia_espespecial_projeto_19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2120/requerimento_no_12.25_urgencia_espespecial_projeto_20.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2132/requerimento_no_13.25_urgencia_espespecial_projeto_23.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2142/requerimento_no_14.25_urgencia_espespecial_projeto_27.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2144/requerimento_no_15.25_urgencia_espespecial_projeto_28.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2150/requerimento_no_16.25_urgencia_espespecial_projeto_29.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2157/emenda_impositiva_edinaci_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2158/emenda_impositiva_fernando_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2159/emenda_impositiva_francine_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2160/emenda_impositiva_pedro_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2161/emenda_impositiva_wikele_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2162/emenda_impositiva_leandro_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2163/emenda_impositiva_eduardo_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2164/emenda_impositiva_luiz_carlos_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2165/emenda_impositiva_wesley_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2178/denuncia1.25_luanaxluiz_tarjada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_01.25_atendimentoagricultura_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_02.25_lei_de_diarias_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_03.25_estrutura_reciclagem_pedro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_04.25_redutor_de_velocidade_fernando.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_05.25_bebedouro_praca_remanso_fernando.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2041/indicacao_06.25_instalacao_de_lixeiras_pracas_fernando.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_07.25_instalacao_de_iluminacao_ou_manutencao_pracas_fernando.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_08.25_servidor_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_09.25_brinquedos_e_academia_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_10.25_poco_artesiano_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_11.25_luz_bosque_municipal_fernando.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_12.25_veiculo_tributacao_fernando.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2048/indicacao_13.25_canaleta_flavio_eduardo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_14.25_pista_de_caminhada_wesley.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_15.25_placa_pedro_duarnte_neto_wesley.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_16.25_aumento_adiantamento_motoristas_edinaci.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_17.25_grades_de_bueiro_eduardo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_18.25_reajuste_farmaceuticas_leandro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_19.25_estagio_remunerado_leandro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_20.25_praca_guanabara_abandonada_wikele.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_21.25_bueiros_guanabara_wikele.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_22.25_area_verde_villas_wikele.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_23.25__manutencao_da_iluminacao_r_max_wirth_wikele.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_25.25__conserto_praca_toquemburgo_wikele.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_26.25__famacia_ubs_arnaldo_francine.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2069/indicacao_27.25__quebra_mola_wikele.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2071/indicacao_28.25__agua_empossada_wikele.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_29.25_manutencao_onibus_pedro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_30.25_aumento_vale_alimentacao_francine.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_31.25_pintura_faixa_de_pedestres_francine.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_32.25_cerca_ponte_guarani_fernando.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_33.25_desvio_caminhoes_wikele.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_34.25_agua_parada_wikele.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_35.25_desconto_ticket_wikele.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2083/indicacao_36.25_desconto_ticket_francine.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2084/indicacao_37.25_contratacao_de_farmaceutico_francine.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_38.25_poda_de_arvores_cemiterio_francine.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_39.25_uniformes_francine.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_40.25_poste_de_iluminacao_publica_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_41.25_abertura_ginasio_de_esportes_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2089/indicacao_42.25_cemiterio_vandalismo_pedro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2092/indicacao_43.25_desentupir_bueiro_wikele.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2093/indicacao_44.25_melhorias_campo_piscina_wikele.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2095/indicacao_45.25_onibus_criancas_creche_wikele.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_46.25_ampliacao_da_cobertura_do_quiosque_wikele.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_47.25_poste_iluminacao_pedro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_48.25_redutor_de_velocidade_pedro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_50.25_sinalizacao_wesley.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_55.25_placas_de_identificacao_ruas_wikele.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_56.25__agua_empossada_wikele.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_57.25_transporte_pessoas_plano_de_saude_wikele.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_58.25_pintura_das_ruas_wikele.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_59.25_pintura_sinalizacao_estrada_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2133/indicacao_60.25_atendimento_odontologico_francine.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_61.25_ponbos_do_patio_stela_francine.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2137/indicacao_62.25_assistente_social_luiz_carlos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2139/indicacao_63.25_iluminacao_brinquedos_wikele.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2140/indicacao_64.25_melhorias_vicinal_antonio_goncalves_wikele.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2145/indicacao_65.25_-_fernando_-_atividade_delegada.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2146/indicacao_66.25_conserto_em_bueiros_pedro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_67.25_conserto_raio_x_francine.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_68.25_redutor_de_velocidade_eduardo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_69.25_aumento_vale_alimentacao_francine.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2152/indicacao_70.25_aumento_vale_alimentacao_dezembro_francine.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_71.25_bebedouro_campo_atras_da_camara_francine.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_72.25_dedetizar_bueiros_eduardo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_73.25_conserto_ambulancias_eduardo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2070/mocao_de_congratulacao_e_louvor_1.2025_alexandre_padilha.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2128/mocao_de_congratulacao_e_louvor_2.2025__equipe_futebol.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2129/mocao_de_congratulacao_e_louvor_3.2025__professor_osvaldo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2123/projeto_de_decreto_legislativo_2.25_-_titulo_de_cidadao_salmoroense_rosa_pereira.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2124/projeto_de_decreto_legislativo_3.25_-_titulo_de_cidadao_salmoroense_angelina.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2072/projeto_de_lei_complementar_no_01-2023_-_altera_cargos_prefeitura_salmourao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2029/projeto_de_lei_numero_06_-_recebe_cessao_de_uso_a_titulo_gratuito.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2052/projeto_de_lei_numero_08_-_credito_adicional_lei_aldir_blanc_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2063/projeto_de_lei_numero_09_-_reajusta_vencimentos_servidores_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2065/projeto_de_lei_numero_10_-_credito_construcao_ubs.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2066/projeto_de_lei_no_11_fixa_tabela_salarial_da_camara.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2079/projeto_de_lei_no_12_diarias.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2090/projeto_de_lei_numero_13__-_lei_de_diretrizes_orcamentarias_2026_1_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2099/projeto_de_lei_numero_14_-__estabelece_valor_de_diarias_dos_servidores_da_prefeitura_de_salmourao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_numero_15_-_credito_adicional_especial_-_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_numero_16_-_credito_adicional_especial_-_02_salas_de_aula.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2108/projeto_de_lei_no_14_parklets_fernando.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2117/projeto_de_lei_numero_19_-_autoriza_repasse_casa_da_esperanca_emil_wirth.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_numero_20_-_credito_adicional_especial_-_ponte_rio_aguapei.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_numero_26_-_orcamento_de_2026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_numero_28_-_credito_adicional_especial_-_caminhao_compactadro_lixo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2031/requerimento_no_1.25_urgencia_espespecial_projeto_7.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2036/requerimento_no_2.25_informacoes_ferias_fernando.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2037/requerimento_no_3.25_informacoes_sobre_piscina_fernando.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2038/requerimento_no_4.25_informacoes_tabela_professores_fernando.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2051/requerimento_no_5.25_urgencia_espespecial_projeto_decreto_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_no_6.25_urgencia_espespecial_projeto_10.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_no_7.25_urgencia_espespecial_projeto_11.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2102/requerimento_no_8.25_urgencia_espespecial_projeto_15.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2103/requerimento_no_9.25_urgencia_espespecial_projeto_16.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_no_10.25_urgencia_espespecial_projeto_18.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_no_11.25_urgencia_espespecial_projeto_19.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2120/requerimento_no_12.25_urgencia_espespecial_projeto_20.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2132/requerimento_no_13.25_urgencia_espespecial_projeto_23.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2142/requerimento_no_14.25_urgencia_espespecial_projeto_27.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2144/requerimento_no_15.25_urgencia_espespecial_projeto_28.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2150/requerimento_no_16.25_urgencia_espespecial_projeto_29.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2157/emenda_impositiva_edinaci_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2158/emenda_impositiva_fernando_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2159/emenda_impositiva_francine_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2160/emenda_impositiva_pedro_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2161/emenda_impositiva_wikele_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2162/emenda_impositiva_leandro_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2163/emenda_impositiva_eduardo_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2164/emenda_impositiva_luiz_carlos_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2025/2165/emenda_impositiva_wesley_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H123"/>
+  <dimension ref="A1:H124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="171.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="171" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F8" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F9" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F13" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H13" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F14" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H14" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>67</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>68</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>73</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F16" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H17" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F18" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F19" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>88</v>
       </c>
       <c r="H19" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>90</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>91</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H20" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H21" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>99</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>100</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F22" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H22" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H23" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H24" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F25" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H25" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H26" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F27" t="s">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H27" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>124</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>125</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F28" t="s">
-        <v>96</v>
+        <v>126</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H28" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F29" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H29" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H30" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F31" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H31" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F32" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H32" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F33" t="s">
-        <v>27</v>
+        <v>126</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H33" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F34" t="s">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H34" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H35" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F36" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H36" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F37" t="s">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H37" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F38" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H38" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F39" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H39" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F40" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H40" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H41" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H42" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F43" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H43" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F44" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H44" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F45" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H45" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F46" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H46" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F47" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H47" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F48" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H49" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F50" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>113</v>
+        <v>215</v>
       </c>
       <c r="H50" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F51" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>217</v>
+        <v>118</v>
       </c>
       <c r="H51" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F52" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>113</v>
+        <v>222</v>
       </c>
       <c r="H52" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F53" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H53" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F54" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H54" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F55" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>230</v>
+        <v>118</v>
       </c>
       <c r="H55" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F56" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H56" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F57" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H57" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F58" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H58" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H59" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F60" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H60" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F61" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H61" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F62" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H62" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E63" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F63" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H63" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E64" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F64" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H64" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E65" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F65" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H65" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E66" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F66" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H66" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F67" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="H67" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E68" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F68" t="s">
-        <v>64</v>
+        <v>126</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H68" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E69" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F69" t="s">
-        <v>121</v>
+        <v>69</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H69" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F70" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H70" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E71" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F71" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H71" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E72" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F72" t="s">
-        <v>64</v>
+        <v>126</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H72" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F73" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H73" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>10</v>
+        <v>306</v>
       </c>
       <c r="D74" t="s">
-        <v>305</v>
+        <v>16</v>
       </c>
       <c r="E74" t="s">
-        <v>306</v>
+        <v>17</v>
       </c>
       <c r="F74" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>307</v>
       </c>
       <c r="H74" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>309</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="E75" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="F75" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="H75" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D76" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="E76" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="F76" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H76" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D77" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="E77" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>318</v>
       </c>
       <c r="H77" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>320</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D78" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="E78" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="F78" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H78" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D79" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="E79" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="F79" t="s">
+        <v>27</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="H79" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>328</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
         <v>329</v>
       </c>
       <c r="E80" t="s">
         <v>330</v>
       </c>
       <c r="F80" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>331</v>
+        <v>118</v>
       </c>
       <c r="H80" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>333</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="E81" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="F81" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>113</v>
+        <v>336</v>
       </c>
       <c r="H81" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>338</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>22</v>
+      </c>
+      <c r="D82" t="s">
+        <v>334</v>
+      </c>
+      <c r="E82" t="s">
         <v>335</v>
       </c>
-      <c r="B82" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>338</v>
+        <v>118</v>
       </c>
       <c r="H82" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>340</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D83" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E83" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F83" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H83" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D84" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E84" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F84" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="H84" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D85" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E85" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F85" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="H85" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D86" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E86" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F86" t="s">
-        <v>350</v>
+        <v>331</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H86" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D87" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E87" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F87" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="H87" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D88" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E88" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F88" t="s">
-        <v>326</v>
+        <v>355</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="H88" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>68</v>
       </c>
       <c r="D89" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E89" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F89" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H89" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>73</v>
       </c>
       <c r="D90" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E90" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F90" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="H90" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D91" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E91" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F91" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="H91" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>82</v>
       </c>
       <c r="D92" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E92" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F92" t="s">
-        <v>27</v>
+        <v>331</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="H92" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D93" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E93" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F93" t="s">
-        <v>326</v>
+        <v>32</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="H93" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D94" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E94" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F94" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="H94" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="D95" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E95" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F95" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="H95" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D96" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E96" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F96" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="H96" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D97" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E97" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F97" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>113</v>
+        <v>386</v>
       </c>
       <c r="H97" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>10</v>
+        <v>138</v>
       </c>
       <c r="D98" t="s">
-        <v>386</v>
+        <v>341</v>
       </c>
       <c r="E98" t="s">
-        <v>387</v>
+        <v>342</v>
       </c>
       <c r="F98" t="s">
-        <v>350</v>
+        <v>331</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H98" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E99" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F99" t="s">
-        <v>392</v>
+        <v>355</v>
       </c>
       <c r="G99" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H99" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>394</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>10</v>
+      </c>
+      <c r="D100" t="s">
         <v>395</v>
       </c>
-      <c r="B100" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E100" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F100" t="s">
-        <v>27</v>
+        <v>397</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="H100" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D101" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E101" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F101" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H101" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>26</v>
       </c>
       <c r="D102" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E102" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F102" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="H102" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>31</v>
       </c>
       <c r="D103" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E103" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F103" t="s">
-        <v>405</v>
+        <v>32</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H103" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D104" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E104" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F104" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H104" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D105" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E105" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F105" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H105" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D106" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E106" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F106" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="H106" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D107" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E107" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F107" t="s">
-        <v>392</v>
+        <v>422</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="H107" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D108" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E108" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F108" t="s">
-        <v>424</v>
+        <v>397</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H108" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D109" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E109" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F109" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H109" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D110" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E110" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F110" t="s">
-        <v>392</v>
+        <v>433</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H110" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D111" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E111" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F111" t="s">
-        <v>435</v>
+        <v>397</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H111" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>68</v>
       </c>
       <c r="D112" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E112" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F112" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H112" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>73</v>
       </c>
       <c r="D113" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E113" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F113" t="s">
-        <v>424</v>
+        <v>444</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="H113" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D114" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E114" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F114" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="H114" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="D115" t="s">
-        <v>449</v>
+        <v>395</v>
       </c>
       <c r="E115" t="s">
-        <v>450</v>
+        <v>396</v>
       </c>
       <c r="F115" t="s">
-        <v>78</v>
+        <v>444</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>451</v>
       </c>
       <c r="H115" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>453</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D116" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="E116" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F116" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="H116" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>458</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>22</v>
+      </c>
+      <c r="D117" t="s">
+        <v>454</v>
+      </c>
+      <c r="E117" t="s">
         <v>455</v>
       </c>
-      <c r="B117" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F117" t="s">
-        <v>121</v>
+        <v>32</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="H117" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>26</v>
       </c>
       <c r="D118" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="E118" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F118" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="H118" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>31</v>
       </c>
       <c r="D119" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="E119" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F119" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="H119" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D120" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="E120" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F120" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="H120" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D121" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="E121" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F121" t="s">
-        <v>64</v>
+        <v>92</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="H121" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D122" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="E122" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F122" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="H122" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D123" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="E123" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F123" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="H123" t="s">
-        <v>452</v>
+        <v>457</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>472</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>52</v>
+      </c>
+      <c r="D124" t="s">
+        <v>454</v>
+      </c>
+      <c r="E124" t="s">
+        <v>455</v>
+      </c>
+      <c r="F124" t="s">
+        <v>74</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="H124" t="s">
+        <v>457</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5106,50 +5144,51 @@
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>