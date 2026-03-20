--- v0 (2026-01-26)
+++ v1 (2026-03-20)
@@ -10,134 +10,452 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="134">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2182</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Wikele da Passarinha</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2182/indicacao_1.26_quebra-molas_wikele.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a contratação de empresa, através de licitação pública, que possa executar os serviços de implantação de quebra-molas (redutores de velocidade) em vários pontos de Ruas e Avenidas do Município de Salmourão.</t>
+  </si>
+  <si>
+    <t>2183</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2183/indicacao_2.26_bocas_de_lobo_wikele.pdf</t>
+  </si>
+  <si>
+    <t>INDICA adoção de medidas em caráter de urgência visando serviços de recuperação de todas as bocas de lobo danificadas na cidade de Salmourão, caso a Prefeitura não tenha mão de obra disponível que seja contratada empresa para esta finalidade através de licitação pública.</t>
+  </si>
+  <si>
+    <t>2184</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2184/indicacao_3.26_cabeceira_ponte_branca_wikele.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a adoção de medidas em caráter de urgência para início dos trabalhos de melhorias na cabeceira sobre a ponte do Córrego Barreiro (Ponte Branca).</t>
+  </si>
+  <si>
+    <t>2185</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2185/indicacao_4.26_construcao_de_praca_wikele.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a adoção de medidas para início dos trabalhos de construção da Praça localizada no Conjunto Habitacional Pedro Duarte Neto.</t>
+  </si>
+  <si>
+    <t>2186</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Francine Enfermeira</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2186/indicacao_5.26_conserto_bebedouro_francine.pdf</t>
+  </si>
+  <si>
+    <t>INDICA o conserto do bebedouro público existente no Centro de Saúde de Salmourão.</t>
+  </si>
+  <si>
+    <t>2187</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2187/indicacao_6.26_uniformes_francine.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a confecção e distribuição de uniformes escolares aos alunos da rede municipal de educação, inclusive uniformes para o período de inverno.</t>
+  </si>
+  <si>
+    <t>2191</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2191/indicacao_7.26_vale_alimentacao_wikele.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a Exma, Sra. Prefeita Municipal a adoção de medidas para que seja concedido um aumento de R$ 100,00 (cem reais) no vale-alimentação dos servidores da Prefeitura Municipal de Salmourão.</t>
+  </si>
+  <si>
+    <t>2192</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Tenente Eduardo</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2192/indicacao_8.26_dedetizacao_bueiros_flavio.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a Exma. Sra. Prefeita a adoção de medidas junto ao setor ou empresa responsável para que seja feita uma dedetização em todos os bueiros da cidade.</t>
+  </si>
+  <si>
+    <t>2193</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2193/indicacao_9.26_bebedouro_wikele.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a Senhora Prefeita a instalação de um bebedouro público no campo de futebol existente atrás do Clube dos Trabalhadores (Piscinas Públicas).</t>
+  </si>
+  <si>
+    <t>2194</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2194/indicacao_10.26_cobertura_wikele.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a Senhora Prefeita a instalação de coberturas sobre os bancos instalados no campo de futebol existente atrás do Clube dos Trabalhadores (Piscinas Públicas).</t>
+  </si>
+  <si>
+    <t>2196</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2196/indicacao_11.26_velorio_municipal_wikele.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a Senhora Prefeita a reforma do Velório Municipal para melhor atendimento das famílias.</t>
+  </si>
+  <si>
+    <t>2188</t>
+  </si>
+  <si>
+    <t>PELOM</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda a Lei Orgânica Municipal</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2188/projeto_de_emenda_a_lei_organica_no_1_emendas.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Orgânica do Município para atualizar a disciplina das emendas parlamentares individuais impositivas e ajustar a eleição da Mesa Diretora.</t>
+  </si>
+  <si>
+    <t>2197</t>
+  </si>
+  <si>
+    <t>Poder Executivo Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2197/projeto_de_lei_de_emenda_a_lei_organica_no_01-26_-_altera_data_base_para_revisao_salarial.pdf</t>
+  </si>
+  <si>
+    <t>Altera o mês da data base para revisão salarial dos servidores públicos municipais</t>
+  </si>
+  <si>
     <t>2166</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Poder Executivo Municipal</t>
-[...2 lines deleted...]
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2166/projeto_de_lei_numero_01_-_autoriza_repasse_apae_-_adamantina.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2166/projeto_de_lei_numero_01_-_autoriza_repasse_apae_-_adamantina.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse financeiro ao terceiro setor, no valor de até R$ 42.000,00, à Associação de Pais e Amigos do Excepcional - APAE de Adamantina - SP</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2167/projeto_de_lei_numero_02_-_autoriza_repasse_emenda_impositiva_-_santa_casa.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2167/projeto_de_lei_numero_02_-_autoriza_repasse_emenda_impositiva_-_santa_casa.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse financeiro ao terceiro setor, no valor de até R$ 10.000,00, à Santa Casa de Misericórdia de Osvaldo Cruz - SP</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2168/projeto_de_lei_numero_03_-_autoriza_repasse_casa_da_esperanca_emil_wirth.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2168/projeto_de_lei_numero_03_-_autoriza_repasse_casa_da_esperanca_emil_wirth.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse financeiro ao terceiro setor, no valor de até R$ 124.000,00, à Casa da Esperança "Emil Wirth" de Salmourão - SP</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2169/projeto_de_lei_numero_04_-_autoriza_repasse_santa_casa_de_osvaldo_cruz.pdf</t>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2169/projeto_de_lei_numero_04_-_autoriza_repasse_santa_casa_de_osvaldo_cruz.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse financeiro ao terceiro setor, no valor de até R$ 120.000,00, à Irmandade da Santa Casa de Misericórdia de Osvaldo Cruz - SP</t>
+  </si>
+  <si>
+    <t>2174</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2174/projeto_de_lei_5.26_credito_adic_educacao_106_mil.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para abertura de crédito adicional especial por superávit financeiro no valor de R$ 106.100,00.</t>
+  </si>
+  <si>
+    <t>2175</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2175/projeto_de_lei_numero_06_-_nova_redacao_lei_1.321-25_-_repasse_casa_da_esperanca_emil_wirth.pdf</t>
+  </si>
+  <si>
+    <t>Dá nova redação ao art. 1º da Lei Municipal nº 1.321, de 27 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>2195</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2195/projeto_de_lei_no_7_fixa_tabela_salarial_da_camara.pdf</t>
+  </si>
+  <si>
+    <t>Reajusta a tabela de vencimento dos servidores da Câmara Municipal de Salmourão.</t>
+  </si>
+  <si>
+    <t>2189</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2189/projeto_resolucao_1_-_ri_emendas_parlamentares.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Regimento Interno da Câmara Municipal para instituir subseção específica sobre a tramitação e o acompanhamento das emendas individuais impositivas ao Projeto de Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>2190</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2190/projeto_resolucao_2_-_ri_alteracoes_mesa_diretora.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alterações no Regimento Interno da Câmara Municipal de Salmourão para estabelecer o voto aberto como regra, disciplinar a eleição da Mesa Diretora e ajustar procedimentos internos.</t>
+  </si>
+  <si>
+    <t>2170</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Pedrinho, Dragão, Wikele da Passarinha</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2170/requerimento_no_1.26_urgencia_espespecial_projeto_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer Urgência Especial para o Projeto de Lei nº 1, de 2026</t>
+  </si>
+  <si>
+    <t>2171</t>
+  </si>
+  <si>
+    <t>Wikele da Passarinha, Pedrinho, Wesley Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2171/requerimento_no_2.26_urgencia_espespecial_projeto_2.pdf</t>
+  </si>
+  <si>
+    <t>Requer Urgência Especial para o Projeto de Lei nº 2, de 2026</t>
+  </si>
+  <si>
+    <t>2172</t>
+  </si>
+  <si>
+    <t>Dragão, Pedrinho, Wikele da Passarinha</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2172/requerimento_no_3.26_urgencia_espespecial_projeto_3.pdf</t>
+  </si>
+  <si>
+    <t>Requer Urgência Especial para o Projeto de Lei nº 3, de 2026</t>
+  </si>
+  <si>
+    <t>2173</t>
+  </si>
+  <si>
+    <t>Wikele da Passarinha, Dragão, Pedrinho</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2173/requerimento_no_4.26_urgencia_espespecial_projeto_4.pdf</t>
+  </si>
+  <si>
+    <t>Requer Urgência Especial para o Projeto de Lei nº 4, de 2026</t>
+  </si>
+  <si>
+    <t>2176</t>
+  </si>
+  <si>
+    <t>Luiz Carlos, Dragão, Wesley Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2176/requerimento_no_5.26_urgencia_espespecial_projeto_5.pdf</t>
+  </si>
+  <si>
+    <t>Requer urgência especial para o Projeto de Lei nº 05, de 2026</t>
+  </si>
+  <si>
+    <t>2177</t>
+  </si>
+  <si>
+    <t>Wesley Barbosa, Dragão, Luiz Carlos</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2177/requerimento_no_6.26_urgencia_espespecial_projeto_6.pdf</t>
+  </si>
+  <si>
+    <t>Requer urgência especial para o Projeto de Lei nº 06, de 2026</t>
+  </si>
+  <si>
+    <t>2179</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2179/requerimento_no_7.26_informacoes_terrenos_limpeza.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações relativas à execução da Lei Municipal nº 956/2010, que dispõe sobre a limpeza de terrenos baldios no município</t>
+  </si>
+  <si>
+    <t>2180</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2180/requerimento_no_8.26_informacoes_sobre_quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações acerca da necessidade de implantação de redutores de velocidade (lombadas) em vias do Município</t>
+  </si>
+  <si>
+    <t>2181</t>
+  </si>
+  <si>
+    <t>http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2181/requerimento_no_9.26_emendas_parlamentares.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações acerca da execução das emendas legislativas impositivas, referentes ao exercício de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -441,68 +759,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2166/projeto_de_lei_numero_01_-_autoriza_repasse_apae_-_adamantina.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2167/projeto_de_lei_numero_02_-_autoriza_repasse_emenda_impositiva_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2168/projeto_de_lei_numero_03_-_autoriza_repasse_casa_da_esperanca_emil_wirth.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2169/projeto_de_lei_numero_04_-_autoriza_repasse_santa_casa_de_osvaldo_cruz.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2182/indicacao_1.26_quebra-molas_wikele.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2183/indicacao_2.26_bocas_de_lobo_wikele.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2184/indicacao_3.26_cabeceira_ponte_branca_wikele.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2185/indicacao_4.26_construcao_de_praca_wikele.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2186/indicacao_5.26_conserto_bebedouro_francine.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2187/indicacao_6.26_uniformes_francine.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2191/indicacao_7.26_vale_alimentacao_wikele.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2192/indicacao_8.26_dedetizacao_bueiros_flavio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2193/indicacao_9.26_bebedouro_wikele.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2194/indicacao_10.26_cobertura_wikele.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2196/indicacao_11.26_velorio_municipal_wikele.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2188/projeto_de_emenda_a_lei_organica_no_1_emendas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2197/projeto_de_lei_de_emenda_a_lei_organica_no_01-26_-_altera_data_base_para_revisao_salarial.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2166/projeto_de_lei_numero_01_-_autoriza_repasse_apae_-_adamantina.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2167/projeto_de_lei_numero_02_-_autoriza_repasse_emenda_impositiva_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2168/projeto_de_lei_numero_03_-_autoriza_repasse_casa_da_esperanca_emil_wirth.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2169/projeto_de_lei_numero_04_-_autoriza_repasse_santa_casa_de_osvaldo_cruz.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2174/projeto_de_lei_5.26_credito_adic_educacao_106_mil.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2175/projeto_de_lei_numero_06_-_nova_redacao_lei_1.321-25_-_repasse_casa_da_esperanca_emil_wirth.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2195/projeto_de_lei_no_7_fixa_tabela_salarial_da_camara.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2189/projeto_resolucao_1_-_ri_emendas_parlamentares.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2190/projeto_resolucao_2_-_ri_alteracoes_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2170/requerimento_no_1.26_urgencia_espespecial_projeto_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2171/requerimento_no_2.26_urgencia_espespecial_projeto_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2172/requerimento_no_3.26_urgencia_espespecial_projeto_3.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2173/requerimento_no_4.26_urgencia_espespecial_projeto_4.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2176/requerimento_no_5.26_urgencia_espespecial_projeto_5.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2177/requerimento_no_6.26_urgencia_espespecial_projeto_6.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2179/requerimento_no_7.26_informacoes_terrenos_limpeza.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2180/requerimento_no_8.26_informacoes_sobre_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salmourao.sp.leg.br/media/sapl/public/materialegislativa/2026/2181/requerimento_no_9.26_emendas_parlamentares.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="130.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="43.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="165.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="246.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -589,58 +907,787 @@
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H5" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>59</v>
+      </c>
+      <c r="E13" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E14" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" t="s">
+        <v>65</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" t="s">
+        <v>65</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" t="s">
+        <v>65</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>29</v>
+      </c>
+      <c r="D19" t="s">
+        <v>69</v>
+      </c>
+      <c r="E19" t="s">
+        <v>70</v>
+      </c>
+      <c r="F19" t="s">
+        <v>65</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>34</v>
+      </c>
+      <c r="D20" t="s">
+        <v>69</v>
+      </c>
+      <c r="E20" t="s">
+        <v>70</v>
+      </c>
+      <c r="F20" t="s">
+        <v>65</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" t="s">
+        <v>69</v>
+      </c>
+      <c r="E21" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" t="s">
+        <v>61</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
+        <v>92</v>
+      </c>
+      <c r="E22" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" t="s">
+        <v>61</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H22" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" t="s">
+        <v>92</v>
+      </c>
+      <c r="E23" t="s">
+        <v>93</v>
+      </c>
+      <c r="F23" t="s">
+        <v>61</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H23" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
+        <v>100</v>
+      </c>
+      <c r="E24" t="s">
+        <v>101</v>
+      </c>
+      <c r="F24" t="s">
+        <v>102</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H24" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" t="s">
+        <v>100</v>
+      </c>
+      <c r="E25" t="s">
+        <v>101</v>
+      </c>
+      <c r="F25" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>21</v>
+      </c>
+      <c r="D26" t="s">
+        <v>100</v>
+      </c>
+      <c r="E26" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" t="s">
+        <v>110</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" t="s">
+        <v>100</v>
+      </c>
+      <c r="E27" t="s">
+        <v>101</v>
+      </c>
+      <c r="F27" t="s">
+        <v>114</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>29</v>
+      </c>
+      <c r="D28" t="s">
+        <v>100</v>
+      </c>
+      <c r="E28" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" t="s">
+        <v>118</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H28" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>34</v>
+      </c>
+      <c r="D29" t="s">
+        <v>100</v>
+      </c>
+      <c r="E29" t="s">
+        <v>101</v>
+      </c>
+      <c r="F29" t="s">
+        <v>122</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>38</v>
+      </c>
+      <c r="D30" t="s">
+        <v>100</v>
+      </c>
+      <c r="E30" t="s">
+        <v>101</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H30" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>42</v>
+      </c>
+      <c r="D31" t="s">
+        <v>100</v>
+      </c>
+      <c r="E31" t="s">
+        <v>101</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H31" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>47</v>
+      </c>
+      <c r="D32" t="s">
+        <v>100</v>
+      </c>
+      <c r="E32" t="s">
+        <v>101</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H32" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>